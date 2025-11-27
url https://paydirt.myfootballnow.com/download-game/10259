--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TEN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TB.</t>
   </si>
   <si>
     <t>TB. 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Kevin Storey kicks 75 yards from TB. 35 to TEN -10. Touchback.</t>
   </si>
   <si>
     <t>#82 Jose Carter - WR</t>
   </si>
   <si>
-    <t>#96 Coy McMurtry - LDE</t>
+    <t>#76 Coy McMurtry - LDE</t>
   </si>
   <si>
     <t>#95 Richard Lenhart - DT</t>
   </si>
   <si>
     <t>#39 Robert Barber - CB</t>
   </si>
   <si>
     <t>#51 Jose Findlay - RDE</t>
   </si>
   <si>
     <t>#27 John Brooker - FS</t>
   </si>
   <si>
     <t>#31 Keith Turner - RDE</t>
   </si>
   <si>
     <t>#48 Phillip Mitchum - CB</t>
   </si>
   <si>
     <t>#2 Kenneth Mayle - RDE</t>
   </si>
   <si>
     <t>#45 Steve McAlpin - CB</t>
   </si>