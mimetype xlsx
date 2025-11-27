--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -425,72 +425,72 @@
   <si>
     <t>NOS 27</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>2-8-NOS 27 (14:25) 48-Ricky Stephens ran to NOS 32 for 5 yards. Tackle by 39-Eugene Sexton.</t>
   </si>
   <si>
     <t>#38 Edward Blackmon - DT</t>
   </si>
   <si>
     <t>#36 George Sherrer - CB</t>
   </si>
   <si>
     <t>#26 Joshua Lemos - CB</t>
   </si>
   <si>
     <t>#26 Glen Coleman - CB</t>
   </si>
   <si>
-    <t>#40 Eugene Sexton - CB</t>
+    <t>#48 Eugene Sexton - FS</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
   <si>
     <t>NOS 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-3-NOS 32 (13:48) 48-Ricky Stephens ran to NOS 33 for 1 yards. Tackle by 50-Joseph Brooks.</t>
   </si>
   <si>
     <t>#37 Robin Gill - RB</t>
   </si>
   <si>
-    <t>#96 Coy McMurtry - LDE</t>
+    <t>#76 Coy McMurtry - LDE</t>
   </si>
   <si>
     <t>13:12</t>
   </si>
   <si>
     <t>NOS 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-NOS 33 (13:11) 2-Wm Ingram punts 43 yards to TEN 24. Fair Catch by 83-Joe Miller.</t>
   </si>
   <si>
     <t>#2 Wm Ingram - P</t>
   </si>
   <si>
     <t>#83 Joe Miller - WR</t>
   </si>
   <si>
     <t>#84 Henry Phillips - WR</t>
   </si>