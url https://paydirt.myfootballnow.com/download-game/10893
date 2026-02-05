--- v1 (2025-11-27)
+++ v2 (2026-02-05)
@@ -422,51 +422,51 @@
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>NOS 27</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>2-8-NOS 27 (14:25) 48-Ricky Stephens ran to NOS 32 for 5 yards. Tackle by 39-Eugene Sexton.</t>
   </si>
   <si>
     <t>#38 Edward Blackmon - DT</t>
   </si>
   <si>
     <t>#36 George Sherrer - CB</t>
   </si>
   <si>
     <t>#26 Joshua Lemos - CB</t>
   </si>
   <si>
-    <t>#26 Glen Coleman - CB</t>
+    <t>#37 Glen Coleman - SS</t>
   </si>
   <si>
     <t>#48 Eugene Sexton - FS</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
   <si>
     <t>NOS 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-3-NOS 32 (13:48) 48-Ricky Stephens ran to NOS 33 for 1 yards. Tackle by 50-Joseph Brooks.</t>
   </si>
   <si>
     <t>#37 Robin Gill - RB</t>
   </si>
   <si>
     <t>#76 Coy McMurtry - LDE</t>
   </si>
@@ -515,51 +515,51 @@
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-TEN 24 (13:04) 15-Bruno Wong pass complete to 83-Joe Miller to TEN 29 for 5 yards. Tackle by 95-Adolph Lynch. 95-Adolph Lynch got away with a hold on that play.</t>
   </si>
   <si>
     <t>#17 Bruno Wong - QB</t>
   </si>
   <si>
     <t>#37 David Gallaway - WR</t>
   </si>
   <si>
     <t>#11 Robert Chang - WR</t>
   </si>
   <si>
     <t>#82 Jose Carter - WR</t>
   </si>
   <si>
     <t>#80 Paul Parsons - WR</t>
   </si>
   <si>
     <t>#54 Dalton Lockhart - LT</t>
   </si>
   <si>
-    <t>#53 Juan Johnson - LG</t>
+    <t>#53 Juan Johnson - LT</t>
   </si>
   <si>
     <t>#71 Gary Parke - LG</t>
   </si>
   <si>
     <t>#74 Daniel Vargas - RG</t>
   </si>
   <si>
     <t>#64 Roger Perez - C</t>
   </si>
   <si>
     <t>#99 Jacob Lewis - LDE</t>
   </si>
   <si>
     <t>#96 Jason Riddick - LDE</t>
   </si>
   <si>
     <t>#94 Richard Hearn - DT</t>
   </si>
   <si>
     <t>#53 Jordan Garvin - WLB</t>
   </si>
   <si>
     <t>#55 Evan Luna - WLB</t>
   </si>
@@ -785,51 +785,51 @@
   <si>
     <t>6:05</t>
   </si>
   <si>
     <t>TEN 7</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-TEN 7 (6:04) 4-Dennis Hoagland 25 yard field goal is GOOD. NOS 3 TEN 0</t>
   </si>
   <si>
     <t>#9 Mark Middaugh - QB</t>
   </si>
   <si>
     <t>#61 Emanuel Mayo - RG</t>
   </si>
   <si>
     <t>#4 Dennis Hoagland - K</t>
   </si>
   <si>
-    <t>#65 Jeffrey Stocking - C</t>
+    <t>#67 Jeffrey Stocking - C</t>
   </si>
   <si>
     <t>#71 Kenneth Johnson - LG</t>
   </si>
   <si>
     <t>#21 Jorge Fritz - DT</t>
   </si>
   <si>
     <t>6:01</t>
   </si>
   <si>
     <t>NOS 35</t>
   </si>
   <si>
     <t>(6:02) 4-Dennis Hoagland kicks 74 yards from NOS 35 to TEN -9. 83-Joe Miller to TEN 17 for 27 yards. Tackle by 90-Edward Perkins.</t>
   </si>
   <si>
     <t>5:57</t>
   </si>
   <si>
     <t>TEN 17</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>