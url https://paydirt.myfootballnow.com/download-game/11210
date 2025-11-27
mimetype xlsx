--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -371,63 +371,63 @@
   <si>
     <t>#69 Thomas Horton - LT</t>
   </si>
   <si>
     <t>#60 Daniel Link - LG</t>
   </si>
   <si>
     <t>#79 Don Schulz - C</t>
   </si>
   <si>
     <t>#64 William Messinger - RG</t>
   </si>
   <si>
     <t>#58 Joshua Graig - RT</t>
   </si>
   <si>
     <t>#71 George Daniels - DT</t>
   </si>
   <si>
     <t>#59 Patrick Laporte - DT</t>
   </si>
   <si>
     <t>#57 Richard Ray - LDE</t>
   </si>
   <si>
-    <t>#96 Andre Burton - RDE</t>
+    <t>#95 Andre Burton - RDE</t>
   </si>
   <si>
     <t>#61 Brian Marcil - MLB</t>
   </si>
   <si>
     <t>#39 Robert Barber - CB</t>
   </si>
   <si>
     <t>#21 Sheldon Baird - CB</t>
   </si>
   <si>
-    <t>#25 James Franklin - LDE</t>
+    <t>#25 James Franklin - RDE</t>
   </si>
   <si>
     <t>#45 Kenneth Hatcher - CB</t>
   </si>
   <si>
     <t>#47 Stephan Roberts - SS</t>
   </si>
   <si>
     <t>#23 Charles Reynolds - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>ARZ 38</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-ARZ 38 (14:17) 34-Raymond Delaney ran to MIA 47 for 15 yards. Tackle by 47-Raymond Johnson.</t>
   </si>