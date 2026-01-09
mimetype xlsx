--- v1 (2025-11-27)
+++ v2 (2026-01-09)
@@ -383,51 +383,51 @@
   <si>
     <t>#58 Joshua Graig - RT</t>
   </si>
   <si>
     <t>#71 George Daniels - DT</t>
   </si>
   <si>
     <t>#59 Patrick Laporte - DT</t>
   </si>
   <si>
     <t>#57 Richard Ray - LDE</t>
   </si>
   <si>
     <t>#95 Andre Burton - RDE</t>
   </si>
   <si>
     <t>#61 Brian Marcil - MLB</t>
   </si>
   <si>
     <t>#39 Robert Barber - CB</t>
   </si>
   <si>
     <t>#21 Sheldon Baird - CB</t>
   </si>
   <si>
-    <t>#25 James Franklin - RDE</t>
+    <t>#57 James Franklin - MLB</t>
   </si>
   <si>
     <t>#45 Kenneth Hatcher - CB</t>
   </si>
   <si>
     <t>#47 Stephan Roberts - SS</t>
   </si>
   <si>
     <t>#23 Charles Reynolds - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>ARZ 38</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-ARZ 38 (14:17) 34-Raymond Delaney ran to MIA 47 for 15 yards. Tackle by 47-Raymond Johnson.</t>
   </si>