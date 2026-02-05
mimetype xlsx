--- v2 (2026-01-09)
+++ v3 (2026-02-05)
@@ -362,51 +362,51 @@
   <si>
     <t>#10 John Pickel - WR</t>
   </si>
   <si>
     <t>#13 Donald Seely - WR</t>
   </si>
   <si>
     <t>#18 Mark Hebert - WR</t>
   </si>
   <si>
     <t>#69 Thomas Horton - LT</t>
   </si>
   <si>
     <t>#60 Daniel Link - LG</t>
   </si>
   <si>
     <t>#79 Don Schulz - C</t>
   </si>
   <si>
     <t>#64 William Messinger - RG</t>
   </si>
   <si>
     <t>#58 Joshua Graig - RT</t>
   </si>
   <si>
-    <t>#71 George Daniels - DT</t>
+    <t>#57 George Daniels - MLB</t>
   </si>
   <si>
     <t>#59 Patrick Laporte - DT</t>
   </si>
   <si>
     <t>#57 Richard Ray - LDE</t>
   </si>
   <si>
     <t>#95 Andre Burton - RDE</t>
   </si>
   <si>
     <t>#61 Brian Marcil - MLB</t>
   </si>
   <si>
     <t>#39 Robert Barber - CB</t>
   </si>
   <si>
     <t>#21 Sheldon Baird - CB</t>
   </si>
   <si>
     <t>#57 James Franklin - MLB</t>
   </si>
   <si>
     <t>#45 Kenneth Hatcher - CB</t>
   </si>