--- v0 (2025-10-27)
+++ v1 (2026-01-25)
@@ -356,51 +356,51 @@
   <si>
     <t>#6 William Mathews - QB</t>
   </si>
   <si>
     <t>#44 Mario Alvarado - RB</t>
   </si>
   <si>
     <t>#87 Andrew Brennan - TE</t>
   </si>
   <si>
     <t>#18 James Farley - WR</t>
   </si>
   <si>
     <t>#83 Thomas Mitchell - WR</t>
   </si>
   <si>
     <t>#10 Mauricio Meyer - WR</t>
   </si>
   <si>
     <t>#78 Michael Medlin - LT</t>
   </si>
   <si>
     <t>#70 Robert Holmes - LT</t>
   </si>
   <si>
-    <t>#57 Brandon Bolton - RT</t>
+    <t>#61 Brandon Bolton - RT</t>
   </si>
   <si>
     <t>#67 Daniel Watson - RG</t>
   </si>
   <si>
     <t>#73 Raymond Turner - LT</t>
   </si>
   <si>
     <t>#50 Jesse Garza - LDE</t>
   </si>
   <si>
     <t>#75 John Wilkerson - RDE</t>
   </si>
   <si>
     <t>#72 Rodolfo Hutchison - RDE</t>
   </si>
   <si>
     <t>#99 Rodney Sutton - SLB</t>
   </si>
   <si>
     <t>#54 Tory Curry - MLB</t>
   </si>
   <si>
     <t>#98 Richard Powell - WLB</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>#24 Juan Wagner - CB</t>
   </si>
   <si>
     <t>#28 Bruce Leon - SS</t>
   </si>
   <si>
     <t>#30 Roger Black - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>BUF 29</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-6-BUF 29 (14:27) 44-Mario Alvarado ran to BUF 32 for 3 yards. Tackle by 97-Jesse Garza.</t>
   </si>
   <si>
-    <t>#68 Cody Pierce - LG</t>
+    <t>#79 Cody Pierce - RG</t>
   </si>
   <si>
     <t>#64 James Atkins - DT</t>
   </si>
   <si>
     <t>13:55</t>
   </si>
   <si>
     <t>BUF 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>3-3-BUF 32 (13:54) 44-Mario Alvarado ran to BUF 37 for 4 yards. Tackle by 90-Rodney Sutton.</t>
   </si>
   <si>
     <t>#80 Marty Miller - RB</t>
   </si>
   <si>
     <t>#86 Nolan King - FB</t>
   </si>
@@ -617,108 +617,108 @@
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>(9:08) 13-Jesse Hudson kicks 62 yards from BUF 35 to LA. 3. 86-Rodney Evans to LA. 29 for 26 yards. Tackle by 91-James Duquette.</t>
   </si>
   <si>
     <t>#86 Rodney Evans - WR</t>
   </si>
   <si>
     <t>9:03</t>
   </si>
   <si>
     <t>LA. 29</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>1-10-LA. 29 (9:04) 17-Christopher Simon pass complete to 87-Robert Polito to BUF 42 for 29 yards. Tackle by 98-David Tran. 53-Allen Danforth got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#17 Christopher Simon - QB</t>
+    <t>#6 Christopher Simon - QB</t>
   </si>
   <si>
     <t>#37 James Harris - RB</t>
   </si>
   <si>
     <t>#24 Markus Fernandez - FB</t>
   </si>
   <si>
     <t>#80 Robert Polito - TE</t>
   </si>
   <si>
     <t>#83 Michael Clifford - WR</t>
   </si>
   <si>
     <t>#17 Raymond McClung - WR</t>
   </si>
   <si>
     <t>#56 Roger Ornelas - LT</t>
   </si>
   <si>
     <t>#63 Jorge Rios - LG</t>
   </si>
   <si>
     <t>#51 Alfonso Hollister - C</t>
   </si>
   <si>
     <t>#69 Robert Bridger - RT</t>
   </si>
   <si>
     <t>#66 Robert Davis - DT</t>
   </si>
   <si>
     <t>#98 David Tran - RDE</t>
   </si>
   <si>
     <t>#45 Juan Brock - SS</t>
   </si>
   <si>
-    <t>#25 Robert Jones - SS</t>
+    <t>#36 Robert Jones - SS</t>
   </si>
   <si>
     <t>#39 Gordon Rawley - FS</t>
   </si>
   <si>
     <t>8:18</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-BUF 42 (8:17) 37-James Harris ran to BUF 42 for a short gain. Tackle by 57-Reggie Herrera.</t>
   </si>
   <si>
     <t>#42 George Todd - FB</t>
   </si>
   <si>
-    <t>#83 Sheldon Crossman - TE</t>
+    <t>#81 Sheldon Crossman - TE</t>
   </si>
   <si>
     <t>#99 William Bice - LDE</t>
   </si>
   <si>
     <t>#57 Reggie Herrera - WLB</t>
   </si>
   <si>
     <t>7:37</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-10-BUF 42 (7:36) 37-James Harris ran to BUF 41 for 1 yards. Tackle by 92-Leon Stricklin. 87-Robert Polito missed that block completely.</t>
   </si>
   <si>
     <t>6:53</t>
   </si>
   <si>
     <t>BUF 41</t>
   </si>
@@ -1052,51 +1052,51 @@
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-5-LA. 39 (7:27) 17-Christopher Simon pass Pass knocked down by 41-Alan Tucker. incomplete, intended for 87-Robert Polito. BUF 63-Milton Sloan was injured on the play. He looks like he should be able to return. PENALTY - Holding (LA. 24-Markus Fernandez)</t>
   </si>
   <si>
     <t>7:24</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>2-15-LA. 29 (7:25) 17-Christopher Simon pass complete to 86-Rodney Evans to LA. 34 for 6 yards. Tackle by 41-Alan Tucker. Pressure by 93-Gregory McNear.</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-10-LA. 34 (6:46) 17-Christopher Simon pass complete to 84-George Todd to LA. 39 for 5 yards. Tackle by 41-Alan Tucker. 84-George Todd breaks down the CB.</t>
   </si>
   <si>
-    <t>#26 Jason McKinney - RB</t>
+    <t>#26 Jason McKinney - WR</t>
   </si>
   <si>
     <t>4-5-LA. 39 (6:02) 14-Marcus Keels punts 48 yards to BUF 13. 34-Paul Hannah to BUF 23 for 11 yards. Tackle by 74-Gerald Negron.</t>
   </si>
   <si>
     <t>5:53</t>
   </si>
   <si>
     <t>BUF 23</t>
   </si>
   <si>
     <t>1-10-BUF 23 (5:54) 44-Mario Alvarado ran to BUF 30 for 6 yards. Tackle by 28-Bruce Leon.</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>BUF 30</t>
   </si>
   <si>
     <t>2-4-BUF 30 (5:09) 44-Mario Alvarado ran to BUF 30 for 1 yards. Tackle by 90-Rodney Sutton.</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
@@ -1259,132 +1259,132 @@
   <si>
     <t>2-11-LA. 13 (0:24) 24-Markus Fernandez ran to LA. 14 for 1 yards. Tackle by 93-Gregory McNear.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 13-Jesse Hudson kicks 75 yards from BUF 35 to LA. -10. Touchback.</t>
   </si>
   <si>
     <t>LA. 25</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-LA. 25 (15:00) 18-Don Minchew pass Pass knocked down by 47-Edward Shive. incomplete, intended for 82-Sheldon Crossman.</t>
   </si>
   <si>
     <t>#10 Don Minchew - QB</t>
   </si>
   <si>
     <t>#60 Dennis Smith - LG</t>
   </si>
   <si>
-    <t>#75 Bert Newell - LT</t>
+    <t>#60 Bert Newell - RT</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>2-10-LA. 25 (14:57) 18-Don Minchew pass Pass knocked down by 37-Timothy Skelly. incomplete, intended for 16-Kenneth Dixon.</t>
   </si>
   <si>
     <t>#16 Kenneth Dixon - WR</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>3-10-LA. 25 (14:53) 18-Don Minchew pass incomplete, intended for 31-Lonnie Muniz. PENALTY - Holding (LA. 74-Gerald Negron) (Declined)</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>4-10-LA. 25 (14:50) 14-Marcus Keels punts 50 yards to BUF 25. 34-Paul Hannah to BUF 32 for 8 yards. Tackle by 33-Bernard Ray.</t>
   </si>
   <si>
-    <t>#52 Tracy Reyes - RDE</t>
+    <t>#69 Tracy Reyes - RDE</t>
   </si>
   <si>
     <t>14:41</t>
   </si>
   <si>
     <t>1-10-BUF 32 (14:42) 5-Micheal Long pass incomplete, dropped by 34-Paul Hannah.</t>
   </si>
   <si>
     <t>#5 Micheal Long - QB</t>
   </si>
   <si>
     <t>#85 Alfredo Matthews - TE</t>
   </si>
   <si>
     <t>14:39</t>
   </si>
   <si>
     <t>2-10-BUF 32 (14:40) 5-Micheal Long pass incomplete, dropped by 34-Paul Hannah.</t>
   </si>
   <si>
     <t>14:36</t>
   </si>
   <si>
     <t>3-10-BUF 32 (14:37) 34-Paul Hannah ran to BUF 38 for 5 yards. Tackle by 71-Matthew Martin.</t>
   </si>
   <si>
     <t>14:01</t>
   </si>
   <si>
     <t>BUF 38</t>
   </si>
   <si>
     <t>4-5-BUF 38 (14:00) 7-Ryan Matas punts 55 yards to LA. 7.</t>
   </si>
   <si>
     <t>13:50</t>
   </si>
   <si>
     <t>LA. 7</t>
   </si>
   <si>
     <t>1-10-LA. 7 (13:51) 84-George Todd ran to LA. 11 for 4 yards. Tackle by 94-Gerald Cochran.</t>
   </si>
   <si>
-    <t>#49 Albert Vesely - C</t>
+    <t>#71 Albert Vesely - RT</t>
   </si>
   <si>
     <t>#74 Richard Wright - DT</t>
   </si>
   <si>
     <t>13:09</t>
   </si>
   <si>
     <t>LA. 11</t>
   </si>
   <si>
     <t>2-6-LA. 11 (13:08) 84-George Todd ran to LA. 14 for 3 yards. Tackle by 54-Jonathan Comstock. 44-Jason McKinney was caught flat-footed on this play. 44-Jason McKinney missed that block completely.</t>
   </si>
   <si>
     <t>12:28</t>
   </si>
   <si>
     <t>LA. 14</t>
   </si>
   <si>
     <t>3-3-LA. 14 (12:27) 18-Don Minchew pass complete to 82-Sheldon Crossman to LA. 20 for 6 yards. Tackle by 37-Timothy Skelly.</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
@@ -2293,86 +2293,86 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD168"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="500.021" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>