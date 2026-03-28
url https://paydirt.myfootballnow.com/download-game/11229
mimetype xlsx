--- v1 (2026-01-25)
+++ v2 (2026-03-28)
@@ -650,51 +650,51 @@
   <si>
     <t>#80 Robert Polito - TE</t>
   </si>
   <si>
     <t>#83 Michael Clifford - WR</t>
   </si>
   <si>
     <t>#17 Raymond McClung - WR</t>
   </si>
   <si>
     <t>#56 Roger Ornelas - LT</t>
   </si>
   <si>
     <t>#63 Jorge Rios - LG</t>
   </si>
   <si>
     <t>#51 Alfonso Hollister - C</t>
   </si>
   <si>
     <t>#69 Robert Bridger - RT</t>
   </si>
   <si>
     <t>#66 Robert Davis - DT</t>
   </si>
   <si>
-    <t>#98 David Tran - RDE</t>
+    <t>#97 David Tran - RDE</t>
   </si>
   <si>
     <t>#45 Juan Brock - SS</t>
   </si>
   <si>
     <t>#36 Robert Jones - SS</t>
   </si>
   <si>
     <t>#39 Gordon Rawley - FS</t>
   </si>
   <si>
     <t>8:18</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-BUF 42 (8:17) 37-James Harris ran to BUF 42 for a short gain. Tackle by 57-Reggie Herrera.</t>
   </si>
   <si>
     <t>#42 George Todd - FB</t>
   </si>
   <si>
     <t>#81 Sheldon Crossman - TE</t>
   </si>
@@ -1742,51 +1742,51 @@
   <si>
     <t>1-15-BUF 32 (6:05) 18-Don Minchew pass incomplete, intended for 84-George Todd.</t>
   </si>
   <si>
     <t>6:01</t>
   </si>
   <si>
     <t>2-15-BUF 32 (6:02) 18-Don Minchew pass incomplete, dropped by 44-Jason McKinney. Pressure by 96-Thomas Frederick.</t>
   </si>
   <si>
     <t>5:57</t>
   </si>
   <si>
     <t>3-15-BUF 32 (5:58) 18-Don Minchew pass incomplete, dropped by 84-George Todd.</t>
   </si>
   <si>
     <t>4-15-BUF 32 (5:54) 3-Warren Ferguson 49 yard field goal is GOOD. LA. 12 BUF 3</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>(5:50) 3-Warren Ferguson kicks 73 yards from LA. 35 to BUF -8. Touchback.</t>
   </si>
   <si>
-    <t>#87 Cristopher Smith - WR</t>
+    <t>#41 Cristopher Smith - TE</t>
   </si>
   <si>
     <t>1-10-BUF 25 (5:50) 5-Micheal Long pass Pass knocked down by 71-Matthew Martin. incomplete, intended for 81-Thomas Solomon.</t>
   </si>
   <si>
     <t>5:47</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-10-BUF 25 (5:48) 5-Micheal Long pass complete to 34-Paul Hannah to BUF 26 for 1 yards. Tackle by 33-Bernard Ray.</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>BUF 26</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>