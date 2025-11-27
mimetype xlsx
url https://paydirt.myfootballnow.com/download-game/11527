--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -287,51 +287,51 @@
   <si>
     <t>PHI has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SD.</t>
   </si>
   <si>
     <t>SD. 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Charles Ferber kicks 62 yards from SD. 35 to PHI 3. 19-Raleigh Dominguez to PHI 29 for 28 yards. Tackle by 21-Charles Thornton. SD. 35-Edward Mobley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#15 Raleigh Dominguez - WR</t>
   </si>
   <si>
     <t>#59 Arron Hilliard - WLB</t>
   </si>
   <si>
-    <t>#92 Andrew Hill - RDE</t>
+    <t>#94 Andrew Hill - LDE</t>
   </si>
   <si>
     <t>#33 Bill Lund - CB</t>
   </si>
   <si>
     <t>#42 David Adkins - CB</t>
   </si>
   <si>
     <t>#59 Clifford Williams - MLB</t>
   </si>
   <si>
     <t>#23 David Linton - CB</t>
   </si>
   <si>
     <t>#44 Ronald Schoen - CB</t>
   </si>
   <si>
     <t>#79 Howard King - DT</t>
   </si>
   <si>
     <t>#31 Peter Ramirez - CB</t>
   </si>
   <si>
     <t>#47 Robert Garcia - FS</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>PHI 48</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>1-10-PHI 48 (13:34) 15-Michael Carl ran to SD. 42 for 10 yards. Tackle by 33-James Taylor.</t>
   </si>
   <si>
     <t>#55 Samuel Williams - RT</t>
   </si>
   <si>
     <t>#35 Edward Mobley - CB</t>
   </si>
   <si>
     <t>#59 George Marshall - RDE</t>
   </si>
   <si>
     <t>#36 Ray Donovan - CB</t>
   </si>
   <si>
     <t>#36 Ronnie Randall - CB</t>
   </si>
   <si>
-    <t>#40 Eugene Sexton - CB</t>
+    <t>#48 Eugene Sexton - FS</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>SD. 42</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-SD. 42 (12:59) 25-Justin Sharpe ran to SD. 36 for 5 yards. Tackle by 33-James Taylor.</t>
   </si>
   <si>
     <t>12:27</t>
   </si>
   <si>
     <t>SD. 36</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Dime Flat CB4 Blitz</t>
   </si>
@@ -794,51 +794,51 @@
   <si>
     <t>1-20-SD. 35 (7:36) 19-Lane Poffenberger pass complete to 15-George Martin to SD. 42 for 7 yards. Tackle by 31-Peter Ramirez. Great move by 15-George Martin to get free of his coverage.</t>
   </si>
   <si>
     <t>6:52</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-13-SD. 42 (6:51) 19-Lane Poffenberger pass complete to 88-Lewis Holland to PHI 33 for 25 yards. Tackle by 41-David Linton. 88-Lewis Holland breaks down the CB.</t>
   </si>
   <si>
     <t>#43 William Lutz - CB</t>
   </si>
   <si>
     <t>6:12</t>
   </si>
   <si>
     <t>1-10-PHI 33 (6:11) 31-Brian Francis ran to PHI 29 for 4 yards. Tackle by 50-Reginald Butler.</t>
   </si>
   <si>
     <t>#82 George Kaplan - WR</t>
   </si>
   <si>
-    <t>#52 Brian Ling - RDE</t>
+    <t>#67 Brian Ling - RDE</t>
   </si>
   <si>
     <t>#44 Aaron Doiron - CB</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>2-6-PHI 29 (5:35) 19-Lane Poffenberger pass complete to 80-Mario Teel to PHI 20 for 9 yards. Tackle by 21-William Lutz. Nice job by 80-Mario Teel on that route to lose his coverage.</t>
   </si>
   <si>
     <t>4:53</t>
   </si>
   <si>
     <t>PHI 20</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-PHI 20 (4:52) 40-Richard Lark ran to PHI 19 for 1 yards. Tackle by 50-Reginald Butler.</t>
   </si>
   <si>
     <t>4:18</t>
   </si>