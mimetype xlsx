--- v1 (2025-11-27)
+++ v2 (2026-02-05)
@@ -287,51 +287,51 @@
   <si>
     <t>PHI has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SD.</t>
   </si>
   <si>
     <t>SD. 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Charles Ferber kicks 62 yards from SD. 35 to PHI 3. 19-Raleigh Dominguez to PHI 29 for 28 yards. Tackle by 21-Charles Thornton. SD. 35-Edward Mobley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#15 Raleigh Dominguez - WR</t>
   </si>
   <si>
     <t>#59 Arron Hilliard - WLB</t>
   </si>
   <si>
-    <t>#94 Andrew Hill - LDE</t>
+    <t>#94 Andrew Hill - WLB</t>
   </si>
   <si>
     <t>#33 Bill Lund - CB</t>
   </si>
   <si>
     <t>#42 David Adkins - CB</t>
   </si>
   <si>
     <t>#59 Clifford Williams - MLB</t>
   </si>
   <si>
     <t>#23 David Linton - CB</t>
   </si>
   <si>
     <t>#44 Ronald Schoen - CB</t>
   </si>
   <si>
     <t>#79 Howard King - DT</t>
   </si>
   <si>
     <t>#31 Peter Ramirez - CB</t>
   </si>
   <si>
     <t>#47 Robert Garcia - FS</t>
   </si>
@@ -350,51 +350,51 @@
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-PHI 29 (14:56) 25-Justin Sharpe ran to PHI 33 for 3 yards. Tackle by 72-John Webster. 86-Floyd Woods was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#16 Leonard Tucker - QB</t>
   </si>
   <si>
     <t>#25 Justin Sharpe - RB</t>
   </si>
   <si>
     <t>#81 Phillip Baird - WR</t>
   </si>
   <si>
     <t>#86 Floyd Woods - TE</t>
   </si>
   <si>
     <t>#85 Greg Coleman - WR</t>
   </si>
   <si>
-    <t>#15 Michael Carl - WR</t>
+    <t>#17 Michael Carl - WR</t>
   </si>
   <si>
     <t>#64 Richard Foreman - LT</t>
   </si>
   <si>
     <t>#63 Manuel Goldberg - LG</t>
   </si>
   <si>
     <t>#68 Edward Hunter - C</t>
   </si>
   <si>
     <t>#70 Corey Marshall - RG</t>
   </si>
   <si>
     <t>#79 Thomas Melvin - RT</t>
   </si>
   <si>
     <t>#70 Billy Pierce - LDE</t>
   </si>
   <si>
     <t>#58 Humberto Scott - RDE</t>
   </si>
   <si>
     <t>#74 Norris Ness - RDE</t>
   </si>
@@ -446,51 +446,51 @@
   <si>
     <t>#80 Mike Waddell - WR</t>
   </si>
   <si>
     <t>#74 James Sullivan - LG</t>
   </si>
   <si>
     <t>#2 Robert Fischer - CB</t>
   </si>
   <si>
     <t>#37 Gino Edington - CB</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>PHI 48</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>1-10-PHI 48 (13:34) 15-Michael Carl ran to SD. 42 for 10 yards. Tackle by 33-James Taylor.</t>
   </si>
   <si>
-    <t>#55 Samuel Williams - RT</t>
+    <t>#76 Samuel Williams - RT</t>
   </si>
   <si>
     <t>#35 Edward Mobley - CB</t>
   </si>
   <si>
     <t>#59 George Marshall - RDE</t>
   </si>
   <si>
     <t>#36 Ray Donovan - CB</t>
   </si>
   <si>
     <t>#36 Ronnie Randall - CB</t>
   </si>
   <si>
     <t>#48 Eugene Sexton - FS</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>SD. 42</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
@@ -608,51 +608,51 @@
   <si>
     <t>#19 Lane Poffenberger - QB</t>
   </si>
   <si>
     <t>#10 Brian Bolding - WR</t>
   </si>
   <si>
     <t>#31 Brian Francis - RB</t>
   </si>
   <si>
     <t>#87 Hot Toddy Ramirez - WR</t>
   </si>
   <si>
     <t>#11 Darrell Valle - WR</t>
   </si>
   <si>
     <t>#15 George Martin - WR</t>
   </si>
   <si>
     <t>#79 Patrick Burleson - LT</t>
   </si>
   <si>
     <t>#43 Cecil Keller - LG</t>
   </si>
   <si>
-    <t>#61 Kevin Barr - LG</t>
+    <t>#61 Kevin Barr - RG</t>
   </si>
   <si>
     <t>#95 Jim Wilkes - RDE</t>
   </si>
   <si>
     <t>#62 Pasquale Hudson - LDE</t>
   </si>
   <si>
     <t>#68 Colin Millette - DT</t>
   </si>
   <si>
     <t>#92 Andrew Stapp - RDE</t>
   </si>
   <si>
     <t>#57 Reginald Butler - MLB</t>
   </si>
   <si>
     <t>#47 Robert Smith - CB</t>
   </si>
   <si>
     <t>#27 Jawan Peterson - CB</t>
   </si>
   <si>
     <t>12:06</t>
   </si>