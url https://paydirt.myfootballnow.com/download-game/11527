--- v2 (2026-02-05)
+++ v3 (2026-02-26)
@@ -359,51 +359,51 @@
   <si>
     <t>#16 Leonard Tucker - QB</t>
   </si>
   <si>
     <t>#25 Justin Sharpe - RB</t>
   </si>
   <si>
     <t>#81 Phillip Baird - WR</t>
   </si>
   <si>
     <t>#86 Floyd Woods - TE</t>
   </si>
   <si>
     <t>#85 Greg Coleman - WR</t>
   </si>
   <si>
     <t>#17 Michael Carl - WR</t>
   </si>
   <si>
     <t>#64 Richard Foreman - LT</t>
   </si>
   <si>
     <t>#63 Manuel Goldberg - LG</t>
   </si>
   <si>
-    <t>#68 Edward Hunter - C</t>
+    <t>#68 Edward Hunter - LG</t>
   </si>
   <si>
     <t>#70 Corey Marshall - RG</t>
   </si>
   <si>
     <t>#79 Thomas Melvin - RT</t>
   </si>
   <si>
     <t>#70 Billy Pierce - LDE</t>
   </si>
   <si>
     <t>#58 Humberto Scott - RDE</t>
   </si>
   <si>
     <t>#74 Norris Ness - RDE</t>
   </si>
   <si>
     <t>#46 Matthew Mitchell - SS</t>
   </si>
   <si>
     <t>#91 Vaughn Armstrong - CB</t>
   </si>
   <si>
     <t>#21 Charles Thornton - SS</t>
   </si>