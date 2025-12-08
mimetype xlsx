--- v0 (2025-11-04)
+++ v1 (2025-12-08)
@@ -305,99 +305,99 @@
   <si>
     <t>#15 Raleigh Dominguez - WR</t>
   </si>
   <si>
     <t>#23 David Linton - CB</t>
   </si>
   <si>
     <t>#44 Ronald Schoen - CB</t>
   </si>
   <si>
     <t>#58 Lonnie Brown - MLB</t>
   </si>
   <si>
     <t>#42 David Adkins - CB</t>
   </si>
   <si>
     <t>#59 Clifford Williams - MLB</t>
   </si>
   <si>
     <t>#31 Peter Ramirez - CB</t>
   </si>
   <si>
     <t>#79 Howard King - DT</t>
   </si>
   <si>
-    <t>#92 Andrew Hill - RDE</t>
+    <t>#94 Andrew Hill - LDE</t>
   </si>
   <si>
     <t>#59 Arron Hilliard - WLB</t>
   </si>
   <si>
     <t>#33 Bill Lund - CB</t>
   </si>
   <si>
     <t>#3 Conrad Stahl - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 25-Justin Sharpe ran to PHI 27 for 2 yards. Tackle by 34-Peter Wint.</t>
   </si>
   <si>
     <t>#16 Leonard Tucker - QB</t>
   </si>
   <si>
     <t>#25 Justin Sharpe - RB</t>
   </si>
   <si>
     <t>#86 Hugo Wynn - TE</t>
   </si>
   <si>
     <t>#82 Johnny Rice - WR</t>
   </si>
   <si>
     <t>#18 Matthew Taylor - WR</t>
   </si>
   <si>
     <t>#64 Richard Foreman - LT</t>
   </si>
   <si>
     <t>#63 Manuel Goldberg - LG</t>
   </si>
   <si>
-    <t>#51 Kenneth Wood - C</t>
+    <t>#78 Kenneth Wood - C</t>
   </si>
   <si>
     <t>#70 Corey Marshall - RG</t>
   </si>
   <si>
     <t>#61 James Cardwell - RT</t>
   </si>
   <si>
     <t>#95 Roy Perkins - DT</t>
   </si>
   <si>
     <t>#57 Richard Ray - LDE</t>
   </si>
   <si>
     <t>#90 John Euler - DT</t>
   </si>
   <si>
     <t>#91 Miles Taylor - RDE</t>
   </si>
   <si>
     <t>#97 David Bohnsack - SLB</t>
   </si>
   <si>
     <t>#56 Christopher Parsons - MLB</t>
   </si>
@@ -515,120 +515,120 @@
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>3-8-PHI 46 (12:20) 6-Leonard Tucker pass incomplete, dropped by 18-Matthew Taylor. Pressure by 77-Benjamin Barker.</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-PHI 46 (12:16) 8-Leonard Watson punts 48 yards to KC. 6. 9-Byron Wilson to KC. 15 for 9 yards. Tackle by 58-Lonnie Brown.</t>
   </si>
   <si>
     <t>#8 Leonard Watson - P</t>
   </si>
   <si>
     <t>#13 Byron Wilson - WR</t>
   </si>
   <si>
-    <t>#45 Michael Smith - WLB</t>
+    <t>#53 Michael Smith - WLB</t>
   </si>
   <si>
     <t>#78 James Ellis - DT</t>
   </si>
   <si>
     <t>#48 Aaron Cartwright - SLB</t>
   </si>
   <si>
     <t>#68 Roy Farr - RT</t>
   </si>
   <si>
     <t>#74 James Sullivan - LG</t>
   </si>
   <si>
     <t>#79 Thomas Melvin - RT</t>
   </si>
   <si>
     <t>#55 Alan Markley - RDE</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>KC. 15</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-KC. 15 (12:08) 36-Keith Reynolds ran to KC. 16 for 1 yards. Tackle by 58-Lonnie Brown.</t>
   </si>
   <si>
     <t>#19 Roger Lewis - QB</t>
   </si>
   <si>
     <t>#36 Keith Reynolds - RB</t>
   </si>
   <si>
     <t>#49 Jason Mosley - FB</t>
   </si>
   <si>
-    <t>#26 Jason McKinney - RB</t>
+    <t>#26 Jason McKinney - WR</t>
   </si>
   <si>
     <t>#88 Thomas Scotti - TE</t>
   </si>
   <si>
     <t>#4 Michael Higgins - TE</t>
   </si>
   <si>
     <t>#66 Brian Dishman - RG</t>
   </si>
   <si>
     <t>#69 Kenneth Ford - LG</t>
   </si>
   <si>
     <t>#67 Robert Soliz - RG</t>
   </si>
   <si>
     <t>#51 Kenneth Rollo - C</t>
   </si>
   <si>
     <t>#7 Justin Davis - LT</t>
   </si>
   <si>
-    <t>#52 Brian Ling - RDE</t>
+    <t>#67 Brian Ling - RDE</t>
   </si>
   <si>
     <t>#62 Pasquale Hudson - LDE</t>
   </si>
   <si>
     <t>#95 Jim Wilkes - RDE</t>
   </si>
   <si>
     <t>11:29</t>
   </si>
   <si>
     <t>KC. 16</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-9-KC. 16 (11:28) 36-Keith Reynolds ran to KC. 17 for 1 yards. Tackle by 31-Peter Ramirez.</t>
   </si>
   <si>
     <t>#8 Paul Sell - WR</t>
   </si>
@@ -641,51 +641,51 @@
   <si>
     <t>KC. 17</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-8-KC. 17 (10:44) 19-Roger Lewis pass incomplete, intended for 35-Richard Powers.</t>
   </si>
   <si>
     <t>#35 Richard Powers - RB</t>
   </si>
   <si>
     <t>#89 Brendan Cornish - WR</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>4-8-KC. 17 (10:40) 1-Darren Middleton punts 59 yards to PHI 24.</t>
   </si>
   <si>
-    <t>#1 Darren Middleton - P</t>
+    <t>#3 Darren Middleton - P</t>
   </si>
   <si>
     <t>#62 Jimmy Gagliano - LG</t>
   </si>
   <si>
     <t>#59 Horacio Murrin - LG</t>
   </si>
   <si>
     <t>#64 Adolfo Medina - LG</t>
   </si>
   <si>
     <t>#47 Robert Smith - CB</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>PHI 24</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>