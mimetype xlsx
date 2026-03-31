--- v1 (2025-12-08)
+++ v2 (2026-03-31)
@@ -305,99 +305,99 @@
   <si>
     <t>#15 Raleigh Dominguez - WR</t>
   </si>
   <si>
     <t>#23 David Linton - CB</t>
   </si>
   <si>
     <t>#44 Ronald Schoen - CB</t>
   </si>
   <si>
     <t>#58 Lonnie Brown - MLB</t>
   </si>
   <si>
     <t>#42 David Adkins - CB</t>
   </si>
   <si>
     <t>#59 Clifford Williams - MLB</t>
   </si>
   <si>
     <t>#31 Peter Ramirez - CB</t>
   </si>
   <si>
     <t>#79 Howard King - DT</t>
   </si>
   <si>
-    <t>#94 Andrew Hill - LDE</t>
+    <t>#94 Andrew Hill - WLB</t>
   </si>
   <si>
     <t>#59 Arron Hilliard - WLB</t>
   </si>
   <si>
     <t>#33 Bill Lund - CB</t>
   </si>
   <si>
     <t>#3 Conrad Stahl - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 25-Justin Sharpe ran to PHI 27 for 2 yards. Tackle by 34-Peter Wint.</t>
   </si>
   <si>
     <t>#16 Leonard Tucker - QB</t>
   </si>
   <si>
     <t>#25 Justin Sharpe - RB</t>
   </si>
   <si>
     <t>#86 Hugo Wynn - TE</t>
   </si>
   <si>
     <t>#82 Johnny Rice - WR</t>
   </si>
   <si>
     <t>#18 Matthew Taylor - WR</t>
   </si>
   <si>
     <t>#64 Richard Foreman - LT</t>
   </si>
   <si>
     <t>#63 Manuel Goldberg - LG</t>
   </si>
   <si>
-    <t>#78 Kenneth Wood - C</t>
+    <t>#53 Kenneth Wood - C</t>
   </si>
   <si>
     <t>#70 Corey Marshall - RG</t>
   </si>
   <si>
     <t>#61 James Cardwell - RT</t>
   </si>
   <si>
     <t>#95 Roy Perkins - DT</t>
   </si>
   <si>
     <t>#57 Richard Ray - LDE</t>
   </si>
   <si>
     <t>#90 John Euler - DT</t>
   </si>
   <si>
     <t>#91 Miles Taylor - RDE</t>
   </si>
   <si>
     <t>#97 David Bohnsack - SLB</t>
   </si>
   <si>
     <t>#56 Christopher Parsons - MLB</t>
   </si>
@@ -512,51 +512,51 @@
   <si>
     <t>2-8-PHI 46 (12:23) 6-Leonard Tucker pass incomplete, dropped by 18-Matthew Taylor.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>3-8-PHI 46 (12:20) 6-Leonard Tucker pass incomplete, dropped by 18-Matthew Taylor. Pressure by 77-Benjamin Barker.</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-PHI 46 (12:16) 8-Leonard Watson punts 48 yards to KC. 6. 9-Byron Wilson to KC. 15 for 9 yards. Tackle by 58-Lonnie Brown.</t>
   </si>
   <si>
     <t>#8 Leonard Watson - P</t>
   </si>
   <si>
-    <t>#13 Byron Wilson - WR</t>
+    <t>#19 Byron Wilson - WR</t>
   </si>
   <si>
     <t>#53 Michael Smith - WLB</t>
   </si>
   <si>
     <t>#78 James Ellis - DT</t>
   </si>
   <si>
     <t>#48 Aaron Cartwright - SLB</t>
   </si>
   <si>
     <t>#68 Roy Farr - RT</t>
   </si>
   <si>
     <t>#74 James Sullivan - LG</t>
   </si>
   <si>
     <t>#79 Thomas Melvin - RT</t>
   </si>
   <si>
     <t>#55 Alan Markley - RDE</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-PHI 24 (10:30) 6-Leonard Tucker pass INTERCEPTED by 28-Martin Cobb at PHI 27. 28-Martin Cobb to PHI 23 for 4 yards. Tackle by 19-Raleigh Dominguez.</t>
   </si>
   <si>
     <t>#40 Peter Hughes - LDE</t>
   </si>
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>PHI 23</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>1-10-PHI 23 (10:26) 19-Roger Lewis pass INTERCEPTED by 40-Bill Lund at PHI 15. 40-Bill Lund to PHI 15 for 0 yards. Tackle by 88-Thomas Scotti.</t>
   </si>
   <si>
     <t>#82 Donald Lawson - LT</t>
   </si>
   <si>
-    <t>#81 Christopher Shumate - LT</t>
+    <t>#51 Christopher Shumate - LT</t>
   </si>
   <si>
     <t>#56 Randall Martinez - C</t>
   </si>
   <si>
     <t>#54 Lyle Taylor - LG</t>
   </si>
   <si>
     <t>#57 Reginald Butler - MLB</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>PHI 15</t>
   </si>
   <si>
     <t>1-10-PHI 15 (10:22) 25-Justin Sharpe ran to PHI 15 for -1 yards. Tackle by 93-Robert Moody.</t>
   </si>
   <si>
     <t>#86 Floyd Woods - TE</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
@@ -920,54 +920,54 @@
   <si>
     <t>2-5-KC. 37 (3:56) 25-Justin Sharpe ran to KC. 39 for -2 yards. Tackle by 43-Michael Alligood.</t>
   </si>
   <si>
     <t>3:20</t>
   </si>
   <si>
     <t>KC. 39</t>
   </si>
   <si>
     <t>Dime Flat CB3 CB4 Blitz</t>
   </si>
   <si>
     <t>3-7-KC. 39 (3:19) 6-Leonard Tucker pass complete to 44-Robert Fox for 39 yards. TOUCHDOWN! KC. 0 PHI 6</t>
   </si>
   <si>
     <t>3:11</t>
   </si>
   <si>
     <t>(3:12) Extra point GOOD by 14-Juan Johnson. KC. 0 PHI 7</t>
   </si>
   <si>
     <t>#14 Juan Johnson - K</t>
   </si>
   <si>
-    <t>#68 Edward Hunter - C</t>
-[...2 lines deleted...]
-    <t>#55 Samuel Williams - RT</t>
+    <t>#68 Edward Hunter - LG</t>
+  </si>
+  <si>
+    <t>#76 Samuel Williams - RT</t>
   </si>
   <si>
     <t>(3:12) 14-Juan Johnson kicks 74 yards from PHI 35 to KC. -9. Touchback.</t>
   </si>
   <si>
     <t>KC. 25</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-KC. 25 (3:12) 19-Roger Lewis pass INTERCEPTED by 93-Clifford Williams at KC. 36. 93-Clifford Williams to KC. 36 for -0 yards. Tackle by 88-Thomas Scotti.</t>
   </si>
   <si>
     <t>3:07</t>
   </si>
   <si>
     <t>KC. 36</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
@@ -2392,51 +2392,51 @@
     <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">