--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -287,51 +287,51 @@
   <si>
     <t>DET has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-James Hawes kicks 75 yards from DET 35 to TEN -10. Touchback.</t>
   </si>
   <si>
     <t>#84 Henry Phillips - WR</t>
   </si>
   <si>
     <t>#95 Mark Meier - DT</t>
   </si>
   <si>
-    <t>#96 Coy McMurtry - LDE</t>
+    <t>#76 Coy McMurtry - LDE</t>
   </si>
   <si>
     <t>#42 Walter Martinez - CB</t>
   </si>
   <si>
     <t>#42 Andre Jones - SS</t>
   </si>
   <si>
     <t>#69 Billy Hemphill - CB</t>
   </si>
   <si>
     <t>#51 Jose Findlay - RDE</t>
   </si>
   <si>
     <t>#48 Phillip Mitchum - CB</t>
   </si>
   <si>
     <t>#23 Gary Brown - FS</t>
   </si>
   <si>
     <t>#90 Carl Farrel - DT</t>
   </si>
   <si>
     <t>#27 John Brooker - FS</t>
   </si>
@@ -356,60 +356,60 @@
   <si>
     <t>#17 Bruno Wong - QB</t>
   </si>
   <si>
     <t>#45 Willard Aguilar - RB</t>
   </si>
   <si>
     <t>#87 Juan Moloney - WR</t>
   </si>
   <si>
     <t>#83 Joe Miller - WR</t>
   </si>
   <si>
     <t>#29 Jose Green - WR</t>
   </si>
   <si>
     <t>#46 Kenneth Lindsay - LT</t>
   </si>
   <si>
     <t>#53 Juan Johnson - LG</t>
   </si>
   <si>
     <t>#64 Roger Perez - C</t>
   </si>
   <si>
-    <t>#76 Francisco Gale - RG</t>
+    <t>#55 Francisco Gale - RG</t>
   </si>
   <si>
     <t>#62 William Berkowitz - RT</t>
   </si>
   <si>
     <t>#97 Roger Smith - RDE</t>
   </si>
   <si>
-    <t>#1 Arthur Rodriguez - FS</t>
+    <t>#1 Arthur Rodriguez - RDE</t>
   </si>
   <si>
     <t>#67 William Green - DT</t>
   </si>
   <si>
     <t>#51 Gregory Martinez - DT</t>
   </si>
   <si>
     <t>#52 Markus Drake - MLB</t>
   </si>
   <si>
     <t>#28 Victor Hayden - WLB</t>
   </si>
   <si>
     <t>#38 Joshua Hunt - CB</t>
   </si>
   <si>
     <t>#40 Curtis Garcia - CB</t>
   </si>
   <si>
     <t>#25 Ron Carvalho - CB</t>
   </si>
   <si>
     <t>#32 James Alvarado - SS</t>
   </si>
@@ -560,57 +560,57 @@
   <si>
     <t>#42 George Todd - FB</t>
   </si>
   <si>
     <t>#73 Larry Torres - RT</t>
   </si>
   <si>
     <t>#80 Gilbert Houchins - WR</t>
   </si>
   <si>
     <t>#83 Edward Jones - WR</t>
   </si>
   <si>
     <t>#63 Charles Thompson - LG</t>
   </si>
   <si>
     <t>#63 Ryan Villagomez - LT</t>
   </si>
   <si>
     <t>#58 Ernesto Schoen - C</t>
   </si>
   <si>
     <t>#54 Christopher Randolph - RG</t>
   </si>
   <si>
-    <t>#64 James Bateman - C</t>
+    <t>#62 James Bateman - C</t>
   </si>
   <si>
     <t>#21 Jorge Fritz - DT</t>
   </si>
   <si>
-    <t>#90 Leonard Johns - MLB</t>
+    <t>#92 Leonard Johns - LDE</t>
   </si>
   <si>
     <t>#55 Daniel Collins - WLB</t>
   </si>
   <si>
     <t>#24 Pierre Harbour - CB</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>DET 16</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-12-DET 16 (10:48) 8-Brett Johnston pass complete to 14-Josef Gonzales to DET 24 for 8 yards. Tackle by 91-Leonard Johns.</t>
   </si>
   <si>
     <t>#88 Josef Gonzales - WR</t>
   </si>
@@ -791,51 +791,51 @@
   <si>
     <t>1-5-DET 15 (5:13) 81-Willard Aguilar ran to DET 9 for 6 yards. Tackle by 52-Markus Drake.</t>
   </si>
   <si>
     <t>4:34</t>
   </si>
   <si>
     <t>DET 9</t>
   </si>
   <si>
     <t>1-9-DET 9 (4:33) 15-Bruno Wong pass complete to 84-Henry Phillips for 9 yards. TOUCHDOWN! TEN 6 DET 0</t>
   </si>
   <si>
     <t>4:29</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(4:30) Extra point GOOD by 8-Daniel Cordle. TEN 7 DET 0</t>
   </si>
   <si>
-    <t>#8 Daniel Cordle - K</t>
+    <t>#3 Daniel Cordle - K</t>
   </si>
   <si>
     <t>#72 Russell Smith - RG</t>
   </si>
   <si>
     <t>#20 Robert Hill - FS</t>
   </si>
   <si>
     <t>(4:30) 8-Daniel Cordle kicks 75 yards from TEN 35 to DET -10. Touchback.</t>
   </si>
   <si>
     <t>#34 Luis McCarthy - RB</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>1-10-DET 25 (4:30) 8-Brett Johnston pass complete to 48-Grady Johnson to DET 30 for 5 yards. Tackle by 98-Walter Martinez.</t>
   </si>
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>DET 30</t>
   </si>
@@ -1088,51 +1088,51 @@
   <si>
     <t>1-10-TEN 27 (7:41) 41-Andre Moreno ran to TEN 25 for 2 yards. Tackle by 55-Daniel Collins.</t>
   </si>
   <si>
     <t>7:08</t>
   </si>
   <si>
     <t>2-8-TEN 25 (7:07) 8-Brett Johnston pass incomplete, intended for 14-Josef Gonzales.</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>3-8-TEN 25 (7:04) 8-Brett Johnston sacked at TEN 34 for -8 yards (79-Coy McMurtry). Sack allowed by 64-James Bateman.</t>
   </si>
   <si>
     <t>6:31</t>
   </si>
   <si>
     <t>TEN 34</t>
   </si>
   <si>
     <t>4-16-TEN 34 (6:30) 6-James Hawes 51 yard field goal is GOOD. TEN 7 DET 3</t>
   </si>
   <si>
-    <t>#39 Leland Spicer - TE</t>
+    <t>#89 Leland Spicer - TE</t>
   </si>
   <si>
     <t>#38 Edward Blackmon - DT</t>
   </si>
   <si>
     <t>#50 Mike Roe - CB</t>
   </si>
   <si>
     <t>#26 Glen Coleman - CB</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
   <si>
     <t>(6:26) 6-James Hawes kicks 74 yards from DET 35 to TEN -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-TEN 25 (6:26) 15-Bruno Wong pass Pass knocked down by 25-Ron Carvalho. incomplete, intended for 84-Henry Phillips.</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>2-10-TEN 25 (6:24) 81-Willard Aguilar ran to TEN 24 for -1 yards. Tackle by 99-Gregory Martinez.</t>
   </si>
@@ -1295,51 +1295,51 @@
   <si>
     <t>4-18-TEN 27 (1:15) 6-James Hawes 45 yard field goal is GOOD. TEN 7 DET 6</t>
   </si>
   <si>
     <t>1:11</t>
   </si>
   <si>
     <t>(1:12) 6-James Hawes kicks 74 yards from DET 35 to TEN -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-TEN 25 (1:12) 81-Willard Aguilar ran to TEN 47 for 22 yards. Tackle by 32-James Alvarado.</t>
   </si>
   <si>
     <t>Timeout TEN</t>
   </si>
   <si>
     <t>1:03</t>
   </si>
   <si>
     <t>TEN 47</t>
   </si>
   <si>
     <t>1-10-TEN 47 (1:04) 15-Bruno Wong pass complete to 87-Juan Moloney to TEN 50 for 3 yards. Tackle by 32-James Alvarado.</t>
   </si>
   <si>
-    <t>#31 Edward Olander - RB</t>
+    <t>#47 Edward Olander - RB</t>
   </si>
   <si>
     <t>1:01</t>
   </si>
   <si>
     <t>0:59</t>
   </si>
   <si>
     <t>TEN 50</t>
   </si>
   <si>
     <t>2-7-TEN 50 (1:00) 15-Bruno Wong sacked at TEN 40 for -10 yards (53-Arthur Rodriguez). Sack allowed by 76-Francisco Gale.</t>
   </si>
   <si>
     <t>0:35</t>
   </si>
   <si>
     <t>3-17-TEN 40 (0:34) 15-Bruno Wong pass complete to 84-Henry Phillips to DET 27 for 33 yards. Pushed out of bounds by 25-Ron Carvalho. DET 97-Roger Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:28</t>
   </si>
   <si>
     <t>DET 27</t>
   </si>
@@ -1361,51 +1361,51 @@
   <si>
     <t>DET 37</t>
   </si>
   <si>
     <t>2-20-DET 37 (0:03) PENALTY - False Start (TEN 62-William Berkowitz)</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>2-25-DET 42 (0:03) 15-Bruno Wong pass Pass knocked down by 52-Markus Drake. incomplete, intended for 81-Willard Aguilar.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 8-Daniel Cordle kicks 74 yards from TEN 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>1-10-DET 25 (15:00) 8-Brett Johnston pass Pass knocked down by 26-Glen Coleman. incomplete, intended for 14-Josef Gonzales.</t>
   </si>
   <si>
-    <t>#94 Bruce McVey - RDE</t>
+    <t>#97 Bruce McVey - DT</t>
   </si>
   <si>
     <t>#31 Eric Babineau - SS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>2-10-DET 25 (14:58) 8-Brett Johnston pass complete to 14-Josef Gonzales to DET 45 for 20 yards. Tackle by 48-Phillip Mitchum. Great move by 14-Josef Gonzales to get free of his coverage.</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>DET 45</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-DET 45 (14:20) 8-Brett Johnston pass complete to 42-George Todd to TEN 49 for 6 yards. Tackle by 91-Leonard Johns.</t>
   </si>
@@ -2304,98 +2304,98 @@
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="312.495" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>