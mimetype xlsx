--- v1 (2025-12-16)
+++ v2 (2026-01-15)
@@ -389,90 +389,90 @@
   <si>
     <t>#1 Arthur Rodriguez - RDE</t>
   </si>
   <si>
     <t>#67 William Green - DT</t>
   </si>
   <si>
     <t>#51 Gregory Martinez - DT</t>
   </si>
   <si>
     <t>#52 Markus Drake - MLB</t>
   </si>
   <si>
     <t>#28 Victor Hayden - WLB</t>
   </si>
   <si>
     <t>#38 Joshua Hunt - CB</t>
   </si>
   <si>
     <t>#40 Curtis Garcia - CB</t>
   </si>
   <si>
     <t>#25 Ron Carvalho - CB</t>
   </si>
   <si>
-    <t>#32 James Alvarado - SS</t>
+    <t>#29 James Alvarado - CB</t>
   </si>
   <si>
     <t>#38 Paul Valencia - SS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-10-TEN 25 (14:57) 81-Willard Aguilar ran to TEN 33 for 8 yards. Tackle by 25-Ron Carvalho.</t>
   </si>
   <si>
     <t>#37 David Gallaway - WR</t>
   </si>
   <si>
     <t>#54 Arlie Korn - MLB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>TEN 33</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-2-TEN 33 (14:23) 81-Willard Aguilar ran to TEN 37 for 4 yards. Tackle by 52-Markus Drake.</t>
   </si>
   <si>
-    <t>#61 David Thorpe - C</t>
+    <t>#74 David Thorpe - C</t>
   </si>
   <si>
     <t>#58 Lavern Daniels - SLB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>TEN 37</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-TEN 37 (13:39) 81-Willard Aguilar ran to TEN 37 for 1 yards. Tackle by 97-Roger Smith.</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>Singleback 4 Wide WR Crosses</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>TEN 40</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>3-7-TEN 40 (12:18) 15-Bruno Wong pass complete to 37-David Gallaway to TEN 41 for 1 yards. Tackle by 44-Arlie Korn.</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>TEN 41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-TEN 41 (11:40) 13-Victor Pham punts 41 yards to DET 18.</t>
   </si>
   <si>
-    <t>#13 Victor Pham - P</t>
+    <t>#2 Victor Pham - P</t>
   </si>
   <si>
     <t>#77 Steven Christensen - C</t>
   </si>
   <si>
     <t>#30 Ronald Manning - RB</t>
   </si>
   <si>
     <t>#76 Mario Vrooman - SLB</t>
   </si>
   <si>
     <t>#54 Dalton Lockhart - LT</t>
   </si>
   <si>
     <t>#71 Gary Parke - LG</t>
   </si>
   <si>
     <t>#65 Mark Rosenberg - RG</t>
   </si>
   <si>
     <t>#98 Alfred Wilson - SLB</t>
   </si>
   <si>
     <t>#99 Pablo Johnson - WLB</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>#83 Edward Jones - WR</t>
   </si>
   <si>
     <t>#63 Charles Thompson - LG</t>
   </si>
   <si>
     <t>#63 Ryan Villagomez - LT</t>
   </si>
   <si>
     <t>#58 Ernesto Schoen - C</t>
   </si>
   <si>
     <t>#54 Christopher Randolph - RG</t>
   </si>
   <si>
     <t>#62 James Bateman - C</t>
   </si>
   <si>
     <t>#21 Jorge Fritz - DT</t>
   </si>
   <si>
     <t>#92 Leonard Johns - LDE</t>
   </si>
   <si>
-    <t>#55 Daniel Collins - WLB</t>
+    <t>#55 Daniel Collins - SLB</t>
   </si>
   <si>
     <t>#24 Pierre Harbour - CB</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>DET 16</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-12-DET 16 (10:48) 8-Brett Johnston pass complete to 14-Josef Gonzales to DET 24 for 8 yards. Tackle by 91-Leonard Johns.</t>
   </si>
   <si>
     <t>#88 Josef Gonzales - WR</t>
   </si>
   <si>
     <t>10:10</t>
   </si>