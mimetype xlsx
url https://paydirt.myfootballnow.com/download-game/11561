--- v2 (2026-01-15)
+++ v3 (2026-03-26)
@@ -350,51 +350,51 @@
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-TEN 25 (15:00) 15-Bruno Wong pass Pass knocked down by 25-Ron Carvalho. incomplete, intended for 84-Henry Phillips.</t>
   </si>
   <si>
     <t>#17 Bruno Wong - QB</t>
   </si>
   <si>
     <t>#45 Willard Aguilar - RB</t>
   </si>
   <si>
     <t>#87 Juan Moloney - WR</t>
   </si>
   <si>
     <t>#83 Joe Miller - WR</t>
   </si>
   <si>
     <t>#29 Jose Green - WR</t>
   </si>
   <si>
     <t>#46 Kenneth Lindsay - LT</t>
   </si>
   <si>
-    <t>#53 Juan Johnson - LG</t>
+    <t>#53 Juan Johnson - LT</t>
   </si>
   <si>
     <t>#64 Roger Perez - C</t>
   </si>
   <si>
     <t>#55 Francisco Gale - RG</t>
   </si>
   <si>
     <t>#62 William Berkowitz - RT</t>
   </si>
   <si>
     <t>#97 Roger Smith - RDE</t>
   </si>
   <si>
     <t>#1 Arthur Rodriguez - RDE</t>
   </si>
   <si>
     <t>#67 William Green - DT</t>
   </si>
   <si>
     <t>#51 Gregory Martinez - DT</t>
   </si>
   <si>
     <t>#52 Markus Drake - MLB</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>#83 Edward Jones - WR</t>
   </si>
   <si>
     <t>#63 Charles Thompson - LG</t>
   </si>
   <si>
     <t>#63 Ryan Villagomez - LT</t>
   </si>
   <si>
     <t>#58 Ernesto Schoen - C</t>
   </si>
   <si>
     <t>#54 Christopher Randolph - RG</t>
   </si>
   <si>
     <t>#62 James Bateman - C</t>
   </si>
   <si>
     <t>#21 Jorge Fritz - DT</t>
   </si>
   <si>
     <t>#92 Leonard Johns - LDE</t>
   </si>
   <si>
-    <t>#55 Daniel Collins - SLB</t>
+    <t>#38 Daniel Collins - FS</t>
   </si>
   <si>
     <t>#24 Pierre Harbour - CB</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>DET 16</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-12-DET 16 (10:48) 8-Brett Johnston pass complete to 14-Josef Gonzales to DET 24 for 8 yards. Tackle by 91-Leonard Johns.</t>
   </si>
   <si>
     <t>#88 Josef Gonzales - WR</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
@@ -929,51 +929,51 @@
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>Singleback Slot Strong TE Corner</t>
   </si>
   <si>
     <t>2-8-DET 33 (15:00) 8-Brett Johnston pass Pass knocked down by 98-Walter Martinez. incomplete, intended for 11-Gilbert Houchins.</t>
   </si>
   <si>
     <t>3-8-DET 33 (14:57) 8-Brett Johnston pass complete to 14-Josef Gonzales to DET 38 for 5 yards. Tackle by 91-Leonard Johns. Great move by 14-Josef Gonzales to get free of his coverage.</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>DET 38</t>
   </si>
   <si>
     <t>4-3-DET 38 (14:13) 12-Alejandro Barbosa punts 43 yards to TEN 19.</t>
   </si>
   <si>
-    <t>#75 Kenneth Moore - LT</t>
+    <t>#72 Kenneth Moore - LT</t>
   </si>
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>1-10-TEN 19 (14:04) 15-Bruno Wong pass complete to 83-Joe Miller to TEN 25 for 6 yards. Tackle by 44-Arlie Korn.</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>2-4-TEN 25 (13:24) 15-Bruno Wong pass incomplete, dropped by 87-Juan Moloney.</t>
   </si>
   <si>
     <t>13:20</t>
   </si>
   <si>
     <t>3-4-TEN 25 (13:21) 81-Willard Aguilar ran to TEN 27 for 2 yards. Tackle by 44-Arlie Korn.</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
@@ -1097,51 +1097,51 @@
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>3-8-TEN 25 (7:04) 8-Brett Johnston sacked at TEN 34 for -8 yards (79-Coy McMurtry). Sack allowed by 64-James Bateman.</t>
   </si>
   <si>
     <t>6:31</t>
   </si>
   <si>
     <t>TEN 34</t>
   </si>
   <si>
     <t>4-16-TEN 34 (6:30) 6-James Hawes 51 yard field goal is GOOD. TEN 7 DET 3</t>
   </si>
   <si>
     <t>#89 Leland Spicer - TE</t>
   </si>
   <si>
     <t>#38 Edward Blackmon - DT</t>
   </si>
   <si>
     <t>#50 Mike Roe - CB</t>
   </si>
   <si>
-    <t>#26 Glen Coleman - CB</t>
+    <t>#46 Glen Coleman - SS</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
   <si>
     <t>(6:26) 6-James Hawes kicks 74 yards from DET 35 to TEN -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-TEN 25 (6:26) 15-Bruno Wong pass Pass knocked down by 25-Ron Carvalho. incomplete, intended for 84-Henry Phillips.</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>2-10-TEN 25 (6:24) 81-Willard Aguilar ran to TEN 24 for -1 yards. Tackle by 99-Gregory Martinez.</t>
   </si>
   <si>
     <t>5:43</t>
   </si>
   <si>
     <t>TEN 24</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
@@ -2348,51 +2348,51 @@
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>