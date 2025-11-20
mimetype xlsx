--- v0 (2025-10-15)
+++ v1 (2025-11-20)
@@ -338,51 +338,51 @@
   <si>
     <t>#2 Edward Epps - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 3-William Barrett pass complete to 36-Dustin Repass to WAS 27 for 2 yards. Tackle by 46-James Walton.</t>
   </si>
   <si>
     <t>#3 William Barrett - QB</t>
   </si>
   <si>
     <t>#82 Henry Burkhardt - FB</t>
   </si>
   <si>
-    <t>#87 Frank Neal - TE</t>
+    <t>#80 Frank Neal - TE</t>
   </si>
   <si>
     <t>#88 Howard Graham - WR</t>
   </si>
   <si>
     <t>#85 George Sanders - TE</t>
   </si>
   <si>
     <t>#72 David Smith - LT</t>
   </si>
   <si>
     <t>#79 Matthew Pucci - RG</t>
   </si>
   <si>
     <t>#51 John Kelly - C</t>
   </si>
   <si>
     <t>#60 James Long - RG</t>
   </si>
   <si>
     <t>#53 Marvin Johnson - LG</t>
   </si>
   <si>
     <t>#92 Todd Skelly - RDE</t>
   </si>
@@ -467,93 +467,93 @@
   <si>
     <t>#99 Alex Gaudet - RDE</t>
   </si>
   <si>
     <t>#97 Daniel Quintanilla - MLB</t>
   </si>
   <si>
     <t>#48 Michael McCampbell - CB</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>WAS 48</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-WAS 48 (12:51) 44-Tim Meadows ran to WAS 50 for -2 yards. Tackle by 95-Juan Brown. BAL 86-Byron Zander was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#13 Mark Fidler - QB</t>
+    <t>#4 Mark Fidler - QB</t>
   </si>
   <si>
     <t>#44 Tim Meadows - RB</t>
   </si>
   <si>
     <t>#86 Byron Zander - TE</t>
   </si>
   <si>
     <t>#17 Wayne Cooper - WR</t>
   </si>
   <si>
     <t>#85 Ernest Randall - WR</t>
   </si>
   <si>
     <t>#89 Vernon Chavez - WR</t>
   </si>
   <si>
-    <t>#78 Michael Campbell - LG</t>
+    <t>#78 Michael Campbell - RG</t>
   </si>
   <si>
     <t>#60 John Hinkle - LG</t>
   </si>
   <si>
     <t>#65 Bruce Porter - C</t>
   </si>
   <si>
     <t>#57 Lewis White - RT</t>
   </si>
   <si>
     <t>#64 Michael Garay - LT</t>
   </si>
   <si>
-    <t>#70 John Diaz - DT</t>
+    <t>#60 John Diaz - DT</t>
   </si>
   <si>
     <t>#93 Richard Vacca - MLB</t>
   </si>
   <si>
     <t>#93 Adam Wylie - MLB</t>
   </si>
   <si>
-    <t>#59 Vincent Sharp - LDE</t>
+    <t>#90 Vincent Sharp - RDE</t>
   </si>
   <si>
     <t>#40 David Pearl - CB</t>
   </si>
   <si>
     <t>#48 Will Jernigan - SS</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>WAS 50</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>2-12-WAS 50 (12:09) 13-Mark Fidler pass complete to 23-Vernon Chavez to WAS 44 for 6 yards. Tackle by 49-Mark Neeley.</t>
   </si>
   <si>
     <t>#35 Michael Navarro - RB</t>
   </si>