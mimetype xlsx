--- v1 (2025-11-20)
+++ v2 (2025-12-16)
@@ -392,51 +392,51 @@
   <si>
     <t>#79 Kenneth Sewell - DT</t>
   </si>
   <si>
     <t>#96 Joseph McLoud - RDE</t>
   </si>
   <si>
     <t>#94 Harry Dodd - WLB</t>
   </si>
   <si>
     <t>#53 Curtis Robertson - SLB</t>
   </si>
   <si>
     <t>#76 Mitchel Whitehorn - MLB</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
     <t>#46 James Walton - FS</t>
   </si>
   <si>
     <t>#37 Ronald Waldrop - SS</t>
   </si>
   <si>
-    <t>#33 William Preston - SS</t>
+    <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>WAS 27</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-8-WAS 27 (14:23) 3-William Barrett pass complete to 89-George Sanders to WAS 36 for 8 yards. Tackle by 46-James Walton.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>WAS 36</t>
   </si>
   <si>
     <t>I Formation Normal TE Out</t>
   </si>