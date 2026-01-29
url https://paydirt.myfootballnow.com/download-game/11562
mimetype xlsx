--- v2 (2025-12-16)
+++ v3 (2026-01-29)
@@ -350,90 +350,90 @@
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 3-William Barrett pass complete to 36-Dustin Repass to WAS 27 for 2 yards. Tackle by 46-James Walton.</t>
   </si>
   <si>
     <t>#3 William Barrett - QB</t>
   </si>
   <si>
     <t>#82 Henry Burkhardt - FB</t>
   </si>
   <si>
     <t>#80 Frank Neal - TE</t>
   </si>
   <si>
     <t>#88 Howard Graham - WR</t>
   </si>
   <si>
     <t>#85 George Sanders - TE</t>
   </si>
   <si>
     <t>#72 David Smith - LT</t>
   </si>
   <si>
-    <t>#79 Matthew Pucci - RG</t>
+    <t>#59 Matthew Pucci - RG</t>
   </si>
   <si>
     <t>#51 John Kelly - C</t>
   </si>
   <si>
     <t>#60 James Long - RG</t>
   </si>
   <si>
     <t>#53 Marvin Johnson - LG</t>
   </si>
   <si>
     <t>#92 Todd Skelly - RDE</t>
   </si>
   <si>
     <t>#52 James Bonilla - DT</t>
   </si>
   <si>
     <t>#79 Kenneth Sewell - DT</t>
   </si>
   <si>
     <t>#96 Joseph McLoud - RDE</t>
   </si>
   <si>
     <t>#94 Harry Dodd - WLB</t>
   </si>
   <si>
     <t>#53 Curtis Robertson - SLB</t>
   </si>
   <si>
     <t>#76 Mitchel Whitehorn - MLB</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
     <t>#46 James Walton - FS</t>
   </si>
   <si>
-    <t>#37 Ronald Waldrop - SS</t>
+    <t>#41 Ronald Waldrop - SS</t>
   </si>
   <si>
     <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>WAS 27</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-8-WAS 27 (14:23) 3-William Barrett pass complete to 89-George Sanders to WAS 36 for 8 yards. Tackle by 46-James Walton.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>WAS 36</t>
   </si>
@@ -485,72 +485,72 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-WAS 48 (12:51) 44-Tim Meadows ran to WAS 50 for -2 yards. Tackle by 95-Juan Brown. BAL 86-Byron Zander was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#4 Mark Fidler - QB</t>
   </si>
   <si>
     <t>#44 Tim Meadows - RB</t>
   </si>
   <si>
     <t>#86 Byron Zander - TE</t>
   </si>
   <si>
     <t>#17 Wayne Cooper - WR</t>
   </si>
   <si>
     <t>#85 Ernest Randall - WR</t>
   </si>
   <si>
     <t>#89 Vernon Chavez - WR</t>
   </si>
   <si>
-    <t>#78 Michael Campbell - RG</t>
+    <t>#78 Michael Campbell - RT</t>
   </si>
   <si>
     <t>#60 John Hinkle - LG</t>
   </si>
   <si>
     <t>#65 Bruce Porter - C</t>
   </si>
   <si>
     <t>#57 Lewis White - RT</t>
   </si>
   <si>
     <t>#64 Michael Garay - LT</t>
   </si>
   <si>
-    <t>#60 John Diaz - DT</t>
+    <t>#55 John Diaz - DT</t>
   </si>
   <si>
     <t>#93 Richard Vacca - MLB</t>
   </si>
   <si>
-    <t>#93 Adam Wylie - MLB</t>
+    <t>#57 Adam Wylie - MLB</t>
   </si>
   <si>
     <t>#90 Vincent Sharp - RDE</t>
   </si>
   <si>
     <t>#40 David Pearl - CB</t>
   </si>
   <si>
     <t>#48 Will Jernigan - SS</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>WAS 50</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>2-12-WAS 50 (12:09) 13-Mark Fidler pass complete to 23-Vernon Chavez to WAS 44 for 6 yards. Tackle by 49-Mark Neeley.</t>
   </si>