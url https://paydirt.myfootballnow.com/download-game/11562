--- v3 (2026-01-29)
+++ v4 (2026-03-05)
@@ -338,51 +338,51 @@
   <si>
     <t>#2 Edward Epps - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 3-William Barrett pass complete to 36-Dustin Repass to WAS 27 for 2 yards. Tackle by 46-James Walton.</t>
   </si>
   <si>
     <t>#3 William Barrett - QB</t>
   </si>
   <si>
     <t>#82 Henry Burkhardt - FB</t>
   </si>
   <si>
-    <t>#80 Frank Neal - TE</t>
+    <t>#86 Frank Neal - TE</t>
   </si>
   <si>
     <t>#88 Howard Graham - WR</t>
   </si>
   <si>
     <t>#85 George Sanders - TE</t>
   </si>
   <si>
     <t>#72 David Smith - LT</t>
   </si>
   <si>
     <t>#59 Matthew Pucci - RG</t>
   </si>
   <si>
     <t>#51 John Kelly - C</t>
   </si>
   <si>
     <t>#60 James Long - RG</t>
   </si>
   <si>
     <t>#53 Marvin Johnson - LG</t>
   </si>
   <si>
     <t>#92 Todd Skelly - RDE</t>
   </si>
@@ -500,60 +500,60 @@
   <si>
     <t>#17 Wayne Cooper - WR</t>
   </si>
   <si>
     <t>#85 Ernest Randall - WR</t>
   </si>
   <si>
     <t>#89 Vernon Chavez - WR</t>
   </si>
   <si>
     <t>#78 Michael Campbell - RT</t>
   </si>
   <si>
     <t>#60 John Hinkle - LG</t>
   </si>
   <si>
     <t>#65 Bruce Porter - C</t>
   </si>
   <si>
     <t>#57 Lewis White - RT</t>
   </si>
   <si>
     <t>#64 Michael Garay - LT</t>
   </si>
   <si>
-    <t>#55 John Diaz - DT</t>
+    <t>#92 John Diaz - LDE</t>
   </si>
   <si>
     <t>#93 Richard Vacca - MLB</t>
   </si>
   <si>
     <t>#57 Adam Wylie - MLB</t>
   </si>
   <si>
-    <t>#90 Vincent Sharp - RDE</t>
+    <t>#50 Vincent Sharp - RDE</t>
   </si>
   <si>
     <t>#40 David Pearl - CB</t>
   </si>
   <si>
     <t>#48 Will Jernigan - SS</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>WAS 50</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>2-12-WAS 50 (12:09) 13-Mark Fidler pass complete to 23-Vernon Chavez to WAS 44 for 6 yards. Tackle by 49-Mark Neeley.</t>
   </si>
   <si>
     <t>#35 Michael Navarro - RB</t>
   </si>