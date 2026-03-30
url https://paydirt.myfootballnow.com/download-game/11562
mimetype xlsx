--- v4 (2026-03-05)
+++ v5 (2026-03-30)
@@ -290,51 +290,51 @@
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-Edward Epps kicks 70 yards from BAL 35 to WAS -5. Touchback.</t>
   </si>
   <si>
     <t>#21 Dustin Repass - RB</t>
   </si>
   <si>
     <t>#59 Brandon Hicks - DT</t>
   </si>
   <si>
     <t>#51 Juan Brown - RDE</t>
   </si>
   <si>
-    <t>#99 Harold Paradise - DT</t>
+    <t>#64 Harold Paradise - DT</t>
   </si>
   <si>
     <t>#28 Mark Neeley - FS</t>
   </si>
   <si>
     <t>#56 James Leach - MLB</t>
   </si>
   <si>
     <t>#90 Robert Miller - DT</t>
   </si>
   <si>
     <t>#43 Claude Tillmon - CB</t>
   </si>
   <si>
     <t>#50 Jesse Garza - LDE</t>
   </si>
   <si>
     <t>#47 Rodney Page - CB</t>
   </si>
   <si>
     <t>#92 Virgil Baez - RDE</t>
   </si>
   <si>
     <t>#2 Edward Epps - K</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>WAS 48</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-WAS 48 (12:51) 44-Tim Meadows ran to WAS 50 for -2 yards. Tackle by 95-Juan Brown. BAL 86-Byron Zander was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#4 Mark Fidler - QB</t>
   </si>
   <si>
     <t>#44 Tim Meadows - RB</t>
   </si>
   <si>
     <t>#86 Byron Zander - TE</t>
   </si>
   <si>
     <t>#17 Wayne Cooper - WR</t>
   </si>
   <si>
-    <t>#85 Ernest Randall - WR</t>
+    <t>#17 Ernest Randall - WR</t>
   </si>
   <si>
     <t>#89 Vernon Chavez - WR</t>
   </si>
   <si>
     <t>#78 Michael Campbell - RT</t>
   </si>
   <si>
     <t>#60 John Hinkle - LG</t>
   </si>
   <si>
     <t>#65 Bruce Porter - C</t>
   </si>
   <si>
     <t>#57 Lewis White - RT</t>
   </si>
   <si>
     <t>#64 Michael Garay - LT</t>
   </si>
   <si>
     <t>#92 John Diaz - LDE</t>
   </si>
   <si>
     <t>#93 Richard Vacca - MLB</t>
   </si>