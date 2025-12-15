--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -1748,51 +1748,51 @@
   <si>
     <t>5:20</t>
   </si>
   <si>
     <t>1-10-TB. 30 (5:19) 39-Barry Brainerd ran to TB. 28 for 2 yards. Tackle by 53-Benny Smith.</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>2-8-TB. 28 (4:39) 2-Gerald Ohara ran to TB. 24 for 4 yards. Tackle by 53-Benny Smith. TB. 53-Benny Smith was injured on the play.</t>
   </si>
   <si>
     <t>3:59</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4-TB. 24 (3:58) 28-Randy Smith ran to TB. 24 for a short gain. Tackle by 99-Roger Landers.</t>
   </si>
   <si>
-    <t>#99 Roger Landers - MLB</t>
+    <t>#90 Roger Landers - MLB</t>
   </si>
   <si>
     <t>3:24</t>
   </si>
   <si>
     <t>4-4-TB. 24 (3:23) 19-Matthew Glaser 41 yard field goal is GOOD. HOU 20 TB. 0</t>
   </si>
   <si>
     <t>3:19</t>
   </si>
   <si>
     <t>(3:20) 19-Matthew Glaser kicks 75 yards from HOU 35 to TB. -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-TB. 25 (3:20) 8-Terry Cook pass complete to 83-Lewis Nosal to HOU 50 for 25 yards.</t>
   </si>
   <si>
     <t>HOU 50</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-HOU 50 (3:15) 8-Terry Cook pass complete to 15-James Braga to HOU 50 for a short gain. Tackle by 44-Ralph Padgett.</t>
   </si>