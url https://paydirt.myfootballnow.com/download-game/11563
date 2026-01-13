--- v1 (2025-12-15)
+++ v2 (2026-01-13)
@@ -413,96 +413,96 @@
   <si>
     <t>#49 Thomas Weaver - SS</t>
   </si>
   <si>
     <t>#38 James Dade - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>TB. 30</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-5-TB. 30 (14:24) 33-John Mattison ran to TB. 27 for -3 yards. Tackle by 34-John Powell.</t>
   </si>
   <si>
     <t>#22 John Mattison - RB</t>
   </si>
   <si>
-    <t>#60 Kenneth Jacques - LG</t>
+    <t>#60 Kenneth Jacques - RG</t>
   </si>
   <si>
     <t>#90 John Gross - RDE</t>
   </si>
   <si>
     <t>13:50</t>
   </si>
   <si>
     <t>TB. 27</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>3-8-TB. 27 (13:49) 23-Kenneth Root ran to TB. 29 for 2 yards. Tackle by 99-David Peralta.</t>
   </si>
   <si>
     <t>#49 Ralph Padgett - CB</t>
   </si>
   <si>
     <t>13:08</t>
   </si>
   <si>
     <t>TB. 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-TB. 29 (13:07) 1-Louis Williams punts 46 yards to HOU 25. Fair Catch by 32-David Gridley.</t>
   </si>
   <si>
     <t>#1 Louis Williams - P</t>
   </si>
   <si>
     <t>#32 David Gridley - WR</t>
   </si>
   <si>
-    <t>#56 Billy Miles - WLB</t>
-[...2 lines deleted...]
-    <t>#55 Neal Howard - RDE</t>
+    <t>#98 Billy Miles - WLB</t>
+  </si>
+  <si>
+    <t>#90 Neal Howard - RDE</t>
   </si>
   <si>
     <t>#64 Jose Williams - LDE</t>
   </si>
   <si>
     <t>#61 Jack Daniels - RDE</t>
   </si>
   <si>
     <t>#97 Joshua Rogers - RDE</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-HOU 25 (13:00) 89-Matthew Griffin ran to HOU 24 for -1 yards. Tackle by 53-Benny Smith.</t>
   </si>