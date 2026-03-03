--- v2 (2026-01-13)
+++ v3 (2026-03-03)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TB. has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Matthew Glaser kicks 71 yards from HOU 35 to TB. -6. Touchback.</t>
   </si>
   <si>
-    <t>#23 Kenneth Root - RB</t>
+    <t>#38 Kenneth Root - RB</t>
   </si>
   <si>
     <t>#95 Benny Smith - MLB</t>
   </si>
   <si>
     <t>#23 Todd Dotson - CB</t>
   </si>
   <si>
     <t>#68 Harold Woods - DT</t>
   </si>
   <si>
     <t>#27 Dennis Gibson - FS</t>
   </si>
   <si>
     <t>#48 David Wise - CB</t>
   </si>
   <si>
     <t>#49 Bill Jones - RDE</t>
   </si>
   <si>
     <t>#57 Arthur Perillo - WLB</t>
   </si>
   <si>
     <t>#24 Chris Slusher - FS</t>
   </si>
@@ -383,51 +383,51 @@
   <si>
     <t>#76 Jacob Lewis - RT</t>
   </si>
   <si>
     <t>#78 Jose Rivera - LDE</t>
   </si>
   <si>
     <t>#77 Steven Stephens - DT</t>
   </si>
   <si>
     <t>#57 Michael Campbell - DT</t>
   </si>
   <si>
     <t>#65 Orville Serrano - LDE</t>
   </si>
   <si>
     <t>#55 Larry Middleton - MLB</t>
   </si>
   <si>
     <t>#99 David Peralta - SLB</t>
   </si>
   <si>
     <t>#26 Richard Wright - CB</t>
   </si>
   <si>
-    <t>#23 John Burchett - CB</t>
+    <t>#23 John Burchett - FS</t>
   </si>
   <si>
     <t>#34 John Powell - CB</t>
   </si>
   <si>
     <t>#49 Thomas Weaver - SS</t>
   </si>
   <si>
     <t>#38 James Dade - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>TB. 30</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-5-TB. 30 (14:24) 33-John Mattison ran to TB. 27 for -3 yards. Tackle by 34-John Powell.</t>
   </si>
@@ -458,51 +458,51 @@
   <si>
     <t>13:08</t>
   </si>
   <si>
     <t>TB. 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-TB. 29 (13:07) 1-Louis Williams punts 46 yards to HOU 25. Fair Catch by 32-David Gridley.</t>
   </si>
   <si>
     <t>#1 Louis Williams - P</t>
   </si>
   <si>
     <t>#32 David Gridley - WR</t>
   </si>
   <si>
     <t>#98 Billy Miles - WLB</t>
   </si>
   <si>
-    <t>#90 Neal Howard - RDE</t>
+    <t>#90 Neal Howard - DT</t>
   </si>
   <si>
     <t>#64 Jose Williams - LDE</t>
   </si>
   <si>
     <t>#61 Jack Daniels - RDE</t>
   </si>
   <si>
     <t>#97 Joshua Rogers - RDE</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-HOU 25 (13:00) 89-Matthew Griffin ran to HOU 24 for -1 yards. Tackle by 53-Benny Smith.</t>
   </si>
@@ -1265,51 +1265,51 @@
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>HOU 20</t>
   </si>
   <si>
     <t>2-13-HOU 20 (14:17) 15-James Ross pass incomplete, dropped by 17-John Hawkins. Excellent coverage on that play. 40-Todd Dotson got away with a hold on that play.</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>3-13-HOU 20 (14:14) 15-James Ross pass Pass knocked down by 46-John Black. incomplete, intended for 14-John Tapia.</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>4-13-HOU 20 (14:10) 9-Julius Manzo punts 45 yards to TB. 35. Fair Catch by 23-Kenneth Root.</t>
   </si>
   <si>
-    <t>#56 Matthew Bailey - MLB</t>
+    <t>#56 Matthew Bailey - SLB</t>
   </si>
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>1-10-TB. 35 (14:04) 23-Kenneth Root ran to TB. 37 for 1 yards. Tackle by 57-Michael Campbell.</t>
   </si>
   <si>
     <t>#78 Dale Perdue - RG</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>TB. 37</t>
   </si>
   <si>
     <t>2-9-TB. 37 (13:31) 23-Kenneth Root ran to HOU 49 for 14 yards. Tackle by 34-John Powell.</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>HOU 49</t>
   </si>
@@ -1748,51 +1748,51 @@
   <si>
     <t>5:20</t>
   </si>
   <si>
     <t>1-10-TB. 30 (5:19) 39-Barry Brainerd ran to TB. 28 for 2 yards. Tackle by 53-Benny Smith.</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>2-8-TB. 28 (4:39) 2-Gerald Ohara ran to TB. 24 for 4 yards. Tackle by 53-Benny Smith. TB. 53-Benny Smith was injured on the play.</t>
   </si>
   <si>
     <t>3:59</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4-TB. 24 (3:58) 28-Randy Smith ran to TB. 24 for a short gain. Tackle by 99-Roger Landers.</t>
   </si>
   <si>
-    <t>#90 Roger Landers - MLB</t>
+    <t>#90 Roger Landers - WLB</t>
   </si>
   <si>
     <t>3:24</t>
   </si>
   <si>
     <t>4-4-TB. 24 (3:23) 19-Matthew Glaser 41 yard field goal is GOOD. HOU 20 TB. 0</t>
   </si>
   <si>
     <t>3:19</t>
   </si>
   <si>
     <t>(3:20) 19-Matthew Glaser kicks 75 yards from HOU 35 to TB. -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-TB. 25 (3:20) 8-Terry Cook pass complete to 83-Lewis Nosal to HOU 50 for 25 yards.</t>
   </si>
   <si>
     <t>HOU 50</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-HOU 50 (3:15) 8-Terry Cook pass complete to 15-James Braga to HOU 50 for a short gain. Tackle by 44-Ralph Padgett.</t>
   </si>