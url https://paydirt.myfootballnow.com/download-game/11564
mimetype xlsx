--- v0 (2025-10-29)
+++ v1 (2026-01-28)
@@ -362,81 +362,81 @@
   <si>
     <t>#82 George Kaplan - WR</t>
   </si>
   <si>
     <t>#53 Blaze Herb - C</t>
   </si>
   <si>
     <t>#89 Jackie Moss - TE</t>
   </si>
   <si>
     <t>#89 Javier Grace - TE</t>
   </si>
   <si>
     <t>#87 Hot Toddy Ramirez - WR</t>
   </si>
   <si>
     <t>#73 Jonathan Greer - C</t>
   </si>
   <si>
     <t>#43 Cecil Keller - LG</t>
   </si>
   <si>
     <t>#63 Whiskey Caskey - C</t>
   </si>
   <si>
-    <t>#61 Kevin Barr - LG</t>
+    <t>#61 Kevin Barr - RG</t>
   </si>
   <si>
     <t>#62 William Jacobi - C</t>
   </si>
   <si>
     <t>#54 Albert Stegner - LDE</t>
   </si>
   <si>
     <t>#65 William Sanders - DT</t>
   </si>
   <si>
     <t>#78 Michael Conner - DT</t>
   </si>
   <si>
     <t>#50 Richard Devries - RDE</t>
   </si>
   <si>
     <t>#50 Paul Evers - SLB</t>
   </si>
   <si>
     <t>#50 James Rogers - SLB</t>
   </si>
   <si>
     <t>#51 Robert Chavez - WLB</t>
   </si>
   <si>
     <t>#43 Joseph Back - CB</t>
   </si>
   <si>
-    <t>#34 Judson Pringle - CB</t>
+    <t>#34 Judson Pringle - FS</t>
   </si>
   <si>
     <t>#49 Justin Hanks - SS</t>
   </si>
   <si>
     <t>#27 Edwin Wood - FS</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>SD. 37</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-6-SD. 37 (14:11) 19-Lane Poffenberger pass complete to 14-Stanley Chapman to SD. 46 for 9 yards. Tackle by 23-George Mahoney. 23-George Mahoney got away with a hold on that play. GB. 23-George Mahoney was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#10 Stanley Chapman - WR</t>
   </si>
@@ -521,63 +521,63 @@
   <si>
     <t>GB. 32</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-GB. 32 (12:11) 89-Donald Lynch ran to GB. 29 for -3 yards. Tackle by 95-John Neher.</t>
   </si>
   <si>
     <t>#8 Phillip Hunt - QB</t>
   </si>
   <si>
     <t>#47 Donald Lynch - RB</t>
   </si>
   <si>
     <t>#83 David Lawson - TE</t>
   </si>
   <si>
     <t>#12 Earl Miller - WR</t>
   </si>
   <si>
-    <t>#82 Everett Bynum - WR</t>
+    <t>#82 Everett Bynum - TE</t>
   </si>
   <si>
     <t>#80 Paul Wall - WR</t>
   </si>
   <si>
     <t>#64 Keith Choate - LT</t>
   </si>
   <si>
     <t>#72 Garrett Jamieson - LG</t>
   </si>
   <si>
-    <t>#58 Robert Anderson - C</t>
+    <t>#67 Robert Anderson - C</t>
   </si>
   <si>
     <t>#67 Wayne Miller - RG</t>
   </si>
   <si>
     <t>#75 Danial Zamora - RT</t>
   </si>
   <si>
     <t>#50 Raymond Overturf - DT</t>
   </si>
   <si>
     <t>#94 Robby Cook - DT</t>
   </si>
   <si>
     <t>#35 Edward Mobley - CB</t>
   </si>
   <si>
     <t>#95 John Neher - WLB</t>
   </si>
   <si>
     <t>#37 Gino Edington - CB</t>
   </si>
   <si>
     <t>#46 Matthew Mitchell - SS</t>
   </si>
@@ -740,75 +740,75 @@
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-GB. 7 (7:29) 8-Phillip Hunt ran to GB. 12 for 5 yards. Tackle by 50-Raymond Overturf.</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>GB. 12</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-5-GB. 12 (6:46) 8-Phillip Hunt pass complete to 80-Paul Wall to GB. 25 for 12 yards. Tackle by 2-Robert Fischer. Pressure by 30-Norris Ness. 2-Robert Fischer got away with a hold on that play.</t>
   </si>
   <si>
     <t>#66 Lawrence Ward - RT</t>
   </si>
   <si>
-    <t>#72 John Webster - SLB</t>
+    <t>#50 John Webster - SLB</t>
   </si>
   <si>
     <t>#52 Fred Price - CB</t>
   </si>
   <si>
     <t>6:11</t>
   </si>
   <si>
     <t>GB. 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>1-10-GB. 25 (6:10) 89-Donald Lynch ran to GB. 30 for 5 yards. 89-Donald Lynch FUMBLES (90-Aubrey Mooney) recovered by SD.-90-Aubrey Mooney to GB. 32 for -2 yards. Tackle by 83-David Lawson.</t>
   </si>
   <si>
     <t>#2 Alan Taylor - CB</t>
   </si>
   <si>
     <t>#13 John Harrington - WR</t>
   </si>
   <si>
-    <t>#40 Eugene Sexton - CB</t>
+    <t>#48 Eugene Sexton - FS</t>
   </si>
   <si>
     <t>#38 Billie Rondeau - FS</t>
   </si>
   <si>
     <t>6:05</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-GB. 32 (6:06) 31-Brian Francis ran to GB. 27 for 4 yards. Tackle by 97-James Rogers.</t>
   </si>
   <si>
     <t>#73 Andrew Green - LT</t>
   </si>
   <si>
     <t>#60 James Garcia - LG</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>2-6-GB. 27 (5:31) 19-Lane Poffenberger pass Pass knocked down by 34-Judson Pringle. incomplete, intended for 89-Javier Grace.</t>
   </si>
@@ -1031,51 +1031,51 @@
   <si>
     <t>3-8-GB. 42 (14:26) 89-Donald Lynch ran to GB. 44 for 1 yards. Tackle by 94-Robby Cook.</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>GB. 44</t>
   </si>
   <si>
     <t>4-7-GB. 44 (13:46) 14-James Perkins punts 45 yards to SD. 12. Fair Catch by 40-Richard Lark.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>SD. 12</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-SD. 12 (13:39) 40-Richard Lark ran to SD. 20 for 8 yards. Tackle by 56-Daniel McClain.</t>
   </si>
   <si>
-    <t>#18 Robert Darnell - QB</t>
+    <t>#5 Robert Darnell - QB</t>
   </si>
   <si>
     <t>#29 Richard Nichols - RB</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>SD. 20</t>
   </si>
   <si>
     <t>2-2-SD. 20 (13:04) 31-Brian Francis ran to SD. 23 for 4 yards. Tackle by 34-Judson Pringle.</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-SD. 23 (12:21) 18-Robert Darnell pass complete to 31-Brian Francis to SD. 25 for 1 yards. Tackle by 43-Joseph Back. 31-Brian Francis did some fancy footwork there.</t>
   </si>
   <si>
     <t>11:48</t>
   </si>