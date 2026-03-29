--- v1 (2026-01-28)
+++ v2 (2026-03-29)
@@ -632,51 +632,51 @@
   <si>
     <t>GB. 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-GB. 33 (10:13) 14-James Perkins punts 41 yards to SD. 25. Fair Catch by 40-Richard Lark.</t>
   </si>
   <si>
     <t>#14 James Perkins - P</t>
   </si>
   <si>
     <t>#69 Thomas Dowell - LT</t>
   </si>
   <si>
     <t>#78 John Labarre - LT</t>
   </si>
   <si>
     <t>#73 Lance Nye - C</t>
   </si>
   <si>
-    <t>#74 Norris Ness - RDE</t>
+    <t>#75 Norris Ness - RDE</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>SD. 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-SD. 25 (10:07) 19-Lane Poffenberger pass complete to 87-Hot Toddy Ramirez to SD. 29 for 3 yards. Tackle by 34-Judson Pringle.</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>SD. 29</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-7-SD. 29 (9:28) 19-Lane Poffenberger pass complete to 89-Javier Grace to SD. 39 for 10 yards. Tackle by 23-George Mahoney.</t>
   </si>