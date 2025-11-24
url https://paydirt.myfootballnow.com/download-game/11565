--- v0 (2025-10-25)
+++ v1 (2025-11-24)
@@ -359,78 +359,78 @@
   <si>
     <t>#6 William Mathews - QB</t>
   </si>
   <si>
     <t>#44 Mario Alvarado - RB</t>
   </si>
   <si>
     <t>#80 Marty Miller - RB</t>
   </si>
   <si>
     <t>#42 David Thornton - FB</t>
   </si>
   <si>
     <t>#87 Andrew Brennan - TE</t>
   </si>
   <si>
     <t>#81 Thomas Solomon - TE</t>
   </si>
   <si>
     <t>#70 Robert Holmes - LT</t>
   </si>
   <si>
     <t>#65 Christopher Powell - LG</t>
   </si>
   <si>
-    <t>#57 Brandon Bolton - RT</t>
-[...2 lines deleted...]
-    <t>#68 Cody Pierce - LG</t>
+    <t>#61 Brandon Bolton - RT</t>
+  </si>
+  <si>
+    <t>#79 Cody Pierce - RG</t>
   </si>
   <si>
     <t>#73 Raymond Turner - LT</t>
   </si>
   <si>
     <t>#58 Ian Knudsen - DT</t>
   </si>
   <si>
     <t>#93 William Morton - LDE</t>
   </si>
   <si>
     <t>#90 Lawrence Baker - DT</t>
   </si>
   <si>
     <t>#77 Stephen Spencer - DT</t>
   </si>
   <si>
     <t>#52 Kirk Overton - SLB</t>
   </si>
   <si>
     <t>#98 Gilbert Sinclair - DT</t>
   </si>
   <si>
-    <t>#74 Larry McCoy - SLB</t>
+    <t>#91 Larry McCoy - RDE</t>
   </si>
   <si>
     <t>#31 Nicolas Velazco - CB</t>
   </si>
   <si>
     <t>#51 Jake Kaufman - MLB</t>
   </si>
   <si>
     <t>#47 Jeffery Moore - SS</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-BUF 27 (14:55) 19-William Mathews pass complete to 88-Thomas Mitchell to BUF 33 for 5 yards. Tackle by 31-Nicolas Velazco.</t>
   </si>
   <si>
     <t>#83 Thomas Mitchell - WR</t>
   </si>
@@ -530,75 +530,75 @@
   <si>
     <t>#59 Andrew Thomas - LT</t>
   </si>
   <si>
     <t>#69 Edward James - LG</t>
   </si>
   <si>
     <t>#65 William Parenteau - C</t>
   </si>
   <si>
     <t>#60 Jaime Preuss - RG</t>
   </si>
   <si>
     <t>#74 Gene Stein - RT</t>
   </si>
   <si>
     <t>#99 William Bice - LDE</t>
   </si>
   <si>
     <t>#90 James Long - MLB</t>
   </si>
   <si>
     <t>#57 Reggie Herrera - WLB</t>
   </si>
   <si>
-    <t>#25 Robert Jones - SS</t>
+    <t>#36 Robert Jones - SS</t>
   </si>
   <si>
     <t>#43 Felix Stone - FS</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>NYG 46</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-NYG 46 (12:48) 28-Kelvin Lim ran to BUF 46 for 7 yards. Tackle by 25-Robert Jones.</t>
   </si>
   <si>
     <t>#30 Dan Hubbard - FB</t>
   </si>
   <si>
-    <t>#82 Michael Durbin - TE</t>
+    <t>#86 Michael Durbin - TE</t>
   </si>
   <si>
     <t>#16 Peter Tuttle - WR</t>
   </si>
   <si>
     <t>#72 Kurt Kittle - DT</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>BUF 46</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-3-BUF 46 (12:14) 5-John Triplett pass Pass knocked down by 45-Juan Brock. incomplete, intended for 16-Peter Tuttle.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
@@ -776,51 +776,51 @@
   <si>
     <t>6:29</t>
   </si>
   <si>
     <t>BUF 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:30) Extra point by 75-John Wilkerson is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#9 Richard Rivers - QB</t>
   </si>
   <si>
     <t>#64 Charles McCarthy - LG</t>
   </si>
   <si>
     <t>#67 Augustus Dickey - C</t>
   </si>
   <si>
-    <t>#96 Virgil Brown - LDE</t>
+    <t>#95 Virgil Brown - LDE</t>
   </si>
   <si>
     <t>#74 Richard Wright - DT</t>
   </si>
   <si>
     <t>(6:30) 75-John Wilkerson kicks 50 yards from NYG 35 to BUF 15. 12-Cristopher Smith to BUF 33 for 18 yards. Tackle by 21-Julio Smith.</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 33 (6:27) 19-William Mathews pass complete to 87-Andrew Brennan to BUF 39 for 6 yards. Tackle by 58-Gilbert Sinclair.</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>BUF 39</t>
   </si>