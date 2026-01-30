--- v1 (2025-11-24)
+++ v2 (2026-01-30)
@@ -281,78 +281,78 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BUF has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NYG</t>
   </si>
   <si>
     <t>NYG 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 75-John Wilkerson kicks 54 yards from NYG 35 to BUF 11. 12-Cristopher Smith to BUF 27 for 17 yards. Tackle by 54-Larry McCoy.</t>
   </si>
   <si>
-    <t>#87 Cristopher Smith - WR</t>
+    <t>#10 Cristopher Smith - WR</t>
   </si>
   <si>
     <t>#45 Juan Brock - SS</t>
   </si>
   <si>
     <t>#94 Richard Peres - DT</t>
   </si>
   <si>
     <t>#93 Gregory McNear - DT</t>
   </si>
   <si>
     <t>#97 Charles Huntington - MLB</t>
   </si>
   <si>
     <t>#91 Francis Johnson - WLB</t>
   </si>
   <si>
     <t>#47 Edward Shive - CB</t>
   </si>
   <si>
     <t>#63 Rudolph Stinson - LDE</t>
   </si>
   <si>
     <t>#53 Allen Danforth - WLB</t>
   </si>
   <si>
-    <t>#52 Tracy Reyes - RDE</t>
+    <t>#69 Tracy Reyes - RDE</t>
   </si>
   <si>
     <t>#38 Malcolm Espinoza - CB</t>
   </si>
   <si>
     <t>#75 John Wilkerson - RDE</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>BUF 27</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-BUF 27 (14:57) 19-William Mathews pass incomplete, intended for 87-Andrew Brennan.</t>
   </si>
@@ -386,51 +386,51 @@
   <si>
     <t>#79 Cody Pierce - RG</t>
   </si>
   <si>
     <t>#73 Raymond Turner - LT</t>
   </si>
   <si>
     <t>#58 Ian Knudsen - DT</t>
   </si>
   <si>
     <t>#93 William Morton - LDE</t>
   </si>
   <si>
     <t>#90 Lawrence Baker - DT</t>
   </si>
   <si>
     <t>#77 Stephen Spencer - DT</t>
   </si>
   <si>
     <t>#52 Kirk Overton - SLB</t>
   </si>
   <si>
     <t>#98 Gilbert Sinclair - DT</t>
   </si>
   <si>
-    <t>#91 Larry McCoy - RDE</t>
+    <t>#59 Larry McCoy - MLB</t>
   </si>
   <si>
     <t>#31 Nicolas Velazco - CB</t>
   </si>
   <si>
     <t>#51 Jake Kaufman - MLB</t>
   </si>
   <si>
     <t>#47 Jeffery Moore - SS</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-BUF 27 (14:55) 19-William Mathews pass complete to 88-Thomas Mitchell to BUF 33 for 5 yards. Tackle by 31-Nicolas Velazco.</t>
   </si>
   <si>
     <t>#83 Thomas Mitchell - WR</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>#87 Dennis Preston - TE</t>
   </si>
   <si>
     <t>#15 Morris Tirado - WR</t>
   </si>
   <si>
     <t>#12 Darrin Cook - WR</t>
   </si>
   <si>
     <t>#1 Malik Nabers - WR</t>
   </si>
   <si>
     <t>#59 Andrew Thomas - LT</t>
   </si>
   <si>
     <t>#69 Edward James - LG</t>
   </si>
   <si>
     <t>#65 William Parenteau - C</t>
   </si>
   <si>
     <t>#60 Jaime Preuss - RG</t>
   </si>
   <si>
-    <t>#74 Gene Stein - RT</t>
+    <t>#64 Gene Stein - RT</t>
   </si>
   <si>
     <t>#99 William Bice - LDE</t>
   </si>
   <si>
     <t>#90 James Long - MLB</t>
   </si>
   <si>
     <t>#57 Reggie Herrera - WLB</t>
   </si>
   <si>
     <t>#36 Robert Jones - SS</t>
   </si>
   <si>
     <t>#43 Felix Stone - FS</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>NYG 46</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
@@ -908,51 +908,51 @@
   <si>
     <t>NYG 34</t>
   </si>
   <si>
     <t>3-3-NYG 34 (1:43) 80-Marty Miller ran to NYG 33 for 1 yards. Tackle by 58-Gilbert Sinclair.</t>
   </si>
   <si>
     <t>#29 Joseph Haas - RB</t>
   </si>
   <si>
     <t>1:03</t>
   </si>
   <si>
     <t>NYG 33</t>
   </si>
   <si>
     <t>4-2-NYG 33 (1:02) 13-Jesse Hudson 51 yard field goal is GOOD. BUF 3 NYG 6</t>
   </si>
   <si>
     <t>#5 Micheal Long - QB</t>
   </si>
   <si>
     <t>#4 Jesse Hudson - K</t>
   </si>
   <si>
-    <t>#54 Mark Cummings - RG</t>
+    <t>#63 Mark Cummings - LG</t>
   </si>
   <si>
     <t>#50 Jamie Rios - RDE</t>
   </si>
   <si>
     <t>0:58</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>(0:59) 13-Jesse Hudson kicks 66 yards from BUF 35 to NYG -1. 28-Kelvin Lim to NYG 27 for 28 yards. Tackle by 38-Malcolm Espinoza.</t>
   </si>
   <si>
     <t>0:53</t>
   </si>
   <si>
     <t>NYG 27</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-NYG 27 (0:54) 34-Ricky Fletcher ran to NYG 33 for 7 yards. Tackle by 25-Robert Jones.</t>
   </si>