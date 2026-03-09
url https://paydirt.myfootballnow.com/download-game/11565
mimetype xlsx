--- v2 (2026-01-30)
+++ v3 (2026-03-09)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BUF has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NYG</t>
   </si>
   <si>
     <t>NYG 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 75-John Wilkerson kicks 54 yards from NYG 35 to BUF 11. 12-Cristopher Smith to BUF 27 for 17 yards. Tackle by 54-Larry McCoy.</t>
   </si>
   <si>
-    <t>#10 Cristopher Smith - WR</t>
+    <t>#41 Cristopher Smith - TE</t>
   </si>
   <si>
     <t>#45 Juan Brock - SS</t>
   </si>
   <si>
     <t>#94 Richard Peres - DT</t>
   </si>
   <si>
     <t>#93 Gregory McNear - DT</t>
   </si>
   <si>
     <t>#97 Charles Huntington - MLB</t>
   </si>
   <si>
     <t>#91 Francis Johnson - WLB</t>
   </si>
   <si>
     <t>#47 Edward Shive - CB</t>
   </si>
   <si>
     <t>#63 Rudolph Stinson - LDE</t>
   </si>
   <si>
     <t>#53 Allen Danforth - WLB</t>
   </si>
@@ -386,51 +386,51 @@
   <si>
     <t>#79 Cody Pierce - RG</t>
   </si>
   <si>
     <t>#73 Raymond Turner - LT</t>
   </si>
   <si>
     <t>#58 Ian Knudsen - DT</t>
   </si>
   <si>
     <t>#93 William Morton - LDE</t>
   </si>
   <si>
     <t>#90 Lawrence Baker - DT</t>
   </si>
   <si>
     <t>#77 Stephen Spencer - DT</t>
   </si>
   <si>
     <t>#52 Kirk Overton - SLB</t>
   </si>
   <si>
     <t>#98 Gilbert Sinclair - DT</t>
   </si>
   <si>
-    <t>#59 Larry McCoy - MLB</t>
+    <t>#25 Larry McCoy - CB</t>
   </si>
   <si>
     <t>#31 Nicolas Velazco - CB</t>
   </si>
   <si>
     <t>#51 Jake Kaufman - MLB</t>
   </si>
   <si>
     <t>#47 Jeffery Moore - SS</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-BUF 27 (14:55) 19-William Mathews pass complete to 88-Thomas Mitchell to BUF 33 for 5 yards. Tackle by 31-Nicolas Velazco.</t>
   </si>
   <si>
     <t>#83 Thomas Mitchell - WR</t>
   </si>
@@ -503,66 +503,66 @@
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NYG 29 (13:25) 5-John Triplett pass complete to 34-Ricky Fletcher to NYG 46 for 18 yards. Tackle by 25-Robert Jones.</t>
   </si>
   <si>
     <t>#5 John Triplett - QB</t>
   </si>
   <si>
     <t>#34 Ricky Fletcher - RB</t>
   </si>
   <si>
     <t>#87 Dennis Preston - TE</t>
   </si>
   <si>
     <t>#15 Morris Tirado - WR</t>
   </si>
   <si>
     <t>#12 Darrin Cook - WR</t>
   </si>
   <si>
-    <t>#1 Malik Nabers - WR</t>
+    <t>#14 Malik Nabers - WR</t>
   </si>
   <si>
     <t>#59 Andrew Thomas - LT</t>
   </si>
   <si>
     <t>#69 Edward James - LG</t>
   </si>
   <si>
     <t>#65 William Parenteau - C</t>
   </si>
   <si>
     <t>#60 Jaime Preuss - RG</t>
   </si>
   <si>
-    <t>#64 Gene Stein - RT</t>
+    <t>#67 Gene Stein - RT</t>
   </si>
   <si>
     <t>#99 William Bice - LDE</t>
   </si>
   <si>
     <t>#90 James Long - MLB</t>
   </si>
   <si>
     <t>#57 Reggie Herrera - WLB</t>
   </si>
   <si>
     <t>#36 Robert Jones - SS</t>
   </si>
   <si>
     <t>#43 Felix Stone - FS</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>NYG 46</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>