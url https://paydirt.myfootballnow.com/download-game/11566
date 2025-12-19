--- v0 (2025-10-25)
+++ v1 (2025-12-19)
@@ -293,66 +293,66 @@
   <si>
     <t>IND 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Harris Hudson kicks 74 yards from IND 35 to SF. -9. Touchback.</t>
   </si>
   <si>
     <t>#49 George May - WR</t>
   </si>
   <si>
     <t>#21 Robert Gonzalez - FS</t>
   </si>
   <si>
     <t>#42 Mathew Whiteside - SS</t>
   </si>
   <si>
     <t>#20 Lewis Downing - CB</t>
   </si>
   <si>
-    <t>#37 Leonard Ray - CB</t>
+    <t>#48 Leonard Ray - CB</t>
   </si>
   <si>
     <t>#74 Jason Cortez - MLB</t>
   </si>
   <si>
     <t>#81 Gerald Baker - WR</t>
   </si>
   <si>
     <t>#95 William Ingram - DT</t>
   </si>
   <si>
     <t>#51 William Collier - SS</t>
   </si>
   <si>
-    <t>#53 Lowell Colella - WLB</t>
+    <t>#98 Lowell Colella - WLB</t>
   </si>
   <si>
     <t>#62 Charles Rich - DT</t>
   </si>
   <si>
     <t>#17 Harris Hudson - K</t>
   </si>
   <si>
     <t>SF.</t>
   </si>
   <si>
     <t>SF. 25</t>
   </si>
   <si>
     <t>Shotgun 5 Wide 5 WR Corner Post</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-SF. 25 (15:00) 2-Wilson Long pass incomplete, dropped by 87-Joe Sanchez. PENALTY - Pass Interference (IND 35-Alvin Rhodes)</t>
   </si>
   <si>
     <t>#2 Wilson Long - QB</t>
   </si>
@@ -362,51 +362,51 @@
   <si>
     <t>#13 Rudy Pauli - WR</t>
   </si>
   <si>
     <t>#87 Joe Sanchez - WR</t>
   </si>
   <si>
     <t>#18 William Fraser - WR</t>
   </si>
   <si>
     <t>#79 Michael Scott - RG</t>
   </si>
   <si>
     <t>#71 Christopher Engle - RG</t>
   </si>
   <si>
     <t>#77 Johnny Lester - RT</t>
   </si>
   <si>
     <t>#70 Christopher Chandler - LT</t>
   </si>
   <si>
     <t>#50 Carl Aiello - RT</t>
   </si>
   <si>
-    <t>#91 Benjamin Farrell - LDE</t>
+    <t>#58 Benjamin Farrell - LDE</t>
   </si>
   <si>
     <t>#99 Earl Schiffer - DT</t>
   </si>
   <si>
     <t>#75 Timmy Smith - RDE</t>
   </si>
   <si>
     <t>#55 Lonnie Leonard - MLB</t>
   </si>
   <si>
     <t>#28 Howard Bellamy - CB</t>
   </si>
   <si>
     <t>#48 Larry Owens - CB</t>
   </si>
   <si>
     <t>#35 Alvin Rhodes - SS</t>
   </si>
   <si>
     <t>#82 Richard Reid - RB</t>
   </si>
   <si>
     <t>#18 Lee Pritchett - WR</t>
   </si>
@@ -428,51 +428,51 @@
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-SF. 35 (14:56) 2-Wilson Long pass complete to 83-Gerald Baker to SF. 39 for 4 yards. Tackle by 48-Larry Owens. 83-Gerald Baker breaks down the CB.</t>
   </si>
   <si>
     <t>#33 Tom Richman - RB</t>
   </si>
   <si>
     <t>#85 Perry Reinke - TE</t>
   </si>
   <si>
     <t>#99 Christopher Layton - DT</t>
   </si>
   <si>
     <t>#53 David Randolph - WLB</t>
   </si>
   <si>
     <t>#83 Kenneth Anthony - WR</t>
   </si>
   <si>
     <t>#37 Robin Gill - RB</t>
   </si>
   <si>
-    <t>#25 Julian Moore - FS</t>
+    <t>#23 Julian Moore - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>SF. 39</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-6-SF. 39 (14:14) 2-Wilson Long pass complete to 14-Rudy Pauli to IND 43 for 18 yards. Tackle by 19-Richard Reid. 14-Rudy Pauli did some fancy footwork there. PENALTY - Pass Interference (IND 19-Richard Reid) (Declined)</t>
   </si>
   <si>
     <t>#48 Timothy McPhail - FB</t>
   </si>
   <si>
     <t>#73 Greg Harris - SLB</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
@@ -806,51 +806,51 @@
   <si>
     <t>7:28</t>
   </si>
   <si>
     <t>IND 38</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-IND 38 (7:27) 2-Wilson Long pass complete to 48-Timothy McPhail to IND 22 for 16 yards. Pushed out of bounds by 73-Greg Harris.</t>
   </si>
   <si>
     <t>6:48</t>
   </si>
   <si>
     <t>IND 22</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-IND 22 (6:47) 22-Chris Ramos ran to IND 22 for a short gain. Tackle by 91-Benjamin Farrell.</t>
   </si>
   <si>
-    <t>#43 Stephen Hinton - RB</t>
+    <t>#31 Stephen Hinton - RB</t>
   </si>
   <si>
     <t>6:15</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Blitz Zone Blitz</t>
   </si>
   <si>
     <t>2-10-IND 22 (6:14) 33-Tom Richman ran to IND 22 for a short gain. Tackle by 48-Larry Owens.</t>
   </si>
   <si>
     <t>5:35</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>3-10-IND 22 (5:34) PENALTY - False Start (SF. 70-Christopher Chandler)</t>
   </si>
   <si>
     <t>5:33</t>
   </si>