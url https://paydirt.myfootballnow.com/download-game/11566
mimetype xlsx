--- v1 (2025-12-19)
+++ v2 (2026-01-24)
@@ -656,51 +656,51 @@
   <si>
     <t>2-2-IND 33 (11:55) 4-Christopher McClure pass Pass knocked down by 90-Mathew Whiteside. incomplete, intended for 19-Richard Reid.</t>
   </si>
   <si>
     <t>#13 Alvin Evans - WR</t>
   </si>
   <si>
     <t>#12 Michael Holford - WR</t>
   </si>
   <si>
     <t>#78 Michael Boatright - RG</t>
   </si>
   <si>
     <t>11:51</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>3-2-IND 33 (11:52) 34-Donald Garner ran to IND 30 for -3 yards. Tackle by 58-David Bell.</t>
   </si>
   <si>
-    <t>#91 Justin Evans - LDE</t>
+    <t>#90 Justin Evans - LDE</t>
   </si>
   <si>
     <t>#91 Robert Hart - MLB</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>IND 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-IND 30 (11:09) 2-Edward Bittner punts 48 yards to SF. 23. Fair Catch by 49-George May.</t>
   </si>
   <si>
     <t>#2 Edward Bittner - P</t>
   </si>
   <si>
     <t>#63 Wayne Perez - C</t>
   </si>
@@ -1394,51 +1394,51 @@
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>3-7-IND 40 (12:13) 44-Alan Lopez ran to IND 41 for 1 yards. Tackle by 60-James Barnhart. PENALTY - Holding (IND 75-Pete Lovelace) (Declined)</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>IND 41</t>
   </si>
   <si>
     <t>4-6-IND 41 (12:11) 2-Edward Bittner punts 51 yards to SF. 8. 49-George May to SF. 14 for 5 yards. Tackle by 35-Alvin Rhodes.</t>
   </si>
   <si>
     <t>#73 Peter Brooks - RT</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>1-10-SF. 14 (12:03) 19-Ronald Hill pass incomplete, dropped by 18-William Fraser. That was a dangerous pass.</t>
   </si>
   <si>
-    <t>#19 Ronald Hill - QB</t>
+    <t>#1 Ronald Hill - QB</t>
   </si>
   <si>
     <t>11:58</t>
   </si>
   <si>
     <t>2-10-SF. 14 (11:59) 22-Chris Ramos ran to SF. 16 for 2 yards. Tackle by 51-Christopher Layton. PENALTY - Unnecessary Roughness (IND 51-Christopher Layton)</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>1-10-SF. 31 (11:56) 19-Ronald Hill pass incomplete, dropped by 86-Andrew Riley.</t>
   </si>
   <si>
     <t>11:53</t>
   </si>
   <si>
     <t>2-10-SF. 31 (11:54) 22-Chris Ramos ran to SF. 36 for 5 yards. Tackle by 37-Robin Gill.</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>SF. 36</t>
   </si>