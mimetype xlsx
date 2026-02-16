--- v2 (2026-01-24)
+++ v3 (2026-02-16)
@@ -332,72 +332,72 @@
   <si>
     <t>#98 Lowell Colella - WLB</t>
   </si>
   <si>
     <t>#62 Charles Rich - DT</t>
   </si>
   <si>
     <t>#17 Harris Hudson - K</t>
   </si>
   <si>
     <t>SF.</t>
   </si>
   <si>
     <t>SF. 25</t>
   </si>
   <si>
     <t>Shotgun 5 Wide 5 WR Corner Post</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-SF. 25 (15:00) 2-Wilson Long pass incomplete, dropped by 87-Joe Sanchez. PENALTY - Pass Interference (IND 35-Alvin Rhodes)</t>
   </si>
   <si>
-    <t>#2 Wilson Long - QB</t>
+    <t>#19 Wilson Long - QB</t>
   </si>
   <si>
     <t>#23 Clifford Ebert - WR</t>
   </si>
   <si>
     <t>#13 Rudy Pauli - WR</t>
   </si>
   <si>
     <t>#87 Joe Sanchez - WR</t>
   </si>
   <si>
     <t>#18 William Fraser - WR</t>
   </si>
   <si>
     <t>#79 Michael Scott - RG</t>
   </si>
   <si>
     <t>#71 Christopher Engle - RG</t>
   </si>
   <si>
-    <t>#77 Johnny Lester - RT</t>
+    <t>#77 Johnny Lester - LG</t>
   </si>
   <si>
     <t>#70 Christopher Chandler - LT</t>
   </si>
   <si>
     <t>#50 Carl Aiello - RT</t>
   </si>
   <si>
     <t>#58 Benjamin Farrell - LDE</t>
   </si>
   <si>
     <t>#99 Earl Schiffer - DT</t>
   </si>
   <si>
     <t>#75 Timmy Smith - RDE</t>
   </si>
   <si>
     <t>#55 Lonnie Leonard - MLB</t>
   </si>
   <si>
     <t>#28 Howard Bellamy - CB</t>
   </si>
   <si>
     <t>#48 Larry Owens - CB</t>
   </si>
@@ -539,54 +539,54 @@
   <si>
     <t>#97 Antione Giesen - WLB</t>
   </si>
   <si>
     <t>12:36</t>
   </si>
   <si>
     <t>IND 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:37) Extra point GOOD by 4-Christopher Stilwell. IND 0 SF. 7</t>
   </si>
   <si>
     <t>#10 Randolph Moyle - P</t>
   </si>
   <si>
     <t>#4 Christopher Stilwell - K</t>
   </si>
   <si>
-    <t>#57 Millard Rogers - LG</t>
-[...2 lines deleted...]
-    <t>#78 Larry Gilbert - RG</t>
+    <t>#57 Millard Rogers - RG</t>
+  </si>
+  <si>
+    <t>#78 Larry Gilbert - LG</t>
   </si>
   <si>
     <t>#76 Stephen Woodford - RDE</t>
   </si>
   <si>
     <t>#93 Dennis Penn - LDE</t>
   </si>
   <si>
     <t>#71 James Thayer - LDE</t>
   </si>
   <si>
     <t>(12:37) 4-Christopher Stilwell kicks 74 yards from SF. 35 to IND -9. Touchback.</t>
   </si>
   <si>
     <t>#37 Alan Lopez - RB</t>
   </si>
   <si>
     <t>#85 Theodore Potter - TE</t>
   </si>
   <si>
     <t>#81 Hallen Keller - WR</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>