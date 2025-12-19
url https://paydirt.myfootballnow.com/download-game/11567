--- v0 (2025-10-20)
+++ v1 (2025-12-19)
@@ -344,105 +344,105 @@
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>MIN 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MIN 31 (14:54) 24-Kenneth Cruz ran to MIN 32 for 1 yards. Tackle by 9-Alton Green.</t>
   </si>
   <si>
     <t>#2 David Corrigan - QB</t>
   </si>
   <si>
     <t>#24 Kenneth Cruz - RB</t>
   </si>
   <si>
     <t>#44 Stephen Westbrooks - RB</t>
   </si>
   <si>
-    <t>#84 Sean Cotter - TE</t>
+    <t>#47 Sean Cotter - FB</t>
   </si>
   <si>
     <t>#83 Jimmy Butler - TE</t>
   </si>
   <si>
     <t>#88 Mike Hill - TE</t>
   </si>
   <si>
     <t>#75 Eric Vargas - LG</t>
   </si>
   <si>
     <t>#55 Gilbert Green - LG</t>
   </si>
   <si>
     <t>#90 Ronald Stepp - C</t>
   </si>
   <si>
     <t>#76 Toby Jones - RG</t>
   </si>
   <si>
-    <t>#72 Willie Hacker - RT</t>
+    <t>#65 Willie Hacker - LG</t>
   </si>
   <si>
     <t>#71 George Daniels - DT</t>
   </si>
   <si>
     <t>#9 Alton Green - DT</t>
   </si>
   <si>
     <t>#63 Todd Dusek - DT</t>
   </si>
   <si>
     <t>#30 Gary Brock - RB</t>
   </si>
   <si>
-    <t>#90 Wayne Canty - SLB</t>
+    <t>#90 Wayne Canty - RDE</t>
   </si>
   <si>
     <t>#61 Brian Marcil - MLB</t>
   </si>
   <si>
     <t>#87 Paul Villanueva - WLB</t>
   </si>
   <si>
     <t>#20 James Osborne - CB</t>
   </si>
   <si>
     <t>#40 Robert Ireland - CB</t>
   </si>
   <si>
-    <t>#25 James Franklin - LDE</t>
-[...2 lines deleted...]
-    <t>#49 David Sill - SS</t>
+    <t>#25 James Franklin - RDE</t>
+  </si>
+  <si>
+    <t>#29 David Sill - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>MIN 32</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Corner</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-9-MIN 32 (14:21) 2-David Corrigan pass incomplete, intended for 80-Jimmy Butler. Pressure by 9-Alton Green.</t>
   </si>
   <si>
     <t>#40 Jonathan Chavez - FB</t>
   </si>
   <si>
     <t>#40 Robert Taylor - WR</t>
   </si>
   <si>
     <t>#12 Robbie Gault - WR</t>
   </si>
@@ -524,51 +524,51 @@
   <si>
     <t>#33 Charles Rodriguez - WR</t>
   </si>
   <si>
     <t>#67 Thomas Bryson - WR</t>
   </si>
   <si>
     <t>#11 Brian Phillips - WR</t>
   </si>
   <si>
     <t>#71 Jacob Currier - LT</t>
   </si>
   <si>
     <t>#1 Arthur Sandoval - RG</t>
   </si>
   <si>
     <t>#70 Adam Stanley - C</t>
   </si>
   <si>
     <t>#72 Charles Ford - RG</t>
   </si>
   <si>
     <t>#66 Michael Hill - RT</t>
   </si>
   <si>
-    <t>#56 Edward Herman - DT</t>
+    <t>#74 Edward Herman - DT</t>
   </si>
   <si>
     <t>#60 Robert Slater - DT</t>
   </si>
   <si>
     <t>#60 Sammie Phillips - MLB</t>
   </si>
   <si>
     <t>#48 Troy Gusman - SS</t>
   </si>
   <si>
     <t>#34 Charles Miller - SS</t>
   </si>
   <si>
     <t>#42 Alden Christensen - FS</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-10-MIA 24 (13:27) 15-Terrence Hoerr pass complete to 33-Charles Rodriguez to MIA 34 for 10 yards. Tackle by 27-Gary Shaver.</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>MIA 34</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-MIA 34 (12:53) PENALTY - False Start (MIA 8-Bryan Hinds)</t>
   </si>
   <si>
     <t>#8 Bryan Hinds - WR</t>
   </si>
   <si>
-    <t>#7 Albert Simpson - TE</t>
+    <t>#87 Albert Simpson - TE</t>
   </si>
   <si>
     <t>#65 Tim Barnhart - RG</t>
   </si>
   <si>
     <t>#71 Jeff Wester - DT</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>MIA 29</t>
   </si>
   <si>
     <t>Singleback Normal Slot WR Cross</t>
   </si>
   <si>
     <t>1-15-MIA 29 (12:53) 15-Terrence Hoerr pass complete to 29-Christopher Perez to MIA 38 for 9 yards. Tackle by 22-Charles Miller.</t>
   </si>
   <si>
     <t>#14 Christopher Perez - WR</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>3-6-MIA 38 (12:11) 15-Terrence Hoerr pass complete to 33-Charles Rodriguez to MIA 44 for 6 yards. Tackle by 39-Robert Barber.</t>
   </si>
   <si>
     <t>#67 Michael Richmond - LG</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>MIA 44</t>
   </si>
   <si>
     <t>4-1-MIA 44 (11:32) 3-Dennis Parente punts 64 yards to MIN -7.4-1-MIA 44 (11:32) 3-Dennis Parente punts 64 yards to MIN -7. Touchback.</t>
   </si>
   <si>
     <t>#3 Dennis Parente - P</t>
   </si>
   <si>
-    <t>#77 John Armitage - RG</t>
+    <t>#60 John Armitage - RG</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>MIN 20</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-MIN 20 (11:24) 2-David Corrigan pass Pass knocked down by 1-Robert Ireland. incomplete, intended for 82-Robbie Gault.</t>
   </si>
   <si>
     <t>#20 Robert Sykes - RB</t>
   </si>
   <si>
     <t>#92 Brian Clark - CB</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
@@ -773,51 +773,51 @@
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-MIN 10 (9:44) 15-Terrence Hoerr pass complete to 35-Fredric Browning for 10 yards. TOUCHDOWN! MIA 6 MIN 0</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>MIN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:40) Extra point GOOD by 9-Juan Marcos. MIA 7 MIN 0</t>
   </si>
   <si>
     <t>#78 Garrett Reid - FB</t>
   </si>
   <si>
-    <t>#34 Jonathan Webb - FS</t>
+    <t>#91 Jonathan Webb - DT</t>
   </si>
   <si>
     <t>(9:40) 9-Juan Marcos kicks 74 yards from MIA 35 to MIN -9. Touchback.</t>
   </si>
   <si>
     <t>MIN 25</t>
   </si>
   <si>
     <t>1-10-MIN 25 (9:40) 2-David Corrigan pass incomplete, dropped by 82-Robbie Gault. Pressure by 96-Kevin Carroll.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-10-MIN 25 (9:35) 2-David Corrigan sacked at MIN 15 for -10 yards (14-Gary Brock). Sack allowed by 78-Eric Vargas.</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -851,51 +851,51 @@
   <si>
     <t>7:28</t>
   </si>
   <si>
     <t>MIA 37</t>
   </si>
   <si>
     <t>2-12-MIA 37 (7:27) 2-David Corrigan pass Pass knocked down by 25-James Franklin. incomplete, intended for 24-Kenneth Cruz.</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>3-12-MIA 37 (7:24) 2-David Corrigan pass Pass knocked down by 92-Brian Clark. incomplete, intended for 80-Jimmy Butler.</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>4-12-MIA 37 (7:19) 3-David Baker 56 yard field goal is GOOD. MIA 7 MIN 3</t>
   </si>
   <si>
     <t>#3 David Baker - K</t>
   </si>
   <si>
-    <t>#52 Jason Cortez - C</t>
+    <t>#62 Jason Cortez - C</t>
   </si>
   <si>
     <t>#61 William Hicks - DT</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>(7:16) 7-Floyd Hill kicks 69 yards from MIN 35 to MIA -4. Touchback.</t>
   </si>
   <si>
     <t>#42 Angel Sheetz - FS</t>
   </si>
   <si>
     <t>#7 Floyd Hill - K</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>1-10-MIA 25 (7:16) 15-Terrence Hoerr pass incomplete, intended for 34-Thomas Bryson. Pressure by 69-Jeff Wester. PENALTY - Pass Interference (MIN 39-Robert Barber)</t>
   </si>
   <si>
     <t>7:11</t>
   </si>
@@ -1457,144 +1457,144 @@
   <si>
     <t>(15:00) 17-Nathan Bolden kicks 60 yards from MIN 35 to MIA 5. 6-Arnold Rizo to MIA 26 for 21 yards. Tackle by 21-David Anderson.</t>
   </si>
   <si>
     <t>#43 Kevin McDonald - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>MIA 26</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 26 (14:57) 17-Taylor Vitale pass Pass knocked down by 46-James Orris. incomplete, intended for 78-Garrett Reid.</t>
   </si>
   <si>
     <t>#17 Taylor Vitale - QB</t>
   </si>
   <si>
     <t>#2 Tommy Solomon - RB</t>
   </si>
   <si>
-    <t>#97 Thomas Riggs - DT</t>
+    <t>#97 Thomas Riggs - WLB</t>
   </si>
   <si>
     <t>#33 Levi Palen - CB</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-10-MIA 26 (14:54) 17-Taylor Vitale sacked at MIA 17 for -8 yards (60-Robert Slater). Sack allowed by 65-Tim Barnhart.</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>MIA 17</t>
   </si>
   <si>
     <t>3-18-MIA 17 (14:19) 17-Taylor Vitale pass incomplete, dropped by 78-Garrett Reid. Excellent coverage on that play.</t>
   </si>
   <si>
     <t>4-18-MIA 17 (14:17) 3-Dennis Parente punts 47 yards to MIN 36. 89-Gerald George to MIN 45 for 10 yards. Tackle by 78-Garrett Reid.</t>
   </si>
   <si>
     <t>#89 Gerald George - WR</t>
   </si>
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>1-10-MIN 45 (14:07) 20-Robert Sykes ran to MIN 46 for 1 yards. Tackle by 92-Brian Clark. MIA 47-Raymond Johnson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#57 Chris Arena - LT</t>
   </si>
   <si>
     <t>#50 Todd Jenkins - C</t>
   </si>
   <si>
     <t>#63 Charles Mora - RT</t>
   </si>
   <si>
     <t>#26 James Ortiz - CB</t>
   </si>
   <si>
-    <t>#96 Andre Burton - RDE</t>
+    <t>#95 Andre Burton - RDE</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>MIN 46</t>
   </si>
   <si>
     <t>2-9-MIN 46 (13:24) 2-David Corrigan pass complete to 20-Robert Sykes to MIA 46 for 8 yards. Tackle by 92-Brian Clark.</t>
   </si>
   <si>
-    <t>#45 Bob Romero - CB</t>
+    <t>#44 Bob Romero - CB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>3-1-MIA 46 (12:46) 2-David Corrigan sacked at MIN 47 for -7 yards (51-Diego Johnstone). Sack allowed by 63-Charles Mora.</t>
   </si>
   <si>
     <t>#83 William Loyd - WR</t>
   </si>
   <si>
     <t>#28 Donald Clegg - RDE</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>MIN 47</t>
   </si>
   <si>
     <t>4-8-MIN 47 (12:05) 19-Charlie Mizrahi punts 47 yards to MIA 6. 6-Arnold Rizo to MIA 13 for 7 yards. Tackle by 45-Cecil Diesel.</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>MIA 13</t>
   </si>
   <si>
     <t>1-10-MIA 13 (11:56) 8-Bryan Hinds ran to MIA 17 for 4 yards. Tackle by 96-Burl Wagoner.</t>
   </si>
   <si>
-    <t>#68 Fred Leavitt - RDE</t>
+    <t>#65 Fred Leavitt - RDE</t>
   </si>
   <si>
     <t>2-6-MIA 17 (11:22) 29-Christopher Perez ran to MIA 21 for 3 yards. Tackle by 29-Richard Icenhour.</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>MIA 21</t>
   </si>
   <si>
     <t>3-2-MIA 21 (10:38) 17-Taylor Vitale pass Pass knocked down by 36-Peter Crouse. incomplete, intended for 78-Garrett Reid.</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>4-2-MIA 21 (10:35) 3-Dennis Parente punts 45 yards to MIN 35. Fair Catch by 89-Gerald George. MIN 60-Robert Slater was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>1-10-MIN 35 (10:29) 2-David Corrigan pass Pass knocked down by 10-Bob Romero. incomplete, intended for 83-William Loyd.</t>
   </si>