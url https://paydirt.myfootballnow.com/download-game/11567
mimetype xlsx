--- v1 (2025-12-19)
+++ v2 (2026-01-08)
@@ -395,51 +395,51 @@
   <si>
     <t>#9 Alton Green - DT</t>
   </si>
   <si>
     <t>#63 Todd Dusek - DT</t>
   </si>
   <si>
     <t>#30 Gary Brock - RB</t>
   </si>
   <si>
     <t>#90 Wayne Canty - RDE</t>
   </si>
   <si>
     <t>#61 Brian Marcil - MLB</t>
   </si>
   <si>
     <t>#87 Paul Villanueva - WLB</t>
   </si>
   <si>
     <t>#20 James Osborne - CB</t>
   </si>
   <si>
     <t>#40 Robert Ireland - CB</t>
   </si>
   <si>
-    <t>#25 James Franklin - RDE</t>
+    <t>#57 James Franklin - MLB</t>
   </si>
   <si>
     <t>#29 David Sill - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>MIN 32</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Corner</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-9-MIN 32 (14:21) 2-David Corrigan pass incomplete, intended for 80-Jimmy Butler. Pressure by 9-Alton Green.</t>
   </si>
   <si>
     <t>#40 Jonathan Chavez - FB</t>
   </si>
   <si>
     <t>#40 Robert Taylor - WR</t>
   </si>
@@ -527,57 +527,57 @@
   <si>
     <t>#67 Thomas Bryson - WR</t>
   </si>
   <si>
     <t>#11 Brian Phillips - WR</t>
   </si>
   <si>
     <t>#71 Jacob Currier - LT</t>
   </si>
   <si>
     <t>#1 Arthur Sandoval - RG</t>
   </si>
   <si>
     <t>#70 Adam Stanley - C</t>
   </si>
   <si>
     <t>#72 Charles Ford - RG</t>
   </si>
   <si>
     <t>#66 Michael Hill - RT</t>
   </si>
   <si>
     <t>#74 Edward Herman - DT</t>
   </si>
   <si>
-    <t>#60 Robert Slater - DT</t>
+    <t>#90 Robert Slater - DT</t>
   </si>
   <si>
     <t>#60 Sammie Phillips - MLB</t>
   </si>
   <si>
-    <t>#48 Troy Gusman - SS</t>
+    <t>#31 Troy Gusman - SS</t>
   </si>
   <si>
     <t>#34 Charles Miller - SS</t>
   </si>
   <si>
     <t>#42 Alden Christensen - FS</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-MIA 24 (13:31) 15-Terrence Hoerr pass Pass knocked down by 46-James Orris. incomplete, intended for 35-Fredric Browning. MIA 71-Jacob Currier was injured on the play.</t>
   </si>
   <si>
     <t>#85 Hans Bell - WR</t>
   </si>
   <si>
     <t>#40 James Orris - CB</t>
   </si>