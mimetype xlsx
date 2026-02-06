--- v2 (2026-01-08)
+++ v3 (2026-02-06)
@@ -368,108 +368,108 @@
   <si>
     <t>#47 Sean Cotter - FB</t>
   </si>
   <si>
     <t>#83 Jimmy Butler - TE</t>
   </si>
   <si>
     <t>#88 Mike Hill - TE</t>
   </si>
   <si>
     <t>#75 Eric Vargas - LG</t>
   </si>
   <si>
     <t>#55 Gilbert Green - LG</t>
   </si>
   <si>
     <t>#90 Ronald Stepp - C</t>
   </si>
   <si>
     <t>#76 Toby Jones - RG</t>
   </si>
   <si>
     <t>#65 Willie Hacker - LG</t>
   </si>
   <si>
-    <t>#71 George Daniels - DT</t>
+    <t>#57 George Daniels - MLB</t>
   </si>
   <si>
     <t>#9 Alton Green - DT</t>
   </si>
   <si>
-    <t>#63 Todd Dusek - DT</t>
+    <t>#91 Todd Dusek - RDE</t>
   </si>
   <si>
     <t>#30 Gary Brock - RB</t>
   </si>
   <si>
-    <t>#90 Wayne Canty - RDE</t>
+    <t>#92 Wayne Canty - DT</t>
   </si>
   <si>
     <t>#61 Brian Marcil - MLB</t>
   </si>
   <si>
     <t>#87 Paul Villanueva - WLB</t>
   </si>
   <si>
     <t>#20 James Osborne - CB</t>
   </si>
   <si>
     <t>#40 Robert Ireland - CB</t>
   </si>
   <si>
     <t>#57 James Franklin - MLB</t>
   </si>
   <si>
     <t>#29 David Sill - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>MIN 32</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Corner</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-9-MIN 32 (14:21) 2-David Corrigan pass incomplete, intended for 80-Jimmy Butler. Pressure by 9-Alton Green.</t>
   </si>
   <si>
     <t>#40 Jonathan Chavez - FB</t>
   </si>
   <si>
     <t>#40 Robert Taylor - WR</t>
   </si>
   <si>
-    <t>#12 Robbie Gault - WR</t>
-[...2 lines deleted...]
-    <t>#2 Nathan Bolden - CB</t>
+    <t>#16 Robbie Gault - WR</t>
+  </si>
+  <si>
+    <t>#44 Nathan Bolden - CB</t>
   </si>
   <si>
     <t>#63 Willie Boone - LDE</t>
   </si>
   <si>
     <t>#96 Kevin Carroll - DT</t>
   </si>
   <si>
     <t>#30 Arnold Rizo - CB</t>
   </si>
   <si>
     <t>#21 Sheldon Baird - CB</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>Shotgun 4 Wide In and Out</t>
   </si>
   <si>
     <t>3-9-MIN 32 (14:17) 2-David Corrigan pass Pass knocked down by 61-Brian Marcil. incomplete, intended for 17-Nathan Bolden. Pressure by 14-Gary Brock.</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
@@ -509,51 +509,51 @@
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 24 (14:05) 23-Randall Nelms ran to MIA 24 for a short gain. Tackle by 96-Burl Wagoner.</t>
   </si>
   <si>
     <t>#15 Terrence Hoerr - QB</t>
   </si>
   <si>
     <t>#86 Randall Nelms - WR</t>
   </si>
   <si>
     <t>#55 Ricky Lewis - RT</t>
   </si>
   <si>
     <t>#33 Charles Rodriguez - WR</t>
   </si>
   <si>
     <t>#67 Thomas Bryson - WR</t>
   </si>
   <si>
     <t>#11 Brian Phillips - WR</t>
   </si>
   <si>
-    <t>#71 Jacob Currier - LT</t>
+    <t>#54 Jacob Currier - LT</t>
   </si>
   <si>
     <t>#1 Arthur Sandoval - RG</t>
   </si>
   <si>
     <t>#70 Adam Stanley - C</t>
   </si>
   <si>
     <t>#72 Charles Ford - RG</t>
   </si>
   <si>
     <t>#66 Michael Hill - RT</t>
   </si>
   <si>
     <t>#74 Edward Herman - DT</t>
   </si>
   <si>
     <t>#90 Robert Slater - DT</t>
   </si>
   <si>
     <t>#60 Sammie Phillips - MLB</t>
   </si>
   <si>
     <t>#31 Troy Gusman - SS</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-10-MIA 24 (13:27) 15-Terrence Hoerr pass complete to 33-Charles Rodriguez to MIA 34 for 10 yards. Tackle by 27-Gary Shaver.</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>MIA 34</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-MIA 34 (12:53) PENALTY - False Start (MIA 8-Bryan Hinds)</t>
   </si>
   <si>
     <t>#8 Bryan Hinds - WR</t>
   </si>
   <si>
-    <t>#87 Albert Simpson - TE</t>
+    <t>#21 Albert Simpson - RB</t>
   </si>
   <si>
     <t>#65 Tim Barnhart - RG</t>
   </si>
   <si>
     <t>#71 Jeff Wester - DT</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>MIA 29</t>
   </si>
   <si>
     <t>Singleback Normal Slot WR Cross</t>
   </si>
   <si>
     <t>1-15-MIA 29 (12:53) 15-Terrence Hoerr pass complete to 29-Christopher Perez to MIA 38 for 9 yards. Tackle by 22-Charles Miller.</t>
   </si>
   <si>
     <t>#14 Christopher Perez - WR</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
@@ -773,102 +773,102 @@
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-MIN 10 (9:44) 15-Terrence Hoerr pass complete to 35-Fredric Browning for 10 yards. TOUCHDOWN! MIA 6 MIN 0</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>MIN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:40) Extra point GOOD by 9-Juan Marcos. MIA 7 MIN 0</t>
   </si>
   <si>
     <t>#78 Garrett Reid - FB</t>
   </si>
   <si>
-    <t>#91 Jonathan Webb - DT</t>
+    <t>#93 Jonathan Webb - DT</t>
   </si>
   <si>
     <t>(9:40) 9-Juan Marcos kicks 74 yards from MIA 35 to MIN -9. Touchback.</t>
   </si>
   <si>
     <t>MIN 25</t>
   </si>
   <si>
     <t>1-10-MIN 25 (9:40) 2-David Corrigan pass incomplete, dropped by 82-Robbie Gault. Pressure by 96-Kevin Carroll.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-10-MIN 25 (9:35) 2-David Corrigan sacked at MIN 15 for -10 yards (14-Gary Brock). Sack allowed by 78-Eric Vargas.</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-20-MIN 15 (8:58) 24-Kenneth Cruz ran to MIN 18 for 3 yards. Tackle by 25-James Franklin.</t>
   </si>
   <si>
     <t>8:19</t>
   </si>
   <si>
     <t>MIN 18</t>
   </si>
   <si>
     <t>4-17-MIN 18 (8:18) 19-Charlie Mizrahi punts 53 yards to MIA 29. 6-Arnold Rizo to MIA 39 for 10 yards. 6-Arnold Rizo FUMBLES (45-Cecil Diesel) recovered by MIN-81-Jonathan Chavez to MIA 36 for 2 yards. Tackle by 51-Diego Johnstone.</t>
   </si>
   <si>
     <t>8:07</t>
   </si>
   <si>
     <t>MIA 36</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>1-10-MIA 36 (8:08) 24-Kenneth Cruz ran to MIA 37 for -2 yards. Tackle by 14-Gary Brock.</t>
   </si>
   <si>
-    <t>#7 Bernard McClain - SLB</t>
+    <t>#44 Bernard McClain - FS</t>
   </si>
   <si>
     <t>7:28</t>
   </si>
   <si>
     <t>MIA 37</t>
   </si>
   <si>
     <t>2-12-MIA 37 (7:27) 2-David Corrigan pass Pass knocked down by 25-James Franklin. incomplete, intended for 24-Kenneth Cruz.</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>3-12-MIA 37 (7:24) 2-David Corrigan pass Pass knocked down by 92-Brian Clark. incomplete, intended for 80-Jimmy Butler.</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>4-12-MIA 37 (7:19) 3-David Baker 56 yard field goal is GOOD. MIA 7 MIN 3</t>
   </si>
   <si>
     <t>#3 David Baker - K</t>
   </si>
@@ -1454,51 +1454,51 @@
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 17-Nathan Bolden kicks 60 yards from MIN 35 to MIA 5. 6-Arnold Rizo to MIA 26 for 21 yards. Tackle by 21-David Anderson.</t>
   </si>
   <si>
     <t>#43 Kevin McDonald - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>MIA 26</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 26 (14:57) 17-Taylor Vitale pass Pass knocked down by 46-James Orris. incomplete, intended for 78-Garrett Reid.</t>
   </si>
   <si>
     <t>#17 Taylor Vitale - QB</t>
   </si>
   <si>
-    <t>#2 Tommy Solomon - RB</t>
+    <t>#85 Tommy Solomon - TE</t>
   </si>
   <si>
     <t>#97 Thomas Riggs - WLB</t>
   </si>
   <si>
     <t>#33 Levi Palen - CB</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-10-MIA 26 (14:54) 17-Taylor Vitale sacked at MIA 17 for -8 yards (60-Robert Slater). Sack allowed by 65-Tim Barnhart.</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>MIA 17</t>
   </si>
   <si>
     <t>3-18-MIA 17 (14:19) 17-Taylor Vitale pass incomplete, dropped by 78-Garrett Reid. Excellent coverage on that play.</t>
   </si>
@@ -1517,51 +1517,51 @@
   <si>
     <t>#57 Chris Arena - LT</t>
   </si>
   <si>
     <t>#50 Todd Jenkins - C</t>
   </si>
   <si>
     <t>#63 Charles Mora - RT</t>
   </si>
   <si>
     <t>#26 James Ortiz - CB</t>
   </si>
   <si>
     <t>#95 Andre Burton - RDE</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>MIN 46</t>
   </si>
   <si>
     <t>2-9-MIN 46 (13:24) 2-David Corrigan pass complete to 20-Robert Sykes to MIA 46 for 8 yards. Tackle by 92-Brian Clark.</t>
   </si>
   <si>
-    <t>#44 Bob Romero - CB</t>
+    <t>#47 Bob Romero - CB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>3-1-MIA 46 (12:46) 2-David Corrigan sacked at MIN 47 for -7 yards (51-Diego Johnstone). Sack allowed by 63-Charles Mora.</t>
   </si>
   <si>
     <t>#83 William Loyd - WR</t>
   </si>
   <si>
     <t>#28 Donald Clegg - RDE</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>MIN 47</t>
   </si>
   <si>
     <t>4-8-MIN 47 (12:05) 19-Charlie Mizrahi punts 47 yards to MIA 6. 6-Arnold Rizo to MIA 13 for 7 yards. Tackle by 45-Cecil Diesel.</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
@@ -2496,68 +2496,68 @@
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>