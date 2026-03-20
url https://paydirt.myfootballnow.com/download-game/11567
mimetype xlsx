--- v3 (2026-02-06)
+++ v4 (2026-03-20)
@@ -773,51 +773,51 @@
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-MIN 10 (9:44) 15-Terrence Hoerr pass complete to 35-Fredric Browning for 10 yards. TOUCHDOWN! MIA 6 MIN 0</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>MIN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:40) Extra point GOOD by 9-Juan Marcos. MIA 7 MIN 0</t>
   </si>
   <si>
     <t>#78 Garrett Reid - FB</t>
   </si>
   <si>
-    <t>#93 Jonathan Webb - DT</t>
+    <t>#93 Jonathan Webb - SLB</t>
   </si>
   <si>
     <t>(9:40) 9-Juan Marcos kicks 74 yards from MIA 35 to MIN -9. Touchback.</t>
   </si>
   <si>
     <t>MIN 25</t>
   </si>
   <si>
     <t>1-10-MIN 25 (9:40) 2-David Corrigan pass incomplete, dropped by 82-Robbie Gault. Pressure by 96-Kevin Carroll.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-10-MIN 25 (9:35) 2-David Corrigan sacked at MIN 15 for -10 yards (14-Gary Brock). Sack allowed by 78-Eric Vargas.</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -851,51 +851,51 @@
   <si>
     <t>7:28</t>
   </si>
   <si>
     <t>MIA 37</t>
   </si>
   <si>
     <t>2-12-MIA 37 (7:27) 2-David Corrigan pass Pass knocked down by 25-James Franklin. incomplete, intended for 24-Kenneth Cruz.</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>3-12-MIA 37 (7:24) 2-David Corrigan pass Pass knocked down by 92-Brian Clark. incomplete, intended for 80-Jimmy Butler.</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>4-12-MIA 37 (7:19) 3-David Baker 56 yard field goal is GOOD. MIA 7 MIN 3</t>
   </si>
   <si>
     <t>#3 David Baker - K</t>
   </si>
   <si>
-    <t>#62 Jason Cortez - C</t>
+    <t>#62 Jason Cortez - RG</t>
   </si>
   <si>
     <t>#61 William Hicks - DT</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>(7:16) 7-Floyd Hill kicks 69 yards from MIN 35 to MIA -4. Touchback.</t>
   </si>
   <si>
     <t>#42 Angel Sheetz - FS</t>
   </si>
   <si>
     <t>#7 Floyd Hill - K</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>1-10-MIA 25 (7:16) 15-Terrence Hoerr pass incomplete, intended for 34-Thomas Bryson. Pressure by 69-Jeff Wester. PENALTY - Pass Interference (MIN 39-Robert Barber)</t>
   </si>
   <si>
     <t>7:11</t>
   </si>
@@ -2476,51 +2476,51 @@
     <col min="12" max="12" width="423.468" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>