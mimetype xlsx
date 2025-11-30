--- v0 (2025-10-24)
+++ v1 (2025-11-30)
@@ -506,51 +506,51 @@
   <si>
     <t>#34 Jared Collins - RB</t>
   </si>
   <si>
     <t>#13 Thomas Hullinger - FB</t>
   </si>
   <si>
     <t>#86 Raul Kirby - TE</t>
   </si>
   <si>
     <t>#12 Roy Smith - WR</t>
   </si>
   <si>
     <t>#83 Robert Weber - WR</t>
   </si>
   <si>
     <t>#67 Steven Caldera - LT</t>
   </si>
   <si>
     <t>#75 Truman Johnson - LG</t>
   </si>
   <si>
     <t>#68 Antonio Clayton - C</t>
   </si>
   <si>
-    <t>#75 Harold Culp - RT</t>
+    <t>#78 Harold Culp - RT</t>
   </si>
   <si>
     <t>#77 William Wessels - RT</t>
   </si>
   <si>
     <t>#54 Brian Becnel - RDE</t>
   </si>
   <si>
     <t>#61 Jeremy Brown - DT</t>
   </si>
   <si>
     <t>#36 Allen Robertson - SLB</t>
   </si>
   <si>
     <t>#53 Richard Koontz - MLB</t>
   </si>
   <si>
     <t>#27 Joseph Brooks - SS</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>DEN 20</t>
   </si>
@@ -992,54 +992,54 @@
   <si>
     <t>#67 Ronald Barlow - LT</t>
   </si>
   <si>
     <t>#49 Michael Johnson - FS</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-DEN 22 (11:36) 2-Charles Dunklin sacked at DEN 31 for -9 yards (93-Julio Kaufman)</t>
   </si>
   <si>
     <t>#43 George Wilson - WR</t>
   </si>
   <si>
     <t>#72 Anthony Green - LG</t>
   </si>
   <si>
     <t>#93 Roy Hernandez - RDE</t>
   </si>
   <si>
-    <t>#31 Drew Sanders - CB</t>
-[...2 lines deleted...]
-    <t>#40 Jack Jones - FS</t>
+    <t>#39 Drew Sanders - CB</t>
+  </si>
+  <si>
+    <t>#28 Jack Jones - CB</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>2-19-DEN 31 (10:58) 31-Alan Arrellano ran to DEN 32 for -1 yards. Tackle by 54-Alex Singleton.</t>
   </si>
   <si>
     <t>#25 Gilbert Smith - RB</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>3-20-DEN 32 (10:23) 22-Basil Salter ran to DEN 18 for 14 yards. Tackle by 54-Alex Singleton. DEN 29-Drew Sanders was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1544,51 +1544,51 @@
   <si>
     <t>DEN 17</t>
   </si>
   <si>
     <t>3-8-DEN 17 (12:42) 8-Frank Glenn sacked at DEN 8 for -9 yards (61-Jeremy Brown). Sack allowed by 64-Eugene Kane.</t>
   </si>
   <si>
     <t>#85 Jonathan Davis - WR</t>
   </si>
   <si>
     <t>12:39</t>
   </si>
   <si>
     <t>Timeout DEN</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>DEN 8</t>
   </si>
   <si>
     <t>4-16-DEN 8 (12:03) 9-Carlos Kott punts 45 yards to ARZ 47. 20-Thomas Bailey to DEN 47 for 7 yards. Tackle by 89-Abel Helm.</t>
   </si>
   <si>
-    <t>#67 Robert Montoya - LT</t>
+    <t>#71 Robert Montoya - LG</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>DEN 47</t>
   </si>
   <si>
     <t>1-10-DEN 47 (11:55) 22-Basil Salter ran to DEN 44 for 3 yards. Tackle by 40-Jack Jones.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-7-DEN 44 (11:15) 1-David Silver pass Pass knocked down by 50-Stanley Goldsmith. incomplete, intended for 87-Herman Chaparro.</t>
   </si>
   <si>
     <t>3-7-DEN 44 (11:11) 22-Basil Salter ran to DEN 44 for a short gain. Tackle by 99-Darrin Campisi.</t>
   </si>