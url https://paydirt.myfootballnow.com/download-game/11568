--- v1 (2025-11-30)
+++ v2 (2026-01-13)
@@ -569,51 +569,51 @@
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>Split Backs 3 Wide RB Curls</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-20-DEN 20 (12:11) 10-Tim Allen pass complete to 12-Roy Smith to DEN 39 for 19 yards. Tackle by 36-Allen Robertson.</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>DEN 39</t>
   </si>
   <si>
     <t>4-2-DEN 39 (11:26) 9-Carlos Kott punts 47 yards to ARZ 14. Fair Catch by 20-Thomas Bailey.</t>
   </si>
   <si>
     <t>#9 Carlos Kott - P</t>
   </si>
   <si>
-    <t>#61 Jose Grover - LG</t>
+    <t>#67 Jose Grover - LG</t>
   </si>
   <si>
     <t>#70 Lester Burns - RT</t>
   </si>
   <si>
     <t>#90 Ray Brewer - WLB</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>ARZ 14</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-ARZ 14 (11:19) 2-Charles Dunklin pass complete to 10-John Pickel to ARZ 30 for 16 yards. 10-John Pickel FUMBLES (23-Andrew Jones) recovered by DEN-23-Andrew Jones to ARZ 27 for 2 yards. Tackle by 10-John Pickel.</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
@@ -1544,51 +1544,51 @@
   <si>
     <t>DEN 17</t>
   </si>
   <si>
     <t>3-8-DEN 17 (12:42) 8-Frank Glenn sacked at DEN 8 for -9 yards (61-Jeremy Brown). Sack allowed by 64-Eugene Kane.</t>
   </si>
   <si>
     <t>#85 Jonathan Davis - WR</t>
   </si>
   <si>
     <t>12:39</t>
   </si>
   <si>
     <t>Timeout DEN</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>DEN 8</t>
   </si>
   <si>
     <t>4-16-DEN 8 (12:03) 9-Carlos Kott punts 45 yards to ARZ 47. 20-Thomas Bailey to DEN 47 for 7 yards. Tackle by 89-Abel Helm.</t>
   </si>
   <si>
-    <t>#71 Robert Montoya - LG</t>
+    <t>#71 Robert Montoya - RT</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>DEN 47</t>
   </si>
   <si>
     <t>1-10-DEN 47 (11:55) 22-Basil Salter ran to DEN 44 for 3 yards. Tackle by 40-Jack Jones.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-7-DEN 44 (11:15) 1-David Silver pass Pass knocked down by 50-Stanley Goldsmith. incomplete, intended for 87-Herman Chaparro.</t>
   </si>
   <si>
     <t>3-7-DEN 44 (11:11) 22-Basil Salter ran to DEN 44 for a short gain. Tackle by 99-Darrin Campisi.</t>
   </si>