--- v2 (2026-01-13)
+++ v3 (2026-03-15)
@@ -338,90 +338,90 @@
   <si>
     <t>#6 Thomas Rose - K</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (15:00) 32-Harold Ganley ran to ARZ 24 for -1 yards. Tackle by 56-Jonathon Lewis.</t>
   </si>
   <si>
     <t>#2 Charles Dunklin - QB</t>
   </si>
   <si>
     <t>#38 Barry Logue - FB</t>
   </si>
   <si>
-    <t>#33 Mike McElveen - DT</t>
+    <t>#63 Mike McElveen - DT</t>
   </si>
   <si>
     <t>#13 Donald Seely - WR</t>
   </si>
   <si>
     <t>#10 John Pickel - WR</t>
   </si>
   <si>
     <t>#62 Willie Wheeler - LT</t>
   </si>
   <si>
     <t>#60 Daniel Link - LG</t>
   </si>
   <si>
     <t>#66 Kevin Diaz - LT</t>
   </si>
   <si>
     <t>#64 William Messinger - RG</t>
   </si>
   <si>
     <t>#58 Joshua Graig - RT</t>
   </si>
   <si>
     <t>#95 Julio Kaufman - LDE</t>
   </si>
   <si>
     <t>#49 Timothy Evans - SS</t>
   </si>
   <si>
     <t>#90 Harold Brown - LDE</t>
   </si>
   <si>
     <t>#94 Tristan Levell - SLB</t>
   </si>
   <si>
     <t>#90 Anthony Heeter - SLB</t>
   </si>
   <si>
-    <t>#54 Alex Singleton - MLB</t>
+    <t>#54 Alex Singleton - WLB</t>
   </si>
   <si>
     <t>#46 Jonathon Lewis - FS</t>
   </si>
   <si>
     <t>#20 John Gump - CB</t>
   </si>
   <si>
     <t>#36 Roy Edwards - SS</t>
   </si>
   <si>
     <t>#38 Brian Wold - SS</t>
   </si>
   <si>
     <t>#23 Andrew Jones - SS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>ARZ 24</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
@@ -989,51 +989,51 @@
   <si>
     <t>1-10-DEN 34 (12:25) 2-Charles Dunklin pass complete to 14-Jacob Milardo to DEN 24 for 10 yards. 14-Jacob Milardo FUMBLES (22-Robert James)</t>
   </si>
   <si>
     <t>#67 Ronald Barlow - LT</t>
   </si>
   <si>
     <t>#49 Michael Johnson - FS</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-DEN 22 (11:36) 2-Charles Dunklin sacked at DEN 31 for -9 yards (93-Julio Kaufman)</t>
   </si>
   <si>
     <t>#43 George Wilson - WR</t>
   </si>
   <si>
     <t>#72 Anthony Green - LG</t>
   </si>
   <si>
-    <t>#93 Roy Hernandez - RDE</t>
+    <t>#93 Roy Hernandez - DT</t>
   </si>
   <si>
     <t>#39 Drew Sanders - CB</t>
   </si>
   <si>
     <t>#28 Jack Jones - CB</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>2-19-DEN 31 (10:58) 31-Alan Arrellano ran to DEN 32 for -1 yards. Tackle by 54-Alex Singleton.</t>
   </si>
   <si>
     <t>#25 Gilbert Smith - RB</t>
   </si>
   <si>
     <t>10:24</t>
   </si>