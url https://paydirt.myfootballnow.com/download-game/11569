--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -380,57 +380,57 @@
   <si>
     <t>#63 Arturo James - C</t>
   </si>
   <si>
     <t>#88 Bobby Gregory - LT</t>
   </si>
   <si>
     <t>#73 Geoffrey Napier - RT</t>
   </si>
   <si>
     <t>#96 Walter Chambers - LDE</t>
   </si>
   <si>
     <t>#53 Joey Leigh - DT</t>
   </si>
   <si>
     <t>#90 Jerry Hewes - DT</t>
   </si>
   <si>
     <t>#77 Daniel Newsome - RDE</t>
   </si>
   <si>
     <t>#97 John Hansen - MLB</t>
   </si>
   <si>
-    <t>#25 Frank James - CB</t>
+    <t>#71 Frank James - MLB</t>
   </si>
   <si>
     <t>#21 Earl Clifton - CB</t>
   </si>
   <si>
-    <t>#49 Henry Roberts - CB</t>
+    <t>#49 Henry Roberts - SS</t>
   </si>
   <si>
     <t>#33 Bruce Brubaker - CB</t>
   </si>
   <si>
     <t>#28 Matthew Bowen - FS</t>
   </si>
   <si>
     <t>#24 Michael Cumberbatch - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>ATL 27</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-8-ATL 27 (14:27) 7-Kenneth Cooke pass complete to 27-John Walthall to ATL 35 for 9 yards. Tackle by 49-Henry Roberts.</t>
   </si>
@@ -605,54 +605,54 @@
   <si>
     <t>#4 Philip Adair - QB</t>
   </si>
   <si>
     <t>#24 Jack Perez - RB</t>
   </si>
   <si>
     <t>#22 Rafael Hoffman - RB</t>
   </si>
   <si>
     <t>#35 Mark Hildebrand - FB</t>
   </si>
   <si>
     <t>#16 Jeffrey Simmons - WR</t>
   </si>
   <si>
     <t>#87 Bryan White - TE</t>
   </si>
   <si>
     <t>#64 Daniel Page - LG</t>
   </si>
   <si>
     <t>#51 Ron Futrell - RG</t>
   </si>
   <si>
-    <t>#65 Henry White - C</t>
-[...2 lines deleted...]
-    <t>#59 Jimmy Yockey - RG</t>
+    <t>#62 Henry White - C</t>
+  </si>
+  <si>
+    <t>#70 Jimmy Yockey - RG</t>
   </si>
   <si>
     <t>#82 Joshua Nevarez - RT</t>
   </si>
   <si>
     <t>#92 Mark Simmons - LDE</t>
   </si>
   <si>
     <t>#90 Patrick Ford - DT</t>
   </si>
   <si>
     <t>#94 Samuel Kowalsky - RDE</t>
   </si>
   <si>
     <t>#50 Michael Mast - SLB</t>
   </si>
   <si>
     <t>#59 Marlon Robinson - SLB</t>
   </si>
   <si>
     <t>#20 Henry Camacho - SS</t>
   </si>
   <si>
     <t>9:47</t>
   </si>