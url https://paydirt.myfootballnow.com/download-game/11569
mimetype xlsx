--- v1 (2025-12-14)
+++ v2 (2026-01-13)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Roberto McConnell kicks 75 yards from PIT 35 to ATL -10. Touchback.</t>
   </si>
   <si>
     <t>#34 Robert Warfield - RB</t>
   </si>
   <si>
     <t>#30 John Taber - CB</t>
   </si>
   <si>
     <t>#46 Noble Loya - SS</t>
   </si>
   <si>
     <t>#54 Gerald Ruano - MLB</t>
   </si>
   <si>
     <t>#91 Ismael Hersey - DT</t>
   </si>
   <si>
-    <t>#96 Hubert Cusumano - MLB</t>
+    <t>#53 Hubert Cusumano - MLB</t>
   </si>
   <si>
     <t>#98 Royce Kennedy - RDE</t>
   </si>
   <si>
     <t>#52 John Kelly - RDE</t>
   </si>
   <si>
     <t>#41 Mickey Brown - FS</t>
   </si>
   <si>
     <t>#24 Robert Griffin - FS</t>
   </si>
   <si>
     <t>#49 Clifford Pigg - CB</t>
   </si>
   <si>
     <t>#18 Roberto McConnell - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>