--- v2 (2026-01-13)
+++ v3 (2026-03-14)
@@ -341,51 +341,51 @@
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 25 (15:00) 25-Rick Randolph ran to ATL 27 for 2 yards. Tackle by 52-Walter Chambers.</t>
   </si>
   <si>
     <t>#7 Kenneth Cooke - QB</t>
   </si>
   <si>
     <t>#25 Rick Randolph - WR</t>
   </si>
   <si>
     <t>#82 Brendon Wallace - TE</t>
   </si>
   <si>
-    <t>#12 Charles White - WR</t>
+    <t>#18 Charles White - WR</t>
   </si>
   <si>
     <t>#89 Derrick Backer - TE</t>
   </si>
   <si>
     <t>#80 Mark Coleman - WR</t>
   </si>
   <si>
     <t>#75 Douglas Morrow - LT</t>
   </si>
   <si>
     <t>#65 Kenneth Gibson - LG</t>
   </si>
   <si>
     <t>#63 Arturo James - C</t>
   </si>
   <si>
     <t>#88 Bobby Gregory - LT</t>
   </si>
   <si>
     <t>#73 Geoffrey Napier - RT</t>
   </si>
   <si>
     <t>#96 Walter Chambers - LDE</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>#4 Philip Adair - QB</t>
   </si>
   <si>
     <t>#24 Jack Perez - RB</t>
   </si>
   <si>
     <t>#22 Rafael Hoffman - RB</t>
   </si>
   <si>
     <t>#35 Mark Hildebrand - FB</t>
   </si>
   <si>
     <t>#16 Jeffrey Simmons - WR</t>
   </si>
   <si>
     <t>#87 Bryan White - TE</t>
   </si>
   <si>
     <t>#64 Daniel Page - LG</t>
   </si>
   <si>
     <t>#51 Ron Futrell - RG</t>
   </si>
   <si>
-    <t>#62 Henry White - C</t>
+    <t>#65 Henry White - C</t>
   </si>
   <si>
     <t>#70 Jimmy Yockey - RG</t>
   </si>
   <si>
     <t>#82 Joshua Nevarez - RT</t>
   </si>
   <si>
     <t>#92 Mark Simmons - LDE</t>
   </si>
   <si>
     <t>#90 Patrick Ford - DT</t>
   </si>
   <si>
     <t>#94 Samuel Kowalsky - RDE</t>
   </si>
   <si>
     <t>#50 Michael Mast - SLB</t>
   </si>
   <si>
     <t>#59 Marlon Robinson - SLB</t>
   </si>
   <si>
     <t>#20 Henry Camacho - SS</t>
   </si>
@@ -1484,51 +1484,51 @@
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>PIT 18</t>
   </si>
   <si>
     <t>3-17-PIT 18 (13:42) 3-Rickey Vaughn pass Pass knocked down by 24-Robert Griffin. incomplete, intended for 45-Kenneth Parr.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>4-17-PIT 18 (13:39) 7-Bertram Brown punts 45 yards to ATL 38. Fair Catch by 35-Robert Warfield.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-ATL 38 (13:33) 35-Robert Warfield ran to ATL 45 for 8 yards. Tackle by 20-Richard Cox.</t>
   </si>
   <si>
-    <t>#2 Bud Murray - QB</t>
+    <t>#7 Bud Murray - QB</t>
   </si>
   <si>
     <t>#74 Steven Thompson - C</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>2-2-ATL 45 (12:59) 2-Bud Murray pass incomplete, intended for 23-Jack Glover.</t>
   </si>
   <si>
     <t>#76 Curtis Saulsbury - C</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>Split Backs Normal FB Off Tackle</t>
   </si>
   <si>
     <t>3-2-ATL 45 (12:55) 44-Jim Mayes ran to ATL 44 for -1 yards. Tackle by 65-Bryce Zermeno.</t>
   </si>
   <si>
     <t>#44 Jim Mayes - FB</t>
   </si>