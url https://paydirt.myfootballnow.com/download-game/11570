--- v0 (2025-10-14)
+++ v1 (2025-11-07)
@@ -419,51 +419,51 @@
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>Strong I Normal HB Sweep Strong</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-1-CLE 35 (14:23) 39-Todd Day ran to CLE 33 for -2 yards. Tackle by 93-Roger Black.</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>CLE 33</t>
   </si>
   <si>
     <t>3-2-CLE 33 (13:47) 39-Todd Day ran to CLE 33 for a short gain. Tackle by 47-Stephan Roberts.</t>
   </si>
   <si>
-    <t>#62 Robert Utt - LG</t>
+    <t>#68 Robert Utt - LG</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-CLE 33 (13:06) 8-Kenneth Kinyon punts 51 yards to LA. 15. 16-Kenneth Dixon to LA. 20 for 5 yards. Tackle by 21-Fred Pirtle.</t>
   </si>
   <si>
     <t>#8 Kenneth Kinyon - P</t>
   </si>
   <si>
     <t>#16 Kenneth Dixon - WR</t>
   </si>
   <si>
     <t>#53 Timothy Babcock - WLB</t>
   </si>
   <si>
     <t>#95 Richard Lenhart - DT</t>
   </si>
@@ -497,66 +497,66 @@
   <si>
     <t>#17 Christopher Simon - QB</t>
   </si>
   <si>
     <t>#37 James Harris - RB</t>
   </si>
   <si>
     <t>#24 Markus Fernandez - FB</t>
   </si>
   <si>
     <t>#12 Charles Moore - WR</t>
   </si>
   <si>
     <t>#17 Raymond McClung - WR</t>
   </si>
   <si>
     <t>#83 Dana Mendez - WR</t>
   </si>
   <si>
     <t>#56 Roger Ornelas - LT</t>
   </si>
   <si>
     <t>#50 Erik Piazza - LG</t>
   </si>
   <si>
-    <t>#54 Vaughn Rodriguez - C</t>
+    <t>#62 Vaughn Rodriguez - C</t>
   </si>
   <si>
     <t>#60 Dennis Smith - LG</t>
   </si>
   <si>
     <t>#69 Robert Bridger - RT</t>
   </si>
   <si>
     <t>#56 Kenneth Caverly - RDE</t>
   </si>
   <si>
     <t>#92 Frank Binder - RDE</t>
   </si>
   <si>
-    <t>#67 Matthew Brown - RDE</t>
+    <t>#51 Matthew Brown - RDE</t>
   </si>
   <si>
     <t>#6 Allen Jenkins - SLB</t>
   </si>
   <si>
     <t>#24 Victor Custard - CB</t>
   </si>
   <si>
     <t>#29 Michael Smith - SS</t>
   </si>
   <si>
     <t>#20 Johnnie Merchant - CB</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>LA. 32</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>