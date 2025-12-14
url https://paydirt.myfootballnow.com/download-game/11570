--- v1 (2025-11-07)
+++ v2 (2025-12-14)
@@ -446,78 +446,78 @@
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-CLE 33 (13:06) 8-Kenneth Kinyon punts 51 yards to LA. 15. 16-Kenneth Dixon to LA. 20 for 5 yards. Tackle by 21-Fred Pirtle.</t>
   </si>
   <si>
     <t>#8 Kenneth Kinyon - P</t>
   </si>
   <si>
     <t>#16 Kenneth Dixon - WR</t>
   </si>
   <si>
     <t>#53 Timothy Babcock - WLB</t>
   </si>
   <si>
     <t>#95 Richard Lenhart - DT</t>
   </si>
   <si>
-    <t>#70 Jason Arreola - LG</t>
+    <t>#68 Jason Arreola - LG</t>
   </si>
   <si>
     <t>#64 James Atkins - DT</t>
   </si>
   <si>
     <t>#37 George Froehlich - FS</t>
   </si>
   <si>
     <t>#59 Stanton Sullivan - MLB</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>LA. 20</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-LA. 20 (12:58) 37-James Harris ran to LA. 32 for 12 yards. Tackle by 37-Joseph Smith.</t>
   </si>
   <si>
-    <t>#17 Christopher Simon - QB</t>
+    <t>#6 Christopher Simon - QB</t>
   </si>
   <si>
     <t>#37 James Harris - RB</t>
   </si>
   <si>
     <t>#24 Markus Fernandez - FB</t>
   </si>
   <si>
     <t>#12 Charles Moore - WR</t>
   </si>
   <si>
     <t>#17 Raymond McClung - WR</t>
   </si>
   <si>
     <t>#83 Dana Mendez - WR</t>
   </si>
   <si>
     <t>#56 Roger Ornelas - LT</t>
   </si>
   <si>
     <t>#50 Erik Piazza - LG</t>
   </si>
   <si>
     <t>#62 Vaughn Rodriguez - C</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>#29 Michael Smith - SS</t>
   </si>
   <si>
     <t>#20 Johnnie Merchant - CB</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>LA. 32</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-LA. 32 (12:21) 17-Christopher Simon pass complete to 24-Markus Fernandez to LA. 33 for 1 yards. Tackle by 21-Fred Pirtle.</t>
   </si>
   <si>
     <t>#80 Robert Polito - TE</t>
   </si>
   <si>
-    <t>#83 Sheldon Crossman - TE</t>
+    <t>#81 Sheldon Crossman - TE</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>LA. 33</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-9-LA. 33 (11:46) 37-James Harris ran to LA. 33 for 1 yards. Tackle by 59-Richard Robinson. LA. 37-James Harris was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:14</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Hitch</t>
   </si>
   <si>
     <t>46 Heavy 4 Deep Zone</t>
   </si>
@@ -1502,51 +1502,51 @@
   <si>
     <t>7:28</t>
   </si>
   <si>
     <t>LA. 27</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Post</t>
   </si>
   <si>
     <t>1-10-LA. 27 (7:29) 19-Michael Roberson pass complete to 24-Markus Fernandez to LA. 33 for 6 yards. Tackle by 95-Kristopher Stiff. 24-Markus Fernandez breaks down the CB.</t>
   </si>
   <si>
     <t>6:48</t>
   </si>
   <si>
     <t>2-4-LA. 33 (6:47) 30-Phillip Caskey ran to LA. 37 for 5 yards. Tackle by 34-Monroe Pizzo.</t>
   </si>
   <si>
     <t>LA. 37</t>
   </si>
   <si>
     <t>1-10-LA. 37 (6:10) 30-Phillip Caskey ran to LA. 39 for 1 yards. Tackle by 37-Joseph Smith.</t>
   </si>
   <si>
-    <t>#49 Albert Vesely - C</t>
+    <t>#71 Albert Vesely - RT</t>
   </si>
   <si>
     <t>LA. 39</t>
   </si>
   <si>
     <t>2-9-LA. 39 (5:33) 30-Phillip Caskey ran to LA. 38 for -1 yards. Tackle by 35-Mark Hammons.</t>
   </si>
   <si>
     <t>5:30</t>
   </si>
   <si>
     <t>5:03</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>3-9-LA. 38 (5:04) 19-Michael Roberson pass Pass knocked down by 21-Fred Pirtle. incomplete, intended for 89-Richard Lawrence.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>4-9-LA. 38 (5:01) 14-Marcus Keels punts 44 yards to CLE 18. Fair Catch by 81-Brian Goulet.</t>
   </si>
@@ -2257,51 +2257,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="308.925" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>