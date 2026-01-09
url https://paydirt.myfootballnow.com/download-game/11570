--- v2 (2025-12-14)
+++ v3 (2026-01-09)
@@ -845,51 +845,51 @@
   <si>
     <t>3-7-LA. 10 (2:51) 39-Todd Day ran to LA. 7 for 2 yards. Tackle by 54-Tory Curry.</t>
   </si>
   <si>
     <t>2:16</t>
   </si>
   <si>
     <t>LA. 7</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-LA. 7 (2:15) 12-Jamar Mitchell 25 yard field goal is GOOD. CLE 3 LA. 0</t>
   </si>
   <si>
     <t>#9 Robert Spence - QB</t>
   </si>
   <si>
     <t>#15 Jamar Mitchell - K</t>
   </si>
   <si>
-    <t>#66 Thomas Currie - RG</t>
+    <t>#78 Thomas Currie - RG</t>
   </si>
   <si>
     <t>#95 Matthew Martin - DT</t>
   </si>
   <si>
     <t>2:11</t>
   </si>
   <si>
     <t>(2:12) 12-Jamar Mitchell kicks 70 yards from CLE 35 to LA. -5. Touchback.</t>
   </si>
   <si>
     <t>1-10-LA. 25 (2:12) 30-Phillip Caskey ran to LA. 34 for 9 yards. Tackle by 21-Fred Pirtle.</t>
   </si>
   <si>
     <t>1:31</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>2-1-LA. 34 (1:30) 37-James Harris ran to LA. 40 for 6 yards. Tackle by 29-Michael Smith.</t>
   </si>
   <si>
     <t>0:52</t>
   </si>