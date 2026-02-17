--- v3 (2026-01-09)
+++ v4 (2026-02-17)
@@ -512,51 +512,51 @@
   <si>
     <t>#83 Dana Mendez - WR</t>
   </si>
   <si>
     <t>#56 Roger Ornelas - LT</t>
   </si>
   <si>
     <t>#50 Erik Piazza - LG</t>
   </si>
   <si>
     <t>#62 Vaughn Rodriguez - C</t>
   </si>
   <si>
     <t>#60 Dennis Smith - LG</t>
   </si>
   <si>
     <t>#69 Robert Bridger - RT</t>
   </si>
   <si>
     <t>#56 Kenneth Caverly - RDE</t>
   </si>
   <si>
     <t>#92 Frank Binder - RDE</t>
   </si>
   <si>
-    <t>#51 Matthew Brown - RDE</t>
+    <t>#51 Matthew Brown - MLB</t>
   </si>
   <si>
     <t>#6 Allen Jenkins - SLB</t>
   </si>
   <si>
     <t>#24 Victor Custard - CB</t>
   </si>
   <si>
     <t>#29 Michael Smith - SS</t>
   </si>
   <si>
     <t>#20 Johnnie Merchant - CB</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>LA. 32</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>