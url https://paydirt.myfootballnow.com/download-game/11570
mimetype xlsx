--- v4 (2026-02-17)
+++ v5 (2026-03-14)
@@ -1328,51 +1328,51 @@
   <si>
     <t>1-10-LA. 25 (15:00) 32-Willie Torres ran to LA. 20 for -5 yards. Tackle by 21-Fred Pirtle. 17-Raymond McClung completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#19 Michael Roberson - QB</t>
   </si>
   <si>
     <t>#63 Jorge Rios - LG</t>
   </si>
   <si>
     <t>#63 William Beyer - RG</t>
   </si>
   <si>
     <t>#55 Ramon Mangum - RT</t>
   </si>
   <si>
     <t>#61 Derek Maltby - DT</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>2-15-LA. 20 (14:15) 19-Michael Roberson sacked at LA. 11 for -9 yards (65-Kenneth Caverly). Sack allowed by 55-Ramon Mangum.</t>
   </si>
   <si>
-    <t>#92 Michael Moore - RDE</t>
+    <t>#69 Michael Moore - RDE</t>
   </si>
   <si>
     <t>#66 Harry Eng - DT</t>
   </si>
   <si>
     <t>LA. 11</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>3-24-LA. 11 (13:31) 19-Michael Roberson pass Pass knocked down by 35-Mark Hammons. incomplete, intended for 82-Sheldon Crossman.</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>4-24-LA. 11 (13:27) 14-Marcus Keels punts 47 yards to CLE 42. 81-Brian Goulet to LA. 31 for 28 yards. Tackle by 31-Lonnie Muniz. LA. 62-Sean Cheesman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:15</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>