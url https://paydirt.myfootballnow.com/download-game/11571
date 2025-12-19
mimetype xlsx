--- v0 (2025-10-20)
+++ v1 (2025-12-19)
@@ -293,123 +293,123 @@
   <si>
     <t>NYJ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Ed Whelchel kicks 75 yards from NYJ 35 to CAR -10. Touchback.</t>
   </si>
   <si>
     <t>#82 Robert Crandall - WR</t>
   </si>
   <si>
     <t>#91 Sammy McDaniel - LDE</t>
   </si>
   <si>
     <t>#97 Nathaniel McDonald - DT</t>
   </si>
   <si>
     <t>#75 William Robertson - DT</t>
   </si>
   <si>
-    <t>#76 Rickey Ashley - LDE</t>
+    <t>#60 Rickey Ashley - LDE</t>
   </si>
   <si>
     <t>#20 Santiago Jackson - CB</t>
   </si>
   <si>
     <t>#28 Bruce Leon - SS</t>
   </si>
   <si>
     <t>#52 Edwin Simmons - MLB</t>
   </si>
   <si>
     <t>#25 Daniel Rodriguez - CB</t>
   </si>
   <si>
-    <t>#46 Joseph Horn - CB</t>
+    <t>#32 Joseph Horn - CB</t>
   </si>
   <si>
     <t>#26 Aaron Koch - CB</t>
   </si>
   <si>
     <t>#3 Ed Whelchel - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 2-Walter Preusser sacked at CAR 15 for -10 yards (54-Lonnie Latham). Sack allowed by 57-Michael Carter.</t>
   </si>
   <si>
     <t>#2 Walter Preusser - QB</t>
   </si>
   <si>
     <t>#48 Bruce Stephens - RB</t>
   </si>
   <si>
     <t>#32 Thomas Foss - FB</t>
   </si>
   <si>
     <t>#83 Earl Reeder - TE</t>
   </si>
   <si>
     <t>#12 Ralph Powell - WR</t>
   </si>
   <si>
     <t>#86 Boyd Cantero - WR</t>
   </si>
   <si>
-    <t>#58 James West - LT</t>
+    <t>#56 James West - LT</t>
   </si>
   <si>
     <t>#63 Brandon Levitt - C</t>
   </si>
   <si>
     <t>#79 Harry McCoy - C</t>
   </si>
   <si>
     <t>#57 Michael Carter - RG</t>
   </si>
   <si>
     <t>#62 Darryl Obryan - RT</t>
   </si>
   <si>
-    <t>#55 George Keitt - SLB</t>
+    <t>#27 George Keitt - CB</t>
   </si>
   <si>
     <t>#59 Lonnie Latham - DT</t>
   </si>
   <si>
     <t>#79 Anthony Tingley - DT</t>
   </si>
   <si>
     <t>#98 Michael Anderson - RDE</t>
   </si>
   <si>
     <t>#53 Evan Creed - WLB</t>
   </si>
   <si>
     <t>#43 Raymond Morales - CB</t>
   </si>
   <si>
     <t>#25 Oscar Preston - FS</t>
   </si>
   <si>
     <t>#47 Fernando Carson - CB</t>
   </si>
   <si>
     <t>#45 Kenneth Hatcher - CB</t>
   </si>
@@ -1187,99 +1187,99 @@
   <si>
     <t>#29 Michael Williams - RB</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (15:00) 2-Ian Foust pass complete to 85-George Harrison to NYJ 32 for 7 yards. Tackle by 53-Richard Whittington.</t>
   </si>
   <si>
     <t>#1 Ian Foust - QB</t>
   </si>
   <si>
     <t>#1 Frank Peoples - WR</t>
   </si>
   <si>
     <t>#11 Julian Sorensen - WR</t>
   </si>
   <si>
     <t>#60 Kevin Vanegas - C</t>
   </si>
   <si>
-    <t>#79 Dylan Wolf - RG</t>
+    <t>#67 Dylan Wolf - LG</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>2-3-NYJ 32 (14:15) 28-Joe Mixon ran to NYJ 34 for 2 yards. Tackle by 71-Sammy McDaniel.</t>
   </si>
   <si>
     <t>#72 Gerard Ong - DT</t>
   </si>
   <si>
     <t>NYJ 34</t>
   </si>
   <si>
     <t>4-3 Under Inside LB Blitz</t>
   </si>
   <si>
     <t>3-1-NYJ 34 (13:30) 28-Joe Mixon ran to NYJ 43 for 9 yards. 28-Joe Mixon FUMBLES (99-William Robertson) recovered by CAR-99-William Robertson at NYJ 43. Tackle by 76-Johnathon Walker. The defense seems to be getting familiar with that play.</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>1-10-NYJ 43 (13:24) 18-Marvin Oconnor pass Pass knocked down by 43-William Lutz. incomplete, intended for 82-Robert Crandall. PENALTY - Defensive Holding (NYJ 45-Kenneth Hatcher)</t>
   </si>
   <si>
     <t>#18 Marvin Oconnor - QB</t>
   </si>
   <si>
     <t>#85 Charles Barrett - WR</t>
   </si>
   <si>
     <t>#74 Shawn Benson - RDE</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>NYJ 38</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-NYJ 38 (13:20) 29-Erik Johnson ran to NYJ 30 for 8 yards. Tackle by 97-Alex Reid.</t>
   </si>
   <si>
-    <t>#45 Joseph Tamayo - FB</t>
+    <t>#46 Joseph Tamayo - FB</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>NYJ 30</t>
   </si>
   <si>
     <t>2-2-NYJ 30 (12:36) 37-Mark Sharp ran to NYJ 25 for 4 yards. Tackle by 36-George Yun.</t>
   </si>
   <si>
     <t>11:51</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (11:50) 18-Marvin Oconnor sacked at NYJ 30 for -5 yards (67-Philip Little). Sack allowed by 37-Mark Sharp. 37-Mark Sharp missed that block completely. 37-Mark Sharp totally missed that block.</t>
   </si>
   <si>
     <t>11:09</t>
   </si>
   <si>
     <t>2-15-NYJ 30 (11:08) 29-Erik Johnson ran to NYJ 24 for 7 yards. Tackle by 26-Luis Windsor.</t>
   </si>
   <si>
     <t>10:28</t>
   </si>