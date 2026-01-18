--- v1 (2025-12-19)
+++ v2 (2026-01-18)
@@ -287,51 +287,51 @@
   <si>
     <t>CAR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NYJ</t>
   </si>
   <si>
     <t>NYJ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Ed Whelchel kicks 75 yards from NYJ 35 to CAR -10. Touchback.</t>
   </si>
   <si>
     <t>#82 Robert Crandall - WR</t>
   </si>
   <si>
     <t>#91 Sammy McDaniel - LDE</t>
   </si>
   <si>
-    <t>#97 Nathaniel McDonald - DT</t>
+    <t>#91 Nathaniel McDonald - DT</t>
   </si>
   <si>
     <t>#75 William Robertson - DT</t>
   </si>
   <si>
     <t>#60 Rickey Ashley - LDE</t>
   </si>
   <si>
     <t>#20 Santiago Jackson - CB</t>
   </si>
   <si>
     <t>#28 Bruce Leon - SS</t>
   </si>
   <si>
     <t>#52 Edwin Simmons - MLB</t>
   </si>
   <si>
     <t>#25 Daniel Rodriguez - CB</t>
   </si>
   <si>
     <t>#32 Joseph Horn - CB</t>
   </si>
   <si>
     <t>#26 Aaron Koch - CB</t>
   </si>
@@ -374,51 +374,51 @@
   <si>
     <t>#56 James West - LT</t>
   </si>
   <si>
     <t>#63 Brandon Levitt - C</t>
   </si>
   <si>
     <t>#79 Harry McCoy - C</t>
   </si>
   <si>
     <t>#57 Michael Carter - RG</t>
   </si>
   <si>
     <t>#62 Darryl Obryan - RT</t>
   </si>
   <si>
     <t>#27 George Keitt - CB</t>
   </si>
   <si>
     <t>#59 Lonnie Latham - DT</t>
   </si>
   <si>
     <t>#79 Anthony Tingley - DT</t>
   </si>
   <si>
-    <t>#98 Michael Anderson - RDE</t>
+    <t>#79 Michael Anderson - RDE</t>
   </si>
   <si>
     <t>#53 Evan Creed - WLB</t>
   </si>
   <si>
     <t>#43 Raymond Morales - CB</t>
   </si>
   <si>
     <t>#25 Oscar Preston - FS</t>
   </si>
   <si>
     <t>#47 Fernando Carson - CB</t>
   </si>
   <si>
     <t>#45 Kenneth Hatcher - CB</t>
   </si>
   <si>
     <t>#35 James Lindgren - CB</t>
   </si>
   <si>
     <t>#45 Lawrence King - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-NYJ 39 (12:42) 5-Johnny Peoples pass complete to 28-Joe Mixon to CAR 40 for 21 yards. NYJ 62-Stanley Seeley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Johnny Peoples - QB</t>
   </si>
   <si>
     <t>#28 Joe Davis - RB</t>
   </si>
   <si>
     <t>#28 Joe Mixon - RB</t>
   </si>
   <si>
     <t>#49 Leroy Winchester - FB</t>
   </si>
   <si>
     <t>#10 Donald Augustine - WR</t>
   </si>
   <si>
-    <t>#75 Bert Newell - LT</t>
+    <t>#60 Bert Newell - LT</t>
   </si>
   <si>
     <t>#56 August Smith - RG</t>
   </si>
   <si>
     <t>#54 George Hall - C</t>
   </si>
   <si>
     <t>#66 Matthew Turner - RG</t>
   </si>
   <si>
     <t>#66 Stanley Seeley - RG</t>
   </si>
   <si>
     <t>#54 Edwin Holland - DT</t>
   </si>
   <si>
     <t>#98 Jason Watson - SLB</t>
   </si>
   <si>
     <t>#90 Patrick Anderson - MLB</t>
   </si>
   <si>
     <t>#55 Evan Luna - WLB</t>
   </si>