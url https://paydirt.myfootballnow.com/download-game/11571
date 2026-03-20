--- v2 (2026-01-18)
+++ v3 (2026-03-20)
@@ -359,51 +359,51 @@
   <si>
     <t>#48 Bruce Stephens - RB</t>
   </si>
   <si>
     <t>#32 Thomas Foss - FB</t>
   </si>
   <si>
     <t>#83 Earl Reeder - TE</t>
   </si>
   <si>
     <t>#12 Ralph Powell - WR</t>
   </si>
   <si>
     <t>#86 Boyd Cantero - WR</t>
   </si>
   <si>
     <t>#56 James West - LT</t>
   </si>
   <si>
     <t>#63 Brandon Levitt - C</t>
   </si>
   <si>
     <t>#79 Harry McCoy - C</t>
   </si>
   <si>
-    <t>#57 Michael Carter - RG</t>
+    <t>#68 Michael Carter - RG</t>
   </si>
   <si>
     <t>#62 Darryl Obryan - RT</t>
   </si>
   <si>
     <t>#27 George Keitt - CB</t>
   </si>
   <si>
     <t>#59 Lonnie Latham - DT</t>
   </si>
   <si>
     <t>#79 Anthony Tingley - DT</t>
   </si>
   <si>
     <t>#79 Michael Anderson - RDE</t>
   </si>
   <si>
     <t>#53 Evan Creed - WLB</t>
   </si>
   <si>
     <t>#43 Raymond Morales - CB</t>
   </si>
   <si>
     <t>#25 Oscar Preston - FS</t>
   </si>
@@ -500,75 +500,75 @@
   <si>
     <t>NYJ 39</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-NYJ 39 (12:42) 5-Johnny Peoples pass complete to 28-Joe Mixon to CAR 40 for 21 yards. NYJ 62-Stanley Seeley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Johnny Peoples - QB</t>
   </si>
   <si>
     <t>#28 Joe Davis - RB</t>
   </si>
   <si>
     <t>#28 Joe Mixon - RB</t>
   </si>
   <si>
     <t>#49 Leroy Winchester - FB</t>
   </si>
   <si>
-    <t>#10 Donald Augustine - WR</t>
-[...2 lines deleted...]
-    <t>#60 Bert Newell - LT</t>
+    <t>#87 Donald Augustine - WR</t>
+  </si>
+  <si>
+    <t>#60 Bert Newell - RT</t>
   </si>
   <si>
     <t>#56 August Smith - RG</t>
   </si>
   <si>
     <t>#54 George Hall - C</t>
   </si>
   <si>
     <t>#66 Matthew Turner - RG</t>
   </si>
   <si>
     <t>#66 Stanley Seeley - RG</t>
   </si>
   <si>
-    <t>#54 Edwin Holland - DT</t>
+    <t>#78 Edwin Holland - RDE</t>
   </si>
   <si>
     <t>#98 Jason Watson - SLB</t>
   </si>
   <si>
-    <t>#90 Patrick Anderson - MLB</t>
+    <t>#66 Patrick Anderson - DT</t>
   </si>
   <si>
     <t>#55 Evan Luna - WLB</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>CAR 40</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-CAR 40 (11:58) 46-Joe Davis ran to CAR 32 for 9 yards. Tackle by 55-Evan Luna.</t>
   </si>
   <si>
     <t>#16 Eddie Collier - WR</t>
   </si>
   <si>
     <t>#62 Michael Simon - RT</t>
   </si>
@@ -980,51 +980,51 @@
   <si>
     <t>NYJ 24</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-11-NYJ 24 (7:54) 2-Walter Preusser pass complete to 83-Earl Reeder for 24 yards. TOUCHDOWN! 83-Earl Reeder breaks down the CB. NYJ 3 CAR 6</t>
   </si>
   <si>
     <t>#60 Edward Varney - DT</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>NYJ 15</t>
   </si>
   <si>
     <t>(7:49) Extra point GOOD by 13-Joseph Poorman. NYJ 3 CAR 7</t>
   </si>
   <si>
     <t>#13 Joseph Poorman - K</t>
   </si>
   <si>
-    <t>#69 Trey Howell - LT</t>
+    <t>#72 Trey Howell - LT</t>
   </si>
   <si>
     <t>#97 Alex Reid - WLB</t>
   </si>
   <si>
     <t>(7:49) 13-Joseph Poorman kicks 71 yards from CAR 35 to NYJ -6. Touchback.</t>
   </si>
   <si>
     <t>1-10-NYJ 25 (7:49) 30-Leroy Winchester ran to NYJ 33 for 8 yards. Tackle by 20-Santiago Jackson.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>4-3 Under Zone Blitz</t>
   </si>
   <si>
     <t>2-2-NYJ 33 (7:03) 46-Joe Davis ran to NYJ 42 for 9 yards. Tackle by 20-Santiago Jackson.</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>NYJ 42</t>
   </si>
@@ -2217,51 +2217,51 @@
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>