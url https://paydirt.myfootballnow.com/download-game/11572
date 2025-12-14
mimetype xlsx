--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -290,51 +290,51 @@
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JAX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Raymond Daniels kicks 74 yards from JAX 35 to CHI -9. Touchback.</t>
   </si>
   <si>
     <t>#42 Michael Rommel - FB</t>
   </si>
   <si>
     <t>#53 Greg Aquino - MLB</t>
   </si>
   <si>
     <t>#21 Danny Henderson - CB</t>
   </si>
   <si>
-    <t>#91 Anthony Williams - WLB</t>
+    <t>#54 Anthony Williams - WLB</t>
   </si>
   <si>
     <t>#97 David Kimberling - CB</t>
   </si>
   <si>
     <t>#51 Brian Snyder - MLB</t>
   </si>
   <si>
     <t>#93 Corey Caro - SS</t>
   </si>
   <si>
     <t>#45 John Dennis - FS</t>
   </si>
   <si>
     <t>#54 Kevin Overman - SLB</t>
   </si>
   <si>
     <t>#36 George Sherrer - CB</t>
   </si>
   <si>
     <t>#27 Austin Hull - SS</t>
   </si>
   <si>
     <t>#3 Raymond Daniels - K</t>
   </si>
@@ -440,51 +440,51 @@
   <si>
     <t>#56 Jarrod Lange - SS</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>CHI 37</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-8-CHI 37 (13:46) 41-Jeremy Shirley ran to CHI 46 for 9 yards. Tackle by 55-Keith Baden. PENALTY - Unnecessary Roughness (JAX 55-Keith Baden)</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>JAX 39</t>
   </si>
   <si>
     <t>1-10-JAX 39 (13:42) 31-William Obrien ran to JAX 28 for 11 yards. Tackle by 42-Allan Thomas.</t>
   </si>
   <si>
-    <t>#23 William Obrien - RB</t>
+    <t>#20 William Obrien - WR</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>JAX 28</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-JAX 28 (13:04) 12-Derrick Seals pass Pass knocked down by 55-Keith Baden. incomplete, intended for 41-Jeremy Shirley.</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>2-10-JAX 28 (13:01) 12-Derrick Seals pass complete to 89-Michael Brooks for 28 yards. TOUCHDOWN! JAX 0 CHI 6</t>
   </si>
   <si>
     <t>#51 Donald Sessums - SS</t>
   </si>
@@ -533,87 +533,87 @@
   <si>
     <t>#80 Scott Bias - WR</t>
   </si>
   <si>
     <t>JAX 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 25 (12:55) 6-Jim Williams pass complete to 11-Roger William to JAX 30 for 5 yards. Tackle by 53-Greg Aquino.</t>
   </si>
   <si>
     <t>#6 Jim Williams - QB</t>
   </si>
   <si>
     <t>#36 Christopher Cary - RB</t>
   </si>
   <si>
     <t>#22 Daryl Hawkins - FB</t>
   </si>
   <si>
-    <t>#63 David Halloway - C</t>
+    <t>#63 David Halloway - TE</t>
   </si>
   <si>
     <t>#11 Roger William - WR</t>
   </si>
   <si>
     <t>#87 Salvador Sherwood - WR</t>
   </si>
   <si>
     <t>#67 Chester Lee - LT</t>
   </si>
   <si>
     <t>#60 Jerry Bell - LG</t>
   </si>
   <si>
     <t>#71 Bradley Fulks - C</t>
   </si>
   <si>
     <t>#65 Robert Kelley - RG</t>
   </si>
   <si>
     <t>#79 Jesse Torkelson - RT</t>
   </si>
   <si>
     <t>#95 Anthony Duffy - LDE</t>
   </si>
   <si>
     <t>#74 Bruno Deardorff - DT</t>
   </si>
   <si>
     <t>#66 Stanley Richardson - WLB</t>
   </si>
   <si>
     <t>#74 Christopher Rutherford - RDE</t>
   </si>
   <si>
-    <t>#50 Edward Silva - SLB</t>
+    <t>#98 Edward Silva - SLB</t>
   </si>
   <si>
     <t>#40 Chang Nesbitt - CB</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>JAX 30</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>2-5-JAX 30 (12:20) 36-Christopher Cary ran to JAX 30 for a short loss. Tackle by 70-Bruno Deardorff. CHI 74-Christopher Rutherford was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#38 Cecil Pendleton - CB</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
@@ -623,51 +623,51 @@
   <si>
     <t>#44 Michael Lopez - RB</t>
   </si>
   <si>
     <t>#60 Eldon Palumbo - RDE</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>JAX 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-JAX 31 (10:55) 7-Rene Smith punts 43 yards to CHI 26. 42-Michael Rommel to CHI 26 for 0 yards. Tackle by 23-Tyler Ortega.</t>
   </si>
   <si>
     <t>#7 Rene Smith - P</t>
   </si>
   <si>
-    <t>#63 Michael Calabrese - RG</t>
+    <t>#78 Michael Calabrese - C</t>
   </si>
   <si>
     <t>#62 Tony Ore - C</t>
   </si>
   <si>
     <t>#73 Otis Bolton - RT</t>
   </si>
   <si>
     <t>#92 Ben Mitchell - RDE</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>CHI 26</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>1-10-CHI 26 (10:48) 12-Derrick Seals pass complete to 41-Jeremy Shirley to CHI 30 for 4 yards. Tackle by 52-Frederick Trevino.</t>
   </si>
@@ -731,51 +731,51 @@
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-9-CHI 9 (8:06) 36-Christopher Cary ran to CHI 7 for 3 yards. Tackle by 93-Corey Caro.</t>
   </si>
   <si>
     <t>#84 Lawrence Lynam - TE</t>
   </si>
   <si>
     <t>7:32</t>
   </si>
   <si>
     <t>CHI 7</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-7-CHI 7 (7:31) 44-Michael Lopez ran to CHI 4 for 3 yards. Tackle by 53-Greg Aquino.</t>
   </si>
   <si>
-    <t>#38 Franklin Wynn - WR</t>
+    <t>#38 Franklin Wynn - TE</t>
   </si>
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>CHI 4</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-4-CHI 4 (6:48) 6-Jim Williams pass complete to 49-Daryl Hawkins to CHI 3 for 1 yards. Tackle by 45-John Dennis.</t>
   </si>
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>CHI 3</t>
   </si>
   <si>
     <t>4-3-CHI 3 (6:06) 3-Raymond Daniels 21 yard field goal is GOOD. JAX 3 CHI 7</t>
   </si>
@@ -2324,93 +2324,93 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="484.739" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>