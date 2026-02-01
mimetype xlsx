--- v1 (2025-12-14)
+++ v2 (2026-02-01)
@@ -413,78 +413,78 @@
   <si>
     <t>#45 Keith Baden - SS</t>
   </si>
   <si>
     <t>#44 Allan Thomas - CB</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CHI 35 (14:26) 12-Derrick Seals pass complete to 41-Jeremy Shirley to CHI 37 for 2 yards. Tackle by 57-Chauncey Simon.</t>
   </si>
   <si>
     <t>#10 Michael Anderson - WR</t>
   </si>
   <si>
-    <t>#67 Larry Cantor - RG</t>
+    <t>#67 Larry Cantor - LG</t>
   </si>
   <si>
     <t>#56 Jarrod Lange - SS</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>CHI 37</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-8-CHI 37 (13:46) 41-Jeremy Shirley ran to CHI 46 for 9 yards. Tackle by 55-Keith Baden. PENALTY - Unnecessary Roughness (JAX 55-Keith Baden)</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>JAX 39</t>
   </si>
   <si>
     <t>1-10-JAX 39 (13:42) 31-William Obrien ran to JAX 28 for 11 yards. Tackle by 42-Allan Thomas.</t>
   </si>
   <si>
-    <t>#20 William Obrien - WR</t>
+    <t>#63 William Obrien - RT</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>JAX 28</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-JAX 28 (13:04) 12-Derrick Seals pass Pass knocked down by 55-Keith Baden. incomplete, intended for 41-Jeremy Shirley.</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>2-10-JAX 28 (13:01) 12-Derrick Seals pass complete to 89-Michael Brooks for 28 yards. TOUCHDOWN! JAX 0 CHI 6</t>
   </si>
   <si>
     <t>#51 Donald Sessums - SS</t>
   </si>
@@ -533,51 +533,51 @@
   <si>
     <t>#80 Scott Bias - WR</t>
   </si>
   <si>
     <t>JAX 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 25 (12:55) 6-Jim Williams pass complete to 11-Roger William to JAX 30 for 5 yards. Tackle by 53-Greg Aquino.</t>
   </si>
   <si>
     <t>#6 Jim Williams - QB</t>
   </si>
   <si>
     <t>#36 Christopher Cary - RB</t>
   </si>
   <si>
     <t>#22 Daryl Hawkins - FB</t>
   </si>
   <si>
-    <t>#63 David Halloway - TE</t>
+    <t>#63 David Halloway - FB</t>
   </si>
   <si>
     <t>#11 Roger William - WR</t>
   </si>
   <si>
     <t>#87 Salvador Sherwood - WR</t>
   </si>
   <si>
     <t>#67 Chester Lee - LT</t>
   </si>
   <si>
     <t>#60 Jerry Bell - LG</t>
   </si>
   <si>
     <t>#71 Bradley Fulks - C</t>
   </si>
   <si>
     <t>#65 Robert Kelley - RG</t>
   </si>
   <si>
     <t>#79 Jesse Torkelson - RT</t>
   </si>
   <si>
     <t>#95 Anthony Duffy - LDE</t>
   </si>
@@ -731,51 +731,51 @@
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-9-CHI 9 (8:06) 36-Christopher Cary ran to CHI 7 for 3 yards. Tackle by 93-Corey Caro.</t>
   </si>
   <si>
     <t>#84 Lawrence Lynam - TE</t>
   </si>
   <si>
     <t>7:32</t>
   </si>
   <si>
     <t>CHI 7</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-7-CHI 7 (7:31) 44-Michael Lopez ran to CHI 4 for 3 yards. Tackle by 53-Greg Aquino.</t>
   </si>
   <si>
-    <t>#38 Franklin Wynn - TE</t>
+    <t>#81 Franklin Wynn - TE</t>
   </si>
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>CHI 4</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-4-CHI 4 (6:48) 6-Jim Williams pass complete to 49-Daryl Hawkins to CHI 3 for 1 yards. Tackle by 45-John Dennis.</t>
   </si>
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>CHI 3</t>
   </si>
   <si>
     <t>4-3-CHI 3 (6:06) 3-Raymond Daniels 21 yard field goal is GOOD. JAX 3 CHI 7</t>
   </si>
@@ -1307,51 +1307,51 @@
   <si>
     <t>0:46</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 27 (0:47) 41-Jeremy Shirley ran to CHI 20 for -7 yards. Tackle by 56-Jarrod Lange.</t>
   </si>
   <si>
     <t>0:04</t>
   </si>
   <si>
     <t>CHI 20</t>
   </si>
   <si>
     <t>2-17-CHI 20 (0:03) 41-Jeremy Shirley ran to CHI 32 for 11 yards. Tackle by 42-Allan Thomas. CHI 41-Jeremy Shirley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 4-James Reyna kicks 75 yards from CHI 35 to JAX -10. Touchback.</t>
   </si>
   <si>
-    <t>#98 Roy Santiago - WLB</t>
+    <t>#58 Roy Santiago - MLB</t>
   </si>
   <si>
     <t>#92 Tomas Lowery - MLB</t>
   </si>
   <si>
     <t>1-10-JAX 25 (15:00) 13-Al Knepper pass incomplete, dropped by 49-Daryl Hawkins.</t>
   </si>
   <si>
     <t>#13 Al Knepper - QB</t>
   </si>
   <si>
     <t>#37 Ray Chung - TE</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>2-10-JAX 25 (14:59) 44-Michael Lopez ran to JAX 26 for 1 yards. Tackle by 53-Greg Aquino.</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>JAX 26</t>
   </si>