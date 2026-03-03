--- v2 (2026-02-01)
+++ v3 (2026-03-03)
@@ -440,51 +440,51 @@
   <si>
     <t>#56 Jarrod Lange - SS</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>CHI 37</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-8-CHI 37 (13:46) 41-Jeremy Shirley ran to CHI 46 for 9 yards. Tackle by 55-Keith Baden. PENALTY - Unnecessary Roughness (JAX 55-Keith Baden)</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>JAX 39</t>
   </si>
   <si>
     <t>1-10-JAX 39 (13:42) 31-William Obrien ran to JAX 28 for 11 yards. Tackle by 42-Allan Thomas.</t>
   </si>
   <si>
-    <t>#63 William Obrien - RT</t>
+    <t>#33 William Obrien - RB</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>JAX 28</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-JAX 28 (13:04) 12-Derrick Seals pass Pass knocked down by 55-Keith Baden. incomplete, intended for 41-Jeremy Shirley.</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>2-10-JAX 28 (13:01) 12-Derrick Seals pass complete to 89-Michael Brooks for 28 yards. TOUCHDOWN! JAX 0 CHI 6</t>
   </si>
   <si>
     <t>#51 Donald Sessums - SS</t>
   </si>
@@ -1307,51 +1307,51 @@
   <si>
     <t>0:46</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 27 (0:47) 41-Jeremy Shirley ran to CHI 20 for -7 yards. Tackle by 56-Jarrod Lange.</t>
   </si>
   <si>
     <t>0:04</t>
   </si>
   <si>
     <t>CHI 20</t>
   </si>
   <si>
     <t>2-17-CHI 20 (0:03) 41-Jeremy Shirley ran to CHI 32 for 11 yards. Tackle by 42-Allan Thomas. CHI 41-Jeremy Shirley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 4-James Reyna kicks 75 yards from CHI 35 to JAX -10. Touchback.</t>
   </si>
   <si>
-    <t>#58 Roy Santiago - MLB</t>
+    <t>#94 Roy Santiago - MLB</t>
   </si>
   <si>
     <t>#92 Tomas Lowery - MLB</t>
   </si>
   <si>
     <t>1-10-JAX 25 (15:00) 13-Al Knepper pass incomplete, dropped by 49-Daryl Hawkins.</t>
   </si>
   <si>
     <t>#13 Al Knepper - QB</t>
   </si>
   <si>
     <t>#37 Ray Chung - TE</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>2-10-JAX 25 (14:59) 44-Michael Lopez ran to JAX 26 for 1 yards. Tackle by 53-Greg Aquino.</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>JAX 26</t>
   </si>