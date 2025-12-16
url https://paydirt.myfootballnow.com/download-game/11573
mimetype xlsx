--- v0 (2025-11-05)
+++ v1 (2025-12-16)
@@ -1436,51 +1436,51 @@
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>2-10-OAK 31 (10:53) 11-Timothy Knowles pass Pass knocked down by 58-Joseph Olinger. incomplete, intended for 43-Edward Goodin.</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>3-10-OAK 31 (10:51) 11-Timothy Knowles pass complete to 43-Edward Goodin to OAK 43 for 12 yards. Tackle by 97-Benjamin Howard.</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>1-10-OAK 43 (10:15) 11-Timothy Knowles pass incomplete, dropped by 29-Adrian Marshall. Excellent coverage on that play. Pressure by 96-Louis Schull.</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>2-10-OAK 43 (10:11) 11-Timothy Knowles pass complete to 87-Alvin Sherman to OAK 48 for 5 yards. Tackle by 57-Evan Fierro. 87-Alvin Sherman breaks down the CB.</t>
   </si>
   <si>
-    <t>#14 Alvin Sherman - WR</t>
+    <t>#14 Alvin Sherman - RB</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>3-5-OAK 48 (9:30) 11-Timothy Knowles pass incomplete, dropped by 10-Octavio Deck. Excellent coverage on that play.</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>4-5-OAK 48 (9:28) 2-Joel Carlyle punts 47 yards to DAL 5.</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>DAL 5</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-DAL 5 (9:18) 11-Edward Soper ran to DAL 14 for 9 yards. Tackle by 39-Eric Thompson.</t>
   </si>