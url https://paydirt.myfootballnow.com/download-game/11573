--- v1 (2025-12-16)
+++ v2 (2026-01-08)
@@ -335,51 +335,51 @@
   <si>
     <t>#21 Grant Herman - CB</t>
   </si>
   <si>
     <t>#13 Ronnie Hofman - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) PENALTY - False Start (OAK 73-Brent Smathers)</t>
   </si>
   <si>
     <t>#12 William Lynch - QB</t>
   </si>
   <si>
-    <t>#33 Lloyd Almendarez - RB</t>
+    <t>#33 Lloyd Almendarez - WR</t>
   </si>
   <si>
     <t>#46 Douglas Moore - RB</t>
   </si>
   <si>
     <t>#85 Kenneth McNelly - WR</t>
   </si>
   <si>
     <t>#13 Peter Darrow - WR</t>
   </si>
   <si>
     <t>#64 Brent Smathers - LG</t>
   </si>
   <si>
     <t>#74 Brian Gilland - LT</t>
   </si>
   <si>
     <t>#62 Thomas Burke - C</t>
   </si>
   <si>
     <t>#68 Jay Klingensmith - RT</t>
   </si>
   <si>
     <t>#68 David Francis - RG</t>
   </si>