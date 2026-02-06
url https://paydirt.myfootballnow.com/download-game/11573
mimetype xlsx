--- v2 (2026-01-08)
+++ v3 (2026-02-06)
@@ -581,51 +581,51 @@
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>3-7-DAL 13 (9:15) 18-William Lynch pass incomplete, dropped by 45-Russell Redding.</t>
   </si>
   <si>
     <t>9:11</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-7-DAL 13 (9:12) 3-Robert Still 31 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#71 James Chavez - RT</t>
   </si>
   <si>
     <t>#3 Robert Still - K</t>
   </si>
   <si>
-    <t>#65 Jeffrey Stocking - C</t>
+    <t>#67 Jeffrey Stocking - C</t>
   </si>
   <si>
     <t>#80 Marvin Alley - RT</t>
   </si>
   <si>
     <t>#57 Evan Fierro - LDE</t>
   </si>
   <si>
     <t>#75 Daniel Taylor - RDE</t>
   </si>
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>DAL 20</t>
   </si>
   <si>
     <t>I Formation Normal TE Flag</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-DAL 20 (9:09) 7-Arthur Brown pass complete to 43-John Knowles to DAL 35 for 15 yards. Tackle by 56-Gregory Sanchez.</t>
   </si>