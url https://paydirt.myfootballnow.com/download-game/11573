--- v3 (2026-02-06)
+++ v4 (2026-03-16)
@@ -335,51 +335,51 @@
   <si>
     <t>#21 Grant Herman - CB</t>
   </si>
   <si>
     <t>#13 Ronnie Hofman - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) PENALTY - False Start (OAK 73-Brent Smathers)</t>
   </si>
   <si>
     <t>#12 William Lynch - QB</t>
   </si>
   <si>
-    <t>#33 Lloyd Almendarez - WR</t>
+    <t>#85 Lloyd Almendarez - WR</t>
   </si>
   <si>
     <t>#46 Douglas Moore - RB</t>
   </si>
   <si>
     <t>#85 Kenneth McNelly - WR</t>
   </si>
   <si>
     <t>#13 Peter Darrow - WR</t>
   </si>
   <si>
     <t>#64 Brent Smathers - LG</t>
   </si>
   <si>
     <t>#74 Brian Gilland - LT</t>
   </si>
   <si>
     <t>#62 Thomas Burke - C</t>
   </si>
   <si>
     <t>#68 Jay Klingensmith - RT</t>
   </si>
   <si>
     <t>#68 David Francis - RG</t>
   </si>