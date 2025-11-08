--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 8-Richard Owens kicks 75 yards from SEA 35 to NE. -10. Touchback.</t>
   </si>
   <si>
     <t>#16 Philip Tillman - WR</t>
   </si>
   <si>
     <t>#44 Romeo Sonntag - RB</t>
   </si>
   <si>
     <t>#57 Donald Green - SS</t>
   </si>
   <si>
     <t>#22 Jeffrey Hale - CB</t>
   </si>
   <si>
     <t>#21 Adam Leyva - CB</t>
   </si>
   <si>
     <t>#43 William Black - FS</t>
   </si>
   <si>
     <t>#94 Michael Doctor - DT</t>
   </si>
   <si>
-    <t>#96 Gregory Campos - RDE</t>
+    <t>#59 Gregory Campos - RDE</t>
   </si>
   <si>
     <t>#26 Delbert Carr - CB</t>
   </si>
   <si>
     <t>#55 Ronald Cole - SLB</t>
   </si>
   <si>
     <t>#99 Guy Clark - DT</t>
   </si>
   <si>
     <t>#11 Richard Owens - K</t>
   </si>
   <si>
     <t>NEW</t>
   </si>
   <si>
     <t>NEW 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -365,78 +365,78 @@
   <si>
     <t>#80 Aaron Rodriguez - WR</t>
   </si>
   <si>
     <t>#18 David Martin - WR</t>
   </si>
   <si>
     <t>#74 William Hunsaker - C</t>
   </si>
   <si>
     <t>#63 Charles Fulton - LG</t>
   </si>
   <si>
     <t>#69 William Childress - C</t>
   </si>
   <si>
     <t>#66 Christopher Daniel - RG</t>
   </si>
   <si>
     <t>#75 Winston Howard - LT</t>
   </si>
   <si>
     <t>#53 Keith Schneider - LDE</t>
   </si>
   <si>
-    <t>#69 Scott Garcia - DT</t>
+    <t>#75 Scott Garcia - DT</t>
   </si>
   <si>
     <t>#74 Charles Kruse - DT</t>
   </si>
   <si>
-    <t>#59 Charles Parsons - LDE</t>
+    <t>#52 Charles Parsons - LDE</t>
   </si>
   <si>
     <t>#59 Troy Patten - SLB</t>
   </si>
   <si>
     <t>#55 Joseph Bowen - MLB</t>
   </si>
   <si>
-    <t>#96 George Yancey - WLB</t>
+    <t>#59 George Yancey - SLB</t>
   </si>
   <si>
     <t>#28 Michael Whalen - CB</t>
   </si>
   <si>
     <t>#37 Samuel Dammann - CB</t>
   </si>
   <si>
     <t>#40 John Jones - SS</t>
   </si>
   <si>
-    <t>#36 Rodrigo Allen - FS</t>
+    <t>#43 Rodrigo Allen - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>NEW 28</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-7-NE. 28 (14:19) 87-Romeo Sonntag ran to NE. 31 for 2 yards. Tackle by 52-Joseph Bowen.</t>
   </si>
   <si>
     <t>#78 Scott Short - C</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>NEW 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
@@ -533,51 +533,51 @@
   <si>
     <t>SEA 11</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 11 (11:08) 2-Wayne Roberts pass Pass knocked down by 22-Jeffrey Hale. incomplete, intended for 86-Ralph To.</t>
   </si>
   <si>
     <t>#2 Wayne Roberts - QB</t>
   </si>
   <si>
     <t>#31 Marvin Brand - RB</t>
   </si>
   <si>
     <t>#87 Eric Grigsby - TE</t>
   </si>
   <si>
     <t>#86 Ralph To - WR</t>
   </si>
   <si>
-    <t>#16 James West - WR</t>
+    <t>#82 James West - WR</t>
   </si>
   <si>
     <t>#65 Tyler Walsh - RG</t>
   </si>
   <si>
     <t>#79 Henry Isom - LG</t>
   </si>
   <si>
     <t>#71 Brian Tidwell - RG</t>
   </si>
   <si>
     <t>#56 Matthew Johnson - RG</t>
   </si>
   <si>
     <t>#71 John Roman - RT</t>
   </si>
   <si>
     <t>#58 Russell Scriber - MLB</t>
   </si>
   <si>
     <t>#53 Manuel Watt - SLB</t>
   </si>
   <si>
     <t>11:03</t>
   </si>
@@ -617,51 +617,51 @@
   <si>
     <t>1-10-SEA 24 (9:45) 31-Marvin Brand ran to SEA 26 for 2 yards. Tackle by 92-Ronald Cole.</t>
   </si>
   <si>
     <t>#44 David Numbers - FB</t>
   </si>
   <si>
     <t>#76 Ramon Clark - DT</t>
   </si>
   <si>
     <t>9:13</t>
   </si>
   <si>
     <t>SEA 26</t>
   </si>
   <si>
     <t>Singleback Slot Strong TE Slot Curls</t>
   </si>
   <si>
     <t>Nickel 3-3-5 CB1 CB3 Blitz</t>
   </si>
   <si>
     <t>2-8-SEA 26 (9:12) 2-Wayne Roberts pass complete to 82-Manuel Teter to SEA 42 for 16 yards. Tackle by 47-Delbert Carr.</t>
   </si>
   <si>
-    <t>#82 Manuel Teter - WR</t>
+    <t>#11 Manuel Teter - WR</t>
   </si>
   <si>
     <t>#36 Timothy Guthrie - FS</t>
   </si>
   <si>
     <t>8:30</t>
   </si>
   <si>
     <t>SEA 42</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>1-10-SEA 42 (8:29) 2-Wayne Roberts pass complete to 31-Marvin Brand to NE. 40 for 18 yards. Tackle by 47-Delbert Carr.</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NE. 40 (7:43) 2-Wayne Roberts sacked at NE. 48 for -8 yards (72-Russell Scriber). Sack allowed by 71-John Roman.</t>
   </si>
@@ -1220,51 +1220,51 @@
   <si>
     <t>SEA 34</t>
   </si>
   <si>
     <t>4-1-SEA 34 (13:11) 7-Clarence Culp punts 43 yards to NE. 23. Fair Catch by 82-Michael Brown.</t>
   </si>
   <si>
     <t>#7 Clarence Culp - P</t>
   </si>
   <si>
     <t>#32 Michael Brown - RB</t>
   </si>
   <si>
     <t>NEW 23</t>
   </si>
   <si>
     <t>1-10-NE. 23 (13:04) 34-Lawrence Willems ran to NE. 27 for 4 yards. Tackle by 33-Bret Shelley.</t>
   </si>
   <si>
     <t>#65 Jack Kravitz - RT</t>
   </si>
   <si>
     <t>#67 Clarence Decoteau - DT</t>
   </si>
   <si>
-    <t>#95 Jason Biron - RDE</t>
+    <t>#79 Jason Biron - RDE</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-6-NE. 27 (12:23) 34-Lawrence Willems ran to NE. 31 for 4 yards. Tackle by 54-Christopher Grover.</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-2-NE. 31 (11:41) 34-Lawrence Willems ran to NE. 33 for 1 yards. Tackle by 74-Charles Kruse.</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>NEW 33</t>
   </si>