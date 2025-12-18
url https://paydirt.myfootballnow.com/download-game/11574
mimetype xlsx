--- v1 (2025-11-08)
+++ v2 (2025-12-18)
@@ -338,93 +338,93 @@
   <si>
     <t>#11 Richard Owens - K</t>
   </si>
   <si>
     <t>NEW</t>
   </si>
   <si>
     <t>NEW 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NE. 25 (15:00) 87-Romeo Sonntag ran to NE. 28 for 3 yards. Tackle by 57-Troy Patten. 25-Harold Whiting was completely beat on that play.</t>
   </si>
   <si>
     <t>#4 Stephen Barnett - QB</t>
   </si>
   <si>
     <t>#45 Harold Whiting - FB</t>
   </si>
   <si>
-    <t>#88 John Schultz - TE</t>
+    <t>#40 John Schultz - FB</t>
   </si>
   <si>
     <t>#80 Aaron Rodriguez - WR</t>
   </si>
   <si>
     <t>#18 David Martin - WR</t>
   </si>
   <si>
     <t>#74 William Hunsaker - C</t>
   </si>
   <si>
     <t>#63 Charles Fulton - LG</t>
   </si>
   <si>
     <t>#69 William Childress - C</t>
   </si>
   <si>
     <t>#66 Christopher Daniel - RG</t>
   </si>
   <si>
     <t>#75 Winston Howard - LT</t>
   </si>
   <si>
     <t>#53 Keith Schneider - LDE</t>
   </si>
   <si>
     <t>#75 Scott Garcia - DT</t>
   </si>
   <si>
     <t>#74 Charles Kruse - DT</t>
   </si>
   <si>
-    <t>#52 Charles Parsons - LDE</t>
+    <t>#94 Charles Parsons - LDE</t>
   </si>
   <si>
     <t>#59 Troy Patten - SLB</t>
   </si>
   <si>
     <t>#55 Joseph Bowen - MLB</t>
   </si>
   <si>
-    <t>#59 George Yancey - SLB</t>
+    <t>#59 George Yancey - WLB</t>
   </si>
   <si>
     <t>#28 Michael Whalen - CB</t>
   </si>
   <si>
     <t>#37 Samuel Dammann - CB</t>
   </si>
   <si>
     <t>#40 John Jones - SS</t>
   </si>
   <si>
     <t>#43 Rodrigo Allen - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>NEW 28</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-7-NE. 28 (14:19) 87-Romeo Sonntag ran to NE. 31 for 2 yards. Tackle by 52-Joseph Bowen.</t>
   </si>
@@ -533,51 +533,51 @@
   <si>
     <t>SEA 11</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 11 (11:08) 2-Wayne Roberts pass Pass knocked down by 22-Jeffrey Hale. incomplete, intended for 86-Ralph To.</t>
   </si>
   <si>
     <t>#2 Wayne Roberts - QB</t>
   </si>
   <si>
     <t>#31 Marvin Brand - RB</t>
   </si>
   <si>
     <t>#87 Eric Grigsby - TE</t>
   </si>
   <si>
     <t>#86 Ralph To - WR</t>
   </si>
   <si>
-    <t>#82 James West - WR</t>
+    <t>#82 James West - TE</t>
   </si>
   <si>
     <t>#65 Tyler Walsh - RG</t>
   </si>
   <si>
     <t>#79 Henry Isom - LG</t>
   </si>
   <si>
     <t>#71 Brian Tidwell - RG</t>
   </si>
   <si>
     <t>#56 Matthew Johnson - RG</t>
   </si>
   <si>
     <t>#71 John Roman - RT</t>
   </si>
   <si>
     <t>#58 Russell Scriber - MLB</t>
   </si>
   <si>
     <t>#53 Manuel Watt - SLB</t>
   </si>
   <si>
     <t>11:03</t>
   </si>
@@ -1220,51 +1220,51 @@
   <si>
     <t>SEA 34</t>
   </si>
   <si>
     <t>4-1-SEA 34 (13:11) 7-Clarence Culp punts 43 yards to NE. 23. Fair Catch by 82-Michael Brown.</t>
   </si>
   <si>
     <t>#7 Clarence Culp - P</t>
   </si>
   <si>
     <t>#32 Michael Brown - RB</t>
   </si>
   <si>
     <t>NEW 23</t>
   </si>
   <si>
     <t>1-10-NE. 23 (13:04) 34-Lawrence Willems ran to NE. 27 for 4 yards. Tackle by 33-Bret Shelley.</t>
   </si>
   <si>
     <t>#65 Jack Kravitz - RT</t>
   </si>
   <si>
     <t>#67 Clarence Decoteau - DT</t>
   </si>
   <si>
-    <t>#79 Jason Biron - RDE</t>
+    <t>#75 Jason Biron - RDE</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-6-NE. 27 (12:23) 34-Lawrence Willems ran to NE. 31 for 4 yards. Tackle by 54-Christopher Grover.</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-2-NE. 31 (11:41) 34-Lawrence Willems ran to NE. 33 for 1 yards. Tackle by 74-Charles Kruse.</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>NEW 33</t>
   </si>