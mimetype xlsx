--- v2 (2025-12-18)
+++ v3 (2026-02-07)
@@ -302,225 +302,225 @@
   <si>
     <t>(15:00) 8-Richard Owens kicks 75 yards from SEA 35 to NE. -10. Touchback.</t>
   </si>
   <si>
     <t>#16 Philip Tillman - WR</t>
   </si>
   <si>
     <t>#44 Romeo Sonntag - RB</t>
   </si>
   <si>
     <t>#57 Donald Green - SS</t>
   </si>
   <si>
     <t>#22 Jeffrey Hale - CB</t>
   </si>
   <si>
     <t>#21 Adam Leyva - CB</t>
   </si>
   <si>
     <t>#43 William Black - FS</t>
   </si>
   <si>
     <t>#94 Michael Doctor - DT</t>
   </si>
   <si>
-    <t>#59 Gregory Campos - RDE</t>
+    <t>#59 Gregory Campos - MLB</t>
   </si>
   <si>
     <t>#26 Delbert Carr - CB</t>
   </si>
   <si>
     <t>#55 Ronald Cole - SLB</t>
   </si>
   <si>
     <t>#99 Guy Clark - DT</t>
   </si>
   <si>
     <t>#11 Richard Owens - K</t>
   </si>
   <si>
-    <t>NEW</t>
-[...2 lines deleted...]
-    <t>NEW 25</t>
+    <t>Bos</t>
+  </si>
+  <si>
+    <t>Bos 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NE. 25 (15:00) 87-Romeo Sonntag ran to NE. 28 for 3 yards. Tackle by 57-Troy Patten. 25-Harold Whiting was completely beat on that play.</t>
   </si>
   <si>
     <t>#4 Stephen Barnett - QB</t>
   </si>
   <si>
     <t>#45 Harold Whiting - FB</t>
   </si>
   <si>
     <t>#40 John Schultz - FB</t>
   </si>
   <si>
     <t>#80 Aaron Rodriguez - WR</t>
   </si>
   <si>
     <t>#18 David Martin - WR</t>
   </si>
   <si>
     <t>#74 William Hunsaker - C</t>
   </si>
   <si>
     <t>#63 Charles Fulton - LG</t>
   </si>
   <si>
     <t>#69 William Childress - C</t>
   </si>
   <si>
     <t>#66 Christopher Daniel - RG</t>
   </si>
   <si>
-    <t>#75 Winston Howard - LT</t>
+    <t>#63 Winston Howard - C</t>
   </si>
   <si>
     <t>#53 Keith Schneider - LDE</t>
   </si>
   <si>
     <t>#75 Scott Garcia - DT</t>
   </si>
   <si>
     <t>#74 Charles Kruse - DT</t>
   </si>
   <si>
     <t>#94 Charles Parsons - LDE</t>
   </si>
   <si>
     <t>#59 Troy Patten - SLB</t>
   </si>
   <si>
     <t>#55 Joseph Bowen - MLB</t>
   </si>
   <si>
     <t>#59 George Yancey - WLB</t>
   </si>
   <si>
     <t>#28 Michael Whalen - CB</t>
   </si>
   <si>
     <t>#37 Samuel Dammann - CB</t>
   </si>
   <si>
     <t>#40 John Jones - SS</t>
   </si>
   <si>
-    <t>#43 Rodrigo Allen - FS</t>
+    <t>#21 Rodrigo Allen - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
-    <t>NEW 28</t>
+    <t>Bos 28</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-7-NE. 28 (14:19) 87-Romeo Sonntag ran to NE. 31 for 2 yards. Tackle by 52-Joseph Bowen.</t>
   </si>
   <si>
     <t>#78 Scott Short - C</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
-    <t>NEW 31</t>
+    <t>Bos 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-4-NE. 31 (13:39) 87-Romeo Sonntag ran to NE. 37 for 6 yards. Tackle by 37-Samuel Dammann.</t>
   </si>
   <si>
     <t>#46 William Ware - FB</t>
   </si>
   <si>
     <t>#85 John Coburn - TE</t>
   </si>
   <si>
-    <t>#62 Quintin McCoy - LDE</t>
+    <t>#56 Quintin McCoy - LDE</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
-    <t>NEW 37</t>
+    <t>Bos 37</t>
   </si>
   <si>
     <t>1-10-NE. 37 (13:02) 87-Romeo Sonntag ran to NE. 40 for 3 yards. Tackle by 26-Michael Whalen.</t>
   </si>
   <si>
     <t>12:28</t>
   </si>
   <si>
-    <t>NEW 40</t>
+    <t>Bos 40</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-7-NE. 40 (12:27) 87-Romeo Sonntag ran to NE. 41 for 1 yards. Tackle by 52-Joseph Bowen.</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
-    <t>NEW 41</t>
+    <t>Bos 41</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>3-6-NE. 41 (11:53) 14-Stephen Barnett pass complete to 25-Harold Whiting to NE. 45 for 4 yards. Tackle by 26-Michael Whalen.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
-    <t>NEW 45</t>
+    <t>Bos 45</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-NE. 45 (11:15) 11-William Kemble punts 44 yards to SEA 11. Fair Catch by 87-Danny Porter.</t>
   </si>
   <si>
     <t>#1 William Kemble - P</t>
   </si>
   <si>
     <t>#16 Danny Porter - RB</t>
   </si>
   <si>
     <t>#89 Christopher Hutchinson - TE</t>
   </si>
   <si>
     <t>#73 Larry McMurray - DT</t>
   </si>
   <si>
     <t>#33 Bret Shelley - SS</t>
   </si>
@@ -650,129 +650,129 @@
   <si>
     <t>SEA 42</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>1-10-SEA 42 (8:29) 2-Wayne Roberts pass complete to 31-Marvin Brand to NE. 40 for 18 yards. Tackle by 47-Delbert Carr.</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NE. 40 (7:43) 2-Wayne Roberts sacked at NE. 48 for -8 yards (72-Russell Scriber). Sack allowed by 71-John Roman.</t>
   </si>
   <si>
     <t>#24 Herbert Olney - RB</t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
-    <t>NEW 48</t>
+    <t>Bos 48</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>46 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>2-18-NE. 48 (7:09) 2-Wayne Roberts pass complete to 31-Marvin Brand to NE. 43 for 6 yards. Tackle by 47-Delbert Carr.</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
   <si>
-    <t>NEW 43</t>
+    <t>Bos 43</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-13-NE. 43 (6:23) 2-Wayne Roberts pass complete to 85-Christopher Hutchinson to NE. 35 for 8 yards. Tackle by 94-Manuel Watt. NE. 96-Gregory Campos was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:39</t>
   </si>
   <si>
-    <t>NEW 35</t>
+    <t>Bos 35</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-NE. 35 (5:38) 8-Richard Owens 52 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#60 David Resto - RG</t>
   </si>
   <si>
     <t>#53 Freddie Gideon - LG</t>
   </si>
   <si>
     <t>#84 William Pyle - TE</t>
   </si>
   <si>
     <t>#51 Paul Haddox - MLB</t>
   </si>
   <si>
     <t>#97 Frederick Lancaster - RDE</t>
   </si>
   <si>
     <t>5:33</t>
   </si>
   <si>
-    <t>NEW 42</t>
+    <t>Bos 42</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>1-10-NE. 42 (5:34) 14-Stephen Barnett pass complete to 87-Romeo Sonntag to SEA 36 for 22 yards. Tackle by 28-John Jones. Pressure by 52-Joseph Bowen.</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
   <si>
     <t>SEA 36</t>
   </si>
   <si>
     <t>1-10-SEA 36 (4:53) 14-Stephen Barnett pass complete to 25-Harold Whiting to SEA 35 for 2 yards. Tackle by 57-Troy Patten.</t>
   </si>
   <si>
-    <t>#43 Lawrence Willems - RB</t>
+    <t>#45 Lawrence Willems - RB</t>
   </si>
   <si>
     <t>4:10</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-8-SEA 35 (4:09) 14-Stephen Barnett pass complete to 88-John Schultz to SEA 24 for 11 yards. Tackle by 52-Joseph Bowen.</t>
   </si>
   <si>
     <t>#6 Jason Roesler - CB</t>
   </si>
   <si>
     <t>3:37</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-SEA 24 (3:36) 87-Romeo Sonntag ran to SEA 23 for 1 yards. Tackle by 74-Charles Kruse.</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>(1:46) 19-Ronald Dinapoli kicks 75 yards from NE. 35 to SEA -10. Touchback.</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>Dime Flat CB3 CB4 Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 25 (1:46) 2-Wayne Roberts pass complete to 86-Ralph To for 75 yards. TOUCHDOWN! NE. 3 SEA 6</t>
   </si>
   <si>
     <t>#22 Clifford Adams - CB</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
-    <t>NEW 15</t>
+    <t>Bos 15</t>
   </si>
   <si>
     <t>(1:35) Extra point GOOD by 8-Richard Owens. NE. 3 SEA 7</t>
   </si>
   <si>
     <t>(1:35) 8-Richard Owens kicks 74 yards from SEA 35 to NE. -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-NE. 25 (1:35) 14-Stephen Barnett pass Pass knocked down by 26-Michael Whalen. incomplete, intended for 85-Aaron Rodriguez.</t>
   </si>
   <si>
     <t>1:30</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>2-10-NE. 25 (1:31) 14-Stephen Barnett pass complete to 16-Philip Tillman to SEA 49 for 26 yards. Tackle by 28-John Jones. PENALTY - Offsides (SEA 53-Keith Schneider) (Declined)</t>
   </si>
@@ -1010,111 +1010,111 @@
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>SEA 41</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>2-6-SEA 41 (9:30) 31-Marvin Brand ran to SEA 44 for 3 yards. Tackle by 47-Delbert Carr.</t>
   </si>
   <si>
     <t>8:55</t>
   </si>
   <si>
     <t>SEA 44</t>
   </si>
   <si>
     <t>3-3-SEA 44 (8:54) 31-Marvin Brand ran to NE. 27 for 29 yards. Pushed out of bounds by 43-William Black.</t>
   </si>
   <si>
     <t>8:13</t>
   </si>
   <si>
-    <t>NEW 27</t>
+    <t>Bos 27</t>
   </si>
   <si>
     <t>1-10-NE. 27 (8:12) 24-Herbert Olney ran to NE. 24 for 3 yards. Tackle by 43-William Black.</t>
   </si>
   <si>
     <t>7:34</t>
   </si>
   <si>
-    <t>NEW 24</t>
+    <t>Bos 24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-7-NE. 24 (7:33) PENALTY - False Start (SEA 80-Eric Grigsby)</t>
   </si>
   <si>
     <t>#37 David Hall - RB</t>
   </si>
   <si>
     <t>7:32</t>
   </si>
   <si>
-    <t>NEW 29</t>
+    <t>Bos 29</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-12-NE. 29 (7:33) 2-Wayne Roberts pass Pass knocked down by 95-Donald Green. incomplete, intended for 85-Christopher Hutchinson.</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>3-12-NE. 29 (7:30) 2-Wayne Roberts sacked at NE. 37 for -8 yards (96-Gregory Campos). Sack allowed by 76-Tyler Walsh. 2-Wayne Roberts FUMBLES (96-Gregory Campos) recovered by NE.-96-Gregory Campos to NE. 40 for 2 yards. 92-Ronald Cole was caught flat-footed on this play. PENALTY - Holding (SEA 71-John Roman) (Declined)</t>
   </si>
   <si>
     <t>7:24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-NE. 40 (7:25) 34-Lawrence Willems ran to NE. 45 for 5 yards. Tackle by 37-Samuel Dammann.</t>
   </si>
   <si>
     <t>6:41</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>2-5-NE. 45 (6:40) 34-Lawrence Willems ran to NE. 49 for 3 yards. Tackle by 32-Jason Roesler.</t>
   </si>
   <si>
     <t>6:00</t>
   </si>
   <si>
-    <t>NEW 49</t>
+    <t>Bos 49</t>
   </si>
   <si>
     <t>3-2-NE. 49 (5:59) 34-Lawrence Willems ran to SEA 49 for 3 yards. Tackle by 53-Keith Schneider.</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>1-10-SEA 49 (5:15) 14-Stephen Barnett pass complete to 34-Lawrence Willems to SEA 39 for 10 yards. Tackle by 36-Rodrigo Allen.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>SEA 39</t>
   </si>
   <si>
     <t>1-10-SEA 39 (4:31) 34-Lawrence Willems ran to SEA 35 for 4 yards. Tackle by 74-Charles Kruse. 63-Charles Fulton was completely beat on that play.</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
@@ -1208,195 +1208,195 @@
   <si>
     <t>2-5-SEA 30 (14:26) 24-Herbert Olney ran to SEA 32 for 2 yards. Tackle by 58-Michael Doctor.</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>3-3-SEA 32 (13:43) 24-Herbert Olney ran to SEA 34 for 2 yards. Tackle by 72-Russell Scriber.</t>
   </si>
   <si>
     <t>13:12</t>
   </si>
   <si>
     <t>SEA 34</t>
   </si>
   <si>
     <t>4-1-SEA 34 (13:11) 7-Clarence Culp punts 43 yards to NE. 23. Fair Catch by 82-Michael Brown.</t>
   </si>
   <si>
     <t>#7 Clarence Culp - P</t>
   </si>
   <si>
     <t>#32 Michael Brown - RB</t>
   </si>
   <si>
-    <t>NEW 23</t>
+    <t>Bos 23</t>
   </si>
   <si>
     <t>1-10-NE. 23 (13:04) 34-Lawrence Willems ran to NE. 27 for 4 yards. Tackle by 33-Bret Shelley.</t>
   </si>
   <si>
     <t>#65 Jack Kravitz - RT</t>
   </si>
   <si>
     <t>#67 Clarence Decoteau - DT</t>
   </si>
   <si>
     <t>#75 Jason Biron - RDE</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-6-NE. 27 (12:23) 34-Lawrence Willems ran to NE. 31 for 4 yards. Tackle by 54-Christopher Grover.</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-2-NE. 31 (11:41) 34-Lawrence Willems ran to NE. 33 for 1 yards. Tackle by 74-Charles Kruse.</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
-    <t>NEW 33</t>
+    <t>Bos 33</t>
   </si>
   <si>
     <t>4-1-NE. 33 (10:59) 11-William Kemble punts 50 yards to SEA 17. 87-Danny Porter to SEA 29 for 12 yards. Tackle by 22-Jeffrey Hale.</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>1-10-SEA 29 (10:51) 24-Herbert Olney ran to SEA 27 for -1 yards. Tackle by 43-William Black.</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal Zone Blitz</t>
   </si>
   <si>
     <t>2-11-SEA 27 (10:15) 14-Jose Thomas pass complete to 82-Manuel Teter to SEA 33 for 5 yards. Tackle by 22-Jeffrey Hale.</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>SEA 33</t>
   </si>
   <si>
     <t>3-6-SEA 33 (9:40) 14-Jose Thomas pass Pass knocked down by 51-Paul Haddox. incomplete, intended for 88-Howard Hancock.</t>
   </si>
   <si>
     <t>#88 Howard Hancock - WR</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>4-6-SEA 33 (9:38) 7-Clarence Culp punts 50 yards to NE. 17. Fair Catch by 82-Michael Brown.</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
-    <t>NEW 17</t>
+    <t>Bos 17</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-NE. 17 (9:31) 14-Stephen Barnett pass complete to 18-David Martin to NE. 29 for 11 yards. Tackle by 37-Samuel Dammann.</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-NE. 29 (8:52) 34-Lawrence Willems ran to NE. 31 for 3 yards. Tackle by 96-George Yancey.</t>
   </si>
   <si>
     <t>2-7-NE. 31 (8:12) 34-Lawrence Willems ran to NE. 39 for 8 yards. Tackle by 32-Jason Roesler.</t>
   </si>
   <si>
     <t>7:39</t>
   </si>
   <si>
-    <t>NEW 39</t>
+    <t>Bos 39</t>
   </si>
   <si>
     <t>1-10-NE. 39 (7:38) 14-Stephen Barnett pass complete to 34-Lawrence Willems to NE. 43 for 4 yards. Tackle by 48-Lawrence Turk.</t>
   </si>
   <si>
     <t>6:57</t>
   </si>
   <si>
     <t>2-6-NE. 43 (6:56) 27-William Ware ran to NE. 44 for 1 yards. Tackle by 62-Quintin McCoy.</t>
   </si>
   <si>
     <t>#48 James Barnes - FB</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
-    <t>NEW 44</t>
+    <t>Bos 44</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>3-5-NE. 44 (6:22) 34-Lawrence Willems ran to SEA 48 for 8 yards. Tackle by 28-John Jones.</t>
   </si>
   <si>
     <t>5:43</t>
   </si>
   <si>
     <t>SEA 48</t>
   </si>
   <si>
     <t>1-10-SEA 48 (5:42) PENALTY - False Start (NE. 25-Harold Whiting)</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
-    <t>NEW 47</t>
+    <t>Bos 47</t>
   </si>
   <si>
     <t>1-15-NE. 47 (5:42) 14-Stephen Barnett pass complete to 18-David Martin to SEA 49 for 4 yards. Tackle by 37-Samuel Dammann.</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>2-11-SEA 49 (5:08) 14-Stephen Barnett pass complete to 82-Michael Brown to SEA 33 for 16 yards. Tackle by 28-John Jones.</t>
   </si>
   <si>
     <t>4:28</t>
   </si>
   <si>
     <t>1-10-SEA 33 (4:27) 34-Lawrence Willems ran to SEA 28 for 5 yards. Tackle by 54-Christopher Grover.</t>
   </si>
   <si>
     <t>3:54</t>
   </si>
   <si>
     <t>2-5-SEA 28 (3:53) 34-Lawrence Willems ran to SEA 26 for 2 yards. Tackle by 74-Charles Kruse.</t>
   </si>
@@ -1556,84 +1556,84 @@
   <si>
     <t>1-10-SEA 25 (9:44) 14-Jose Thomas pass incomplete, intended for 24-Herbert Olney. SEA 49-David Hall was injured on the play.</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>2-10-SEA 25 (9:41) 24-Herbert Olney ran to SEA 32 for 7 yards. Tackle by 30-Timothy Guthrie.</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>3-3-SEA 32 (9:06) 24-Herbert Olney ran to SEA 34 for 2 yards. Tackle by 51-Paul Haddox.</t>
   </si>
   <si>
     <t>4-1-SEA 34 (8:29) 7-Clarence Culp punts 43 yards to NE. 22. Fair Catch by 82-Michael Brown.</t>
   </si>
   <si>
     <t>8:22</t>
   </si>
   <si>
-    <t>NEW 22</t>
+    <t>Bos 22</t>
   </si>
   <si>
     <t>1-10-NE. 22 (8:23) 34-Lawrence Willems ran to NE. 22 for a short gain. Tackle by 48-Lawrence Turk.</t>
   </si>
   <si>
     <t>2-10-NE. 22 (7:43) 34-Lawrence Willems ran to NE. 23 for 1 yards. Tackle by 54-Christopher Grover. PENALTY - Facemask (SEA 54-Christopher Grover)</t>
   </si>
   <si>
-    <t>NEW 38</t>
+    <t>Bos 38</t>
   </si>
   <si>
     <t>1-10-NE. 38 (7:40) 34-Lawrence Willems ran to NE. 35 for -4 yards. Tackle by 37-Samuel Dammann.</t>
   </si>
   <si>
     <t>7:02</t>
   </si>
   <si>
     <t>2-14-NE. 35 (7:01) 34-Lawrence Willems ran to NE. 30 for -4 yards. Tackle by 74-Charles Kruse.</t>
   </si>
   <si>
     <t>6:27</t>
   </si>
   <si>
-    <t>NEW 30</t>
+    <t>Bos 30</t>
   </si>
   <si>
     <t>3-18-NE. 30 (6:26) 34-Lawrence Willems ran to NE. 34 for 3 yards. Tackle by 96-George Yancey.</t>
   </si>
   <si>
     <t>5:47</t>
   </si>
   <si>
-    <t>NEW 34</t>
+    <t>Bos 34</t>
   </si>
   <si>
     <t>4-14-NE. 34 (5:46) 11-William Kemble punts 43 yards to SEA 23. Fair Catch by 87-Danny Porter.</t>
   </si>
   <si>
     <t>1-10-SEA 23 (5:40) 14-Jose Thomas pass incomplete, intended for 80-Eric Grigsby.</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>2-10-SEA 23 (5:37) 14-Jose Thomas pass INTERCEPTED by 22-Jeffrey Hale at SEA 32. 22-Jeffrey Hale to SEA 32 for -0 yards. Tackle by 82-Manuel Teter.</t>
   </si>
   <si>
     <t>1-10-SEA 32 (5:34) 34-Lawrence Willems ran to SEA 30 for 2 yards. Tackle by 62-Quintin McCoy. NE. 34-Lawrence Willems was injured on the play.</t>
   </si>
   <si>
     <t>4:55</t>
   </si>
   <si>
     <t>2-8-SEA 30 (4:54) 27-William Ware ran to SEA 24 for 7 yards. Tackle by 99-Albert Carpenter.</t>
   </si>
@@ -1682,126 +1682,126 @@
   <si>
     <t>1-10-SEA 25 (2:11) 14-Jose Thomas pass complete to 24-Herbert Olney to SEA 32 for 7 yards. Tackle by 22-Jeffrey Hale.</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>2-3-SEA 32 (2:00) 14-Jose Thomas pass complete to 82-Manuel Teter to SEA 32 for 1 yards. Tackle by 22-Jeffrey Hale. Pressure by 72-Russell Scriber.</t>
   </si>
   <si>
     <t>#81 Robert Wilson - WR</t>
   </si>
   <si>
     <t>3-3-SEA 32 (1:37) 14-Jose Thomas pass Pass knocked down by 92-Ronald Cole. incomplete, intended for 80-Eric Grigsby.</t>
   </si>
   <si>
     <t>1:32</t>
   </si>
   <si>
     <t>4-3-SEA 32 (1:33) 7-Clarence Culp punts 49 yards to NE. 19. 82-Michael Brown FUMBLES recovered by NE.-82-Michael Brown at NE. 18. Tackle by 37-Samuel Dammann.</t>
   </si>
   <si>
     <t>1:24</t>
   </si>
   <si>
-    <t>NEW 18</t>
+    <t>Bos 18</t>
   </si>
   <si>
     <t>1-10-NE. 18 (1:25) 34-Lawrence Willems ran to NE. 20 for 2 yards. Tackle by 73-Larry McMurray.</t>
   </si>
   <si>
     <t>1:23</t>
   </si>
   <si>
     <t>Timeout SEA</t>
   </si>
   <si>
     <t>1:19</t>
   </si>
   <si>
-    <t>NEW 20</t>
+    <t>Bos 20</t>
   </si>
   <si>
     <t>2-8-NE. 20 (1:20) 34-Lawrence Willems ran to NE. 20 for 1 yards. Tackle by 96-George Yancey.</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>1:14</t>
   </si>
   <si>
     <t>3-7-NE. 20 (1:15) 27-William Ware ran to NE. 21 for 1 yards. Tackle by 99-Albert Carpenter.</t>
   </si>
   <si>
     <t>1:13</t>
   </si>
   <si>
     <t>1:11</t>
   </si>
   <si>
-    <t>NEW 21</t>
+    <t>Bos 21</t>
   </si>
   <si>
     <t>4-7-NE. 21 (1:12) 11-William Kemble punts 48 yards to SEA 31. Fair Catch by 87-Danny Porter.</t>
   </si>
   <si>
     <t>1:04</t>
   </si>
   <si>
     <t>SEA 31</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-SEA 31 (1:05) 14-Jose Thomas pass Pass knocked down by 92-Ronald Cole. incomplete, intended for 80-Eric Grigsby.</t>
   </si>
   <si>
     <t>1:01</t>
   </si>
   <si>
     <t>2-10-SEA 31 (1:02) 14-Jose Thomas pass complete to 88-Howard Hancock to SEA 33 for 2 yards. Tackle by 37-Clifford Adams.</t>
   </si>
   <si>
     <t>0:44</t>
   </si>
   <si>
     <t>3-8-SEA 33 (0:43) 14-Jose Thomas pass Pass knocked down by 41-Adam Leyva. incomplete, intended for 87-Danny Porter.</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>4-8-SEA 33 (0:40) 7-Clarence Culp punts 51 yards to NE. 16. Fair Catch by 82-Michael Brown.</t>
   </si>
   <si>
     <t>0:32</t>
   </si>
   <si>
-    <t>NEW 16</t>
+    <t>Bos 16</t>
   </si>
   <si>
     <t>Victory</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>1-10-NE. 16 (0:33) 14-Stephen Barnett kneeled down to NE. 16 for -0 yards.</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>