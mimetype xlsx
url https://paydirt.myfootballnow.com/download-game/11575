--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -335,72 +335,72 @@
   <si>
     <t>#46 Quincy Freeman - SS</t>
   </si>
   <si>
     <t>#4 Dennis Hoagland - K</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-CIN 25 (15:00) 20-Gregg Rosenberg ran to CIN 30 for 5 yards. Tackle by 51-Richard Johnston.</t>
   </si>
   <si>
     <t>#8 Norman Sparks - QB</t>
   </si>
   <si>
-    <t>#20 Gregg Rosenberg - RB</t>
+    <t>#27 Gregg Rosenberg - RB</t>
   </si>
   <si>
     <t>#25 Oliver Lynn - FB</t>
   </si>
   <si>
-    <t>#66 Andy Thomas - LG</t>
-[...2 lines deleted...]
-    <t>#45 C.J. Uzomah - FB</t>
+    <t>#33 Andy Thomas - RB</t>
+  </si>
+  <si>
+    <t>#42 C.J. Uzomah - FB</t>
   </si>
   <si>
     <t>#89 Michael Lopez - TE</t>
   </si>
   <si>
-    <t>#55 Eric Carpenter - LT</t>
+    <t>#67 Eric Carpenter - LT</t>
   </si>
   <si>
     <t>#51 Matthew Kim - RG</t>
   </si>
   <si>
-    <t>#77 Justin Cochran - LT</t>
+    <t>#64 Justin Cochran - C</t>
   </si>
   <si>
     <t>#50 John Brassard - RG</t>
   </si>
   <si>
     <t>#73 James Hays - RT</t>
   </si>
   <si>
     <t>#90 Lawrence Wright - LDE</t>
   </si>
   <si>
     <t>#24 Douglas Hall - CB</t>
   </si>
   <si>
     <t>#97 Evan Blue - DT</t>
   </si>
   <si>
     <t>#96 Jason Riddick - LDE</t>
   </si>
   <si>
     <t>#93 Curtis Lamontagne - RDE</t>
   </si>
   <si>
     <t>#51 Richard Johnston - SLB</t>
   </si>
@@ -416,69 +416,69 @@
   <si>
     <t>#39 George Magness - CB</t>
   </si>
   <si>
     <t>#23 Sylvester Gutierrez - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>CIN 30</t>
   </si>
   <si>
     <t>I Formation Normal TE Flag</t>
   </si>
   <si>
     <t>4-3 Normal SS Blitz</t>
   </si>
   <si>
     <t>2-5-CIN 30 (14:18) 8-Norman Sparks pass complete to 87-C.J. Uzomah to NOS 37 for 33 yards. Tackle by 51-Richard Johnston. PENALTY - Offsides (NOS 97-Evan Blue) (Declined)</t>
   </si>
   <si>
     <t>#86 Reginald Randolph - WR</t>
   </si>
   <si>
-    <t>#22 Roger Cardenas - CB</t>
+    <t>#46 Roger Cardenas - CB</t>
   </si>
   <si>
     <t>#26 David Joyner - FS</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>NOS 37</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-NOS 37 (14:13) 8-Norman Sparks pass incomplete, intended for 80-Michael Lopez. 43-George Magness got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#24 Johnnie Benson - SS</t>
+    <t>#40 Johnnie Benson - SS</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-NOS 37 (14:10) 8-Norman Sparks pass complete to 34-Andy Thomas to NOS 32 for 5 yards. Tackle by 95-Adolph Lynch.</t>
   </si>
   <si>
     <t>#1 Ja'Marr Chase - WR</t>
   </si>
   <si>
     <t>#53 Scott Powell - SLB</t>
   </si>
   <si>
     <t>#22 Sam Coley - CB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>#62 Richard Johnson - RG</t>
   </si>
   <si>
     <t>#75 Jerry Dennison - RT</t>
   </si>
   <si>
     <t>#20 Vito Davis - RB</t>
   </si>
   <si>
     <t>#46 Gabriel Clark - FB</t>
   </si>
   <si>
     <t>#72 Levi Hartzell - LT</t>
   </si>
   <si>
     <t>#61 Robert Large - C</t>
   </si>
   <si>
     <t>#82 Mac Pagan - FB</t>
   </si>
   <si>
     <t>#85 Chris Carper - TE</t>
   </si>
   <si>
-    <t>#70 Charlie Spooner - RT</t>
+    <t>#70 Charlie Spooner - LT</t>
   </si>
   <si>
     <t>#71 Mark Ray - LT</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>(10:51) 17-Marshall Michaud kicks 75 yards from CIN 35 to NOS -10. Touchback.</t>
   </si>
   <si>
     <t>#14 Thomas Taplin - WR</t>
   </si>
   <si>
     <t>#27 John Turner - CB</t>
   </si>
   <si>
     <t>#21 Steven Calkins - CB</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
@@ -872,51 +872,51 @@
   <si>
     <t>3-3-NOS 31 (3:07) 6-Kenneth Ballard pass complete to 82-Carl Powell for 69 yards. TOUCHDOWN! CIN 78-Nathan Whiting was injured on the play. He looks like he should be able to return. CIN 3 NOS 6</t>
   </si>
   <si>
     <t>#12 Carl Powell - WR</t>
   </si>
   <si>
     <t>#49 Anthony Ortiz - CB</t>
   </si>
   <si>
     <t>2:56</t>
   </si>
   <si>
     <t>CIN 15</t>
   </si>
   <si>
     <t>(2:57) Extra point GOOD by 4-Dennis Hoagland. CIN 3 NOS 7</t>
   </si>
   <si>
     <t>#9 Mark Middaugh - QB</t>
   </si>
   <si>
     <t>#94 Christopher Langan - RDE</t>
   </si>
   <si>
-    <t>#93 Joshua Burton - RDE</t>
+    <t>#93 Joshua Burton - SLB</t>
   </si>
   <si>
     <t>(2:57) 4-Dennis Hoagland kicks 67 yards from NOS 35 to CIN -2. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-CIN 25 (2:57) 8-Norman Sparks pass Pass knocked down by 38-Seth Morgan. incomplete, intended for 81-Carl Pickens.</t>
   </si>
   <si>
     <t>2:52</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>2-10-CIN 25 (2:53) 8-Norman Sparks sacked at CIN 14 for -11 yards (92-Lawrence Wright). Sack allowed by 73-James Hays.</t>
   </si>
   <si>
     <t>2:13</t>
   </si>
   <si>
     <t>CIN 14</t>
   </si>