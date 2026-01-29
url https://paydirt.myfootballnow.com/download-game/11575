--- v1 (2025-12-13)
+++ v2 (2026-01-29)
@@ -341,99 +341,99 @@
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-CIN 25 (15:00) 20-Gregg Rosenberg ran to CIN 30 for 5 yards. Tackle by 51-Richard Johnston.</t>
   </si>
   <si>
     <t>#8 Norman Sparks - QB</t>
   </si>
   <si>
     <t>#27 Gregg Rosenberg - RB</t>
   </si>
   <si>
     <t>#25 Oliver Lynn - FB</t>
   </si>
   <si>
-    <t>#33 Andy Thomas - RB</t>
+    <t>#80 Andy Thomas - WR</t>
   </si>
   <si>
     <t>#42 C.J. Uzomah - FB</t>
   </si>
   <si>
     <t>#89 Michael Lopez - TE</t>
   </si>
   <si>
     <t>#67 Eric Carpenter - LT</t>
   </si>
   <si>
     <t>#51 Matthew Kim - RG</t>
   </si>
   <si>
     <t>#64 Justin Cochran - C</t>
   </si>
   <si>
     <t>#50 John Brassard - RG</t>
   </si>
   <si>
     <t>#73 James Hays - RT</t>
   </si>
   <si>
     <t>#90 Lawrence Wright - LDE</t>
   </si>
   <si>
     <t>#24 Douglas Hall - CB</t>
   </si>
   <si>
     <t>#97 Evan Blue - DT</t>
   </si>
   <si>
     <t>#96 Jason Riddick - LDE</t>
   </si>
   <si>
     <t>#93 Curtis Lamontagne - RDE</t>
   </si>
   <si>
-    <t>#51 Richard Johnston - SLB</t>
+    <t>#55 Richard Johnston - SLB</t>
   </si>
   <si>
     <t>#59 William Paul - MLB</t>
   </si>
   <si>
     <t>#95 Adolph Lynch - WLB</t>
   </si>
   <si>
-    <t>#31 Seth Morgan - CB</t>
+    <t>#29 Seth Morgan - CB</t>
   </si>
   <si>
     <t>#39 George Magness - CB</t>
   </si>
   <si>
     <t>#23 Sylvester Gutierrez - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>CIN 30</t>
   </si>
   <si>
     <t>I Formation Normal TE Flag</t>
   </si>
   <si>
     <t>4-3 Normal SS Blitz</t>
   </si>
   <si>
     <t>2-5-CIN 30 (14:18) 8-Norman Sparks pass complete to 87-C.J. Uzomah to NOS 37 for 33 yards. Tackle by 51-Richard Johnston. PENALTY - Offsides (NOS 97-Evan Blue) (Declined)</t>
   </si>
   <si>
     <t>#86 Reginald Randolph - WR</t>
   </si>
@@ -872,51 +872,51 @@
   <si>
     <t>3-3-NOS 31 (3:07) 6-Kenneth Ballard pass complete to 82-Carl Powell for 69 yards. TOUCHDOWN! CIN 78-Nathan Whiting was injured on the play. He looks like he should be able to return. CIN 3 NOS 6</t>
   </si>
   <si>
     <t>#12 Carl Powell - WR</t>
   </si>
   <si>
     <t>#49 Anthony Ortiz - CB</t>
   </si>
   <si>
     <t>2:56</t>
   </si>
   <si>
     <t>CIN 15</t>
   </si>
   <si>
     <t>(2:57) Extra point GOOD by 4-Dennis Hoagland. CIN 3 NOS 7</t>
   </si>
   <si>
     <t>#9 Mark Middaugh - QB</t>
   </si>
   <si>
     <t>#94 Christopher Langan - RDE</t>
   </si>
   <si>
-    <t>#93 Joshua Burton - SLB</t>
+    <t>#43 Joshua Burton - SS</t>
   </si>
   <si>
     <t>(2:57) 4-Dennis Hoagland kicks 67 yards from NOS 35 to CIN -2. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-CIN 25 (2:57) 8-Norman Sparks pass Pass knocked down by 38-Seth Morgan. incomplete, intended for 81-Carl Pickens.</t>
   </si>
   <si>
     <t>2:52</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>2-10-CIN 25 (2:53) 8-Norman Sparks sacked at CIN 14 for -11 yards (92-Lawrence Wright). Sack allowed by 73-James Hays.</t>
   </si>
   <si>
     <t>2:13</t>
   </si>
   <si>
     <t>CIN 14</t>
   </si>
@@ -1322,51 +1322,51 @@
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 17-Marshall Michaud kicks 73 yards from CIN 35 to NOS -8. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-NOS 25 (15:00) 20-Vito Davis ran to NOS 24 for -1 yards. Tackle by 44-James Crook. CIN 51-Larry Coleman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#76 Claude Bowen - RDE</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>2-11-NOS 24 (14:17) 20-Vito Davis ran to NOS 32 for 9 yards. Tackle by 46-Quincy Freeman.</t>
   </si>
   <si>
-    <t>#90 Wayne Black - WLB</t>
+    <t>#55 Wayne Black - WLB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>3-3-NOS 32 (13:41) 49-Herman Hillard ran to NOS 34 for 1 yards. Tackle by 49-Anthony Ortiz.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>NOS 34</t>
   </si>
   <si>
     <t>4-1-NOS 34 (13:02) 14-Ronald Miller punts 47 yards to CIN 20. Fair Catch by 14-Carlos Simpkins.</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>1-10-CIN 20 (12:55) 14-Carlos Simpkins ran to CIN 16 for -3 yards. Tackle by 93-Douglas Hall.</t>
   </si>