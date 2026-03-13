--- v2 (2026-01-29)
+++ v3 (2026-03-13)
@@ -1352,51 +1352,51 @@
   <si>
     <t>3-3-NOS 32 (13:41) 49-Herman Hillard ran to NOS 34 for 1 yards. Tackle by 49-Anthony Ortiz.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>NOS 34</t>
   </si>
   <si>
     <t>4-1-NOS 34 (13:02) 14-Ronald Miller punts 47 yards to CIN 20. Fair Catch by 14-Carlos Simpkins.</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>1-10-CIN 20 (12:55) 14-Carlos Simpkins ran to CIN 16 for -3 yards. Tackle by 93-Douglas Hall.</t>
   </si>
   <si>
     <t>#2 Robert Hardy - QB</t>
   </si>
   <si>
-    <t>#77 Andrew Harrington - LG</t>
+    <t>#77 Andrew Harrington - RB</t>
   </si>
   <si>
     <t>#51 Arthur Driscoll - LT</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>CIN 16</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>2-13-CIN 16 (12:20) 2-Robert Hardy pass complete to 31-Cedric Benson to CIN 40 for 24 yards. Tackle by 28-Roger Cardenas. 31-Cedric Benson did some fancy footwork there.</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>CIN 40</t>
   </si>
   <si>
     <t>1-10-CIN 40 (11:40) 2-Robert Hardy pass incomplete, dropped by 80-Michael Lopez. Excellent coverage on that play.</t>
   </si>