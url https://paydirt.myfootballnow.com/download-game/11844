--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -494,75 +494,75 @@
   <si>
     <t>#79 Kenneth Sewell - DT</t>
   </si>
   <si>
     <t>#76 Mitchel Whitehorn - MLB</t>
   </si>
   <si>
     <t>#56 Robert Hilton - CB</t>
   </si>
   <si>
     <t>14:01</t>
   </si>
   <si>
     <t>BAL 36</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-BAL 36 (14:02) 13-Mark Fidler pass Pass knocked down by 27-Joseph Brooks. incomplete, intended for 23-Vernon Chavez.</t>
   </si>
   <si>
-    <t>#13 Mark Fidler - QB</t>
+    <t>#4 Mark Fidler - QB</t>
   </si>
   <si>
     <t>#35 Michael Navarro - RB</t>
   </si>
   <si>
     <t>#38 David Theriault - FB</t>
   </si>
   <si>
     <t>#86 Byron Zander - TE</t>
   </si>
   <si>
     <t>#89 Vernon Chavez - WR</t>
   </si>
   <si>
     <t>#60 John Hinkle - LG</t>
   </si>
   <si>
     <t>#57 Lewis White - RT</t>
   </si>
   <si>
     <t>#50 Lance Harrah - C</t>
   </si>
   <si>
-    <t>#78 Michael Campbell - LG</t>
+    <t>#78 Michael Campbell - RG</t>
   </si>
   <si>
     <t>#69 Richard Howard - RG</t>
   </si>
   <si>
     <t>#54 Brian Becnel - RDE</t>
   </si>
   <si>
     <t>#61 Jeremy Brown - DT</t>
   </si>
   <si>
     <t>#92 Ivan Rosborough - LDE</t>
   </si>
   <si>
     <t>#91 Charles Mazzella - LDE</t>
   </si>
   <si>
     <t>#36 Allen Robertson - SLB</t>
   </si>
   <si>
     <t>#76 Larry Allen - MLB</t>
   </si>
   <si>
     <t>#27 Joseph Brooks - SS</t>
   </si>