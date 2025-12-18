--- v1 (2025-11-27)
+++ v2 (2025-12-18)
@@ -398,51 +398,51 @@
   <si>
     <t>#96 Joseph McLoud - RDE</t>
   </si>
   <si>
     <t>#92 Todd Skelly - RDE</t>
   </si>
   <si>
     <t>#91 William Dominquez - MLB</t>
   </si>
   <si>
     <t>#50 John Nutting - RDE</t>
   </si>
   <si>
     <t>#48 Aaron Cartwright - SLB</t>
   </si>
   <si>
     <t>#40 Anthony Leonard - CB</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
     <t>#37 Ronald Waldrop - SS</t>
   </si>
   <si>
-    <t>#33 William Preston - SS</t>
+    <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>ARZ 21</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-11-ARZ 21 (14:15) 2-Charles Dunklin pass Pass knocked down by 55-Anthony Leonard. incomplete, intended for 10-John Pickel.</t>
   </si>
   <si>
     <t>#53 Curtis Robertson - SLB</t>
   </si>
   <si>
     <t>#97 Daniel Quintanilla - MLB</t>
   </si>
   <si>
     <t>#94 Harry Dodd - WLB</t>
   </si>