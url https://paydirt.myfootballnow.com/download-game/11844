--- v2 (2025-12-18)
+++ v3 (2026-02-05)
@@ -395,51 +395,51 @@
   <si>
     <t>#74 Darryl Giambrone - DT</t>
   </si>
   <si>
     <t>#96 Joseph McLoud - RDE</t>
   </si>
   <si>
     <t>#92 Todd Skelly - RDE</t>
   </si>
   <si>
     <t>#91 William Dominquez - MLB</t>
   </si>
   <si>
     <t>#50 John Nutting - RDE</t>
   </si>
   <si>
     <t>#48 Aaron Cartwright - SLB</t>
   </si>
   <si>
     <t>#40 Anthony Leonard - CB</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
-    <t>#37 Ronald Waldrop - SS</t>
+    <t>#41 Ronald Waldrop - SS</t>
   </si>
   <si>
     <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>ARZ 21</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-11-ARZ 21 (14:15) 2-Charles Dunklin pass Pass knocked down by 55-Anthony Leonard. incomplete, intended for 10-John Pickel.</t>
   </si>
   <si>
     <t>#53 Curtis Robertson - SLB</t>
   </si>
   <si>
     <t>#97 Daniel Quintanilla - MLB</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>#4 Mark Fidler - QB</t>
   </si>
   <si>
     <t>#35 Michael Navarro - RB</t>
   </si>
   <si>
     <t>#38 David Theriault - FB</t>
   </si>
   <si>
     <t>#86 Byron Zander - TE</t>
   </si>
   <si>
     <t>#89 Vernon Chavez - WR</t>
   </si>
   <si>
     <t>#60 John Hinkle - LG</t>
   </si>
   <si>
     <t>#57 Lewis White - RT</t>
   </si>
   <si>
     <t>#50 Lance Harrah - C</t>
   </si>
   <si>
-    <t>#78 Michael Campbell - RG</t>
+    <t>#78 Michael Campbell - RT</t>
   </si>
   <si>
     <t>#69 Richard Howard - RG</t>
   </si>
   <si>
     <t>#54 Brian Becnel - RDE</t>
   </si>
   <si>
     <t>#61 Jeremy Brown - DT</t>
   </si>
   <si>
     <t>#92 Ivan Rosborough - LDE</t>
   </si>
   <si>
     <t>#91 Charles Mazzella - LDE</t>
   </si>
   <si>
     <t>#36 Allen Robertson - SLB</t>
   </si>
   <si>
     <t>#76 Larry Allen - MLB</t>
   </si>
   <si>
     <t>#27 Joseph Brooks - SS</t>
   </si>