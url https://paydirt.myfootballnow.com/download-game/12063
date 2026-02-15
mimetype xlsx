--- v0 (2025-10-18)
+++ v1 (2026-02-15)
@@ -356,72 +356,72 @@
   <si>
     <t>#8 Frank Glenn - QB</t>
   </si>
   <si>
     <t>#86 Raul Kirby - TE</t>
   </si>
   <si>
     <t>#15 Roscoe Lay - WR</t>
   </si>
   <si>
     <t>#80 Aaron Rodriguez - WR</t>
   </si>
   <si>
     <t>#12 Roy Smith - WR</t>
   </si>
   <si>
     <t>#67 Steven Caldera - LT</t>
   </si>
   <si>
     <t>#62 Robin Allen - LG</t>
   </si>
   <si>
     <t>#68 Antonio Clayton - C</t>
   </si>
   <si>
-    <t>#75 Harold Culp - RT</t>
+    <t>#78 Harold Culp - RT</t>
   </si>
   <si>
     <t>#77 William Wessels - RT</t>
   </si>
   <si>
     <t>#53 Darrell Orr - RDE</t>
   </si>
   <si>
     <t>#51 Diego Johnstone - DT</t>
   </si>
   <si>
     <t>#90 John Euler - DT</t>
   </si>
   <si>
     <t>#91 Miles Taylor - RDE</t>
   </si>
   <si>
     <t>#56 Christopher Parsons - MLB</t>
   </si>
   <si>
-    <t>#92 Edward Murphy - RDE</t>
+    <t>#92 Edward Murphy - LDE</t>
   </si>
   <si>
     <t>#28 George Stephens - CB</t>
   </si>
   <si>
     <t>#21 Donald Boykin - CB</t>
   </si>
   <si>
     <t>#27 John Smither - SS</t>
   </si>
   <si>
     <t>#31 Nathan Hayes - CB</t>
   </si>
   <si>
     <t>#47 Larry Beals - CB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>DEN 44</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
@@ -479,180 +479,180 @@
   <si>
     <t>#47 James Hawkins - FB</t>
   </si>
   <si>
     <t>#77 Benjamin Barker - RDE</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>KC. 50</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-KC. 50 (12:50) 9-Carlos Kott punts 50 yards to KC. 0.4-4-KC. 50 (12:50) 9-Carlos Kott punts 50 yards to KC. 0. Touchback.</t>
   </si>
   <si>
     <t>#74 William Hunsaker - C</t>
   </si>
   <si>
-    <t>#13 Byron Wilson - WR</t>
+    <t>#19 Byron Wilson - WR</t>
   </si>
   <si>
     <t>#46 Lane Flavin - WLB</t>
   </si>
   <si>
     <t>#78 James Ellis - DT</t>
   </si>
   <si>
-    <t>#61 Jose Grover - LG</t>
+    <t>#67 Jose Grover - LG</t>
   </si>
   <si>
     <t>#70 Lester Burns - RT</t>
   </si>
   <si>
     <t>#40 Peter Hughes - LDE</t>
   </si>
   <si>
-    <t>#45 Michael Smith - WLB</t>
+    <t>#53 Michael Smith - WLB</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>KC. 20</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-KC. 20 (12:41) 17-Christopher Simon sacked at KC. 11 for -9 yards (94-Timothy Evans). Sack allowed by 55-Clarence Martin.</t>
   </si>
   <si>
-    <t>#17 Christopher Simon - QB</t>
+    <t>#6 Christopher Simon - QB</t>
   </si>
   <si>
     <t>#36 Keith Reynolds - RB</t>
   </si>
   <si>
     <t>#88 Thomas Scotti - TE</t>
   </si>
   <si>
     <t>#89 Brendan Cornish - WR</t>
   </si>
   <si>
     <t>#18 Thomas Graham - WR</t>
   </si>
   <si>
     <t>#56 Randall Martinez - C</t>
   </si>
   <si>
     <t>#69 Kenneth Ford - LG</t>
   </si>
   <si>
     <t>#51 Kenneth Rollo - C</t>
   </si>
   <si>
     <t>#55 Clarence Martin - LT</t>
   </si>
   <si>
-    <t>#81 Christopher Shumate - LT</t>
+    <t>#73 Christopher Shumate - LT</t>
   </si>
   <si>
     <t>#49 Timothy Evans - SS</t>
   </si>
   <si>
-    <t>#93 Roy Hernandez - RDE</t>
+    <t>#93 Roy Hernandez - DT</t>
   </si>
   <si>
     <t>#36 Roy Edwards - SS</t>
   </si>
   <si>
-    <t>#49 David Sill - SS</t>
+    <t>#29 David Sill - CB</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>KC. 11</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>2-19-KC. 11 (12:06) 17-Christopher Simon pass complete to 8-Paul Sell to KC. 16 for 6 yards. Tackle by 24-Tony Patton.</t>
   </si>
   <si>
-    <t>#26 Jason McKinney - RB</t>
+    <t>#26 Jason McKinney - WR</t>
   </si>
   <si>
     <t>#49 Jason Mosley - FB</t>
   </si>
   <si>
-    <t>#77 Andrew Harrington - LG</t>
+    <t>#77 Andrew Harrington - RB</t>
   </si>
   <si>
     <t>#12 Joshua Keith - WR</t>
   </si>
   <si>
     <t>#8 Paul Sell - WR</t>
   </si>
   <si>
     <t>#90 Joseph Herman - SLB</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>KC. 16</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Strong Blitz Outside</t>
   </si>
   <si>
     <t>3-14-KC. 16 (11:21) 17-Christopher Simon pass complete to 9-Byron Wilson to KC. 23 for 7 yards. Tackle by 91-Roy Hernandez.</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>KC. 23</t>
   </si>
   <si>
     <t>4-7-KC. 23 (10:47) 1-Darren Middleton punts 45 yards to DEN 32. Fair Catch by 25-Scot Aquino.</t>
   </si>
   <si>
-    <t>#1 Darren Middleton - P</t>
+    <t>#3 Darren Middleton - P</t>
   </si>
   <si>
     <t>#59 Horacio Murrin - LG</t>
   </si>
   <si>
     <t>#54 Lyle Taylor - LG</t>
   </si>
   <si>
     <t>#67 Robert Soliz - RG</t>
   </si>
   <si>
     <t>#71 Chris Halliburton - LDE</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>DEN 32</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -1343,57 +1343,57 @@
   <si>
     <t>2-10-KC. 25 (14:27) 17-Christopher Simon pass incomplete, intended for 9-Byron Wilson. PENALTY - Pass Interference (DEN 20-John Gump)</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-KC. 30 (14:24) 37-Jason Mosley ran to KC. 42 for 12 yards. Tackle by 38-Brian Wold.</t>
   </si>
   <si>
     <t>KC. 42</t>
   </si>
   <si>
     <t>1-10-KC. 42 (13:40) 17-Christopher Simon pass complete to 88-Thomas Scotti to DEN 33 for 25 yards. Tackle by 54-Alex Singleton. DEN 20-John Gump was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>1-10-DEN 33 (12:58) 17-Christopher Simon pass Pass knocked down by 24-Tony Patton. incomplete, intended for 8-Paul Sell.</t>
   </si>
   <si>
-    <t>#64 Miguel Hughes - C</t>
-[...5 lines deleted...]
-    <t>#58 Joseph Smith - SLB</t>
+    <t>#66 Miguel Hughes - LT</t>
+  </si>
+  <si>
+    <t>#42 Earl Kozlowski - FS</t>
+  </si>
+  <si>
+    <t>#94 Joseph Smith - SLB</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>2-10-DEN 33 (12:55) 37-Jason Mosley ran to DEN 34 for -1 yards. Tackle by 92-Harold Brown.</t>
   </si>
   <si>
     <t>DEN 34</t>
   </si>
   <si>
     <t>3-11-DEN 34 (12:18) 36-Keith Reynolds ran to DEN 24 for 9 yards. Tackle by 24-David Sill.</t>
   </si>
   <si>
     <t>DEN 24</t>
   </si>
   <si>
     <t>4-1-DEN 24 (11:37) 3-Conrad Stahl 42 yard field goal is GOOD. DEN 13 KC. 3</t>
   </si>
   <si>
     <t>#18 Jeffrey Wilkerson - QB</t>
   </si>
@@ -2254,51 +2254,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="321.921" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>