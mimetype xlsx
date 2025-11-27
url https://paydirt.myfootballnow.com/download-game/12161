--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -332,66 +332,66 @@
   <si>
     <t>#33 William Preston - SS</t>
   </si>
   <si>
     <t>#99 Alex Gaudet - RDE</t>
   </si>
   <si>
     <t>#4 Dennis Hoagland - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BAL 25 (15:00) 13-Mark Fidler pass complete to 86-Byron Zander to BAL 30 for 5 yards. Tackle by 59-Scott Powell. PENALTY - Holding (BAL 78-Michael Campbell)</t>
   </si>
   <si>
-    <t>#13 Mark Fidler - QB</t>
+    <t>#4 Mark Fidler - QB</t>
   </si>
   <si>
     <t>#44 Tim Meadows - RB</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
     <t>#86 Byron Zander - TE</t>
   </si>
   <si>
     <t>#60 John Hinkle - LG</t>
   </si>
   <si>
-    <t>#78 Michael Campbell - LG</t>
+    <t>#78 Michael Campbell - RG</t>
   </si>
   <si>
     <t>#65 Bruce Porter - C</t>
   </si>
   <si>
     <t>#72 Glenn Knight - LG</t>
   </si>
   <si>
     <t>#57 Lewis White - RT</t>
   </si>
   <si>
     <t>#90 Lawrence Wright - LDE</t>
   </si>
   <si>
     <t>#99 Steven Early - DT</t>
   </si>
   <si>
     <t>#77 Steven Stephens - DT</t>
   </si>
   <si>
     <t>#93 Curtis Lamontagne - RDE</t>
   </si>
   <si>
     <t>#51 Richard Johnston - SLB</t>
   </si>