--- v1 (2025-11-27)
+++ v2 (2025-12-18)
@@ -308,51 +308,51 @@
   <si>
     <t>#89 Vernon Chavez - WR</t>
   </si>
   <si>
     <t>#96 Joseph McLoud - RDE</t>
   </si>
   <si>
     <t>#46 James Walton - FS</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
     <t>#37 Ronald Waldrop - SS</t>
   </si>
   <si>
     <t>#48 David Wise - CB</t>
   </si>
   <si>
     <t>#50 John Nutting - RDE</t>
   </si>
   <si>
     <t>#94 Harry Dodd - WLB</t>
   </si>
   <si>
-    <t>#33 William Preston - SS</t>
+    <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>#99 Alex Gaudet - RDE</t>
   </si>
   <si>
     <t>#4 Dennis Hoagland - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BAL 25 (15:00) 13-Mark Fidler pass complete to 86-Byron Zander to BAL 30 for 5 yards. Tackle by 59-Scott Powell. PENALTY - Holding (BAL 78-Michael Campbell)</t>
   </si>
   <si>
     <t>#4 Mark Fidler - QB</t>
   </si>
@@ -812,51 +812,51 @@
   <si>
     <t>#32 Buster Patterson - RB</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>4-14-NOS 44 (3:37) 16-Samuel Thomas punts 40 yards to NOS 4.</t>
   </si>
   <si>
     <t>3:27</t>
   </si>
   <si>
     <t>NOS 4</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NOS 4 (3:28) 6-Kenneth Ballard pass complete to 18-William Seddon to NOS 23 for 20 yards. Tackle by 3-David Wise.</t>
   </si>
   <si>
-    <t>#64 James Bateman - C</t>
+    <t>#62 James Bateman - C</t>
   </si>
   <si>
     <t>2:52</t>
   </si>
   <si>
     <t>NOS 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-NOS 23 (2:51) 11-Joe Chapman ran to NOS 45 for 21 yards. Tackle by 33-William Preston.</t>
   </si>
   <si>
     <t>2:15</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-NOS 45 (2:14) 20-Vito Davis ran to NOS 47 for 2 yards. Tackle by 67-John Ray.</t>
   </si>
   <si>
     <t>1:32</t>
   </si>