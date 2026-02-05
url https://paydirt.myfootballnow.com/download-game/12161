--- v2 (2025-12-18)
+++ v3 (2026-02-05)
@@ -296,138 +296,138 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Dennis Hoagland kicks 74 yards from NOS 35 to BAL -9. Touchback.</t>
   </si>
   <si>
     <t>#17 Wayne Cooper - WR</t>
   </si>
   <si>
     <t>#89 Vernon Chavez - WR</t>
   </si>
   <si>
     <t>#96 Joseph McLoud - RDE</t>
   </si>
   <si>
     <t>#46 James Walton - FS</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
-    <t>#37 Ronald Waldrop - SS</t>
+    <t>#41 Ronald Waldrop - SS</t>
   </si>
   <si>
     <t>#48 David Wise - CB</t>
   </si>
   <si>
     <t>#50 John Nutting - RDE</t>
   </si>
   <si>
     <t>#94 Harry Dodd - WLB</t>
   </si>
   <si>
     <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>#99 Alex Gaudet - RDE</t>
   </si>
   <si>
     <t>#4 Dennis Hoagland - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BAL 25 (15:00) 13-Mark Fidler pass complete to 86-Byron Zander to BAL 30 for 5 yards. Tackle by 59-Scott Powell. PENALTY - Holding (BAL 78-Michael Campbell)</t>
   </si>
   <si>
     <t>#4 Mark Fidler - QB</t>
   </si>
   <si>
     <t>#44 Tim Meadows - RB</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
     <t>#86 Byron Zander - TE</t>
   </si>
   <si>
     <t>#60 John Hinkle - LG</t>
   </si>
   <si>
-    <t>#78 Michael Campbell - RG</t>
+    <t>#78 Michael Campbell - RT</t>
   </si>
   <si>
     <t>#65 Bruce Porter - C</t>
   </si>
   <si>
     <t>#72 Glenn Knight - LG</t>
   </si>
   <si>
     <t>#57 Lewis White - RT</t>
   </si>
   <si>
     <t>#90 Lawrence Wright - LDE</t>
   </si>
   <si>
     <t>#99 Steven Early - DT</t>
   </si>
   <si>
     <t>#77 Steven Stephens - DT</t>
   </si>
   <si>
     <t>#93 Curtis Lamontagne - RDE</t>
   </si>
   <si>
-    <t>#51 Richard Johnston - SLB</t>
+    <t>#55 Richard Johnston - SLB</t>
   </si>
   <si>
     <t>#53 Scott Powell - SLB</t>
   </si>
   <si>
     <t>#46 Roger Cardenas - CB</t>
   </si>
   <si>
     <t>#39 George Magness - CB</t>
   </si>
   <si>
-    <t>#31 Seth Morgan - CB</t>
+    <t>#29 Seth Morgan - CB</t>
   </si>
   <si>
     <t>#23 Sylvester Gutierrez - SS</t>
   </si>
   <si>
     <t>#26 David Joyner - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>BAL 15</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>1-20-BAL 15 (14:57) 44-Tim Meadows ran to BAL 17 for 2 yards. Tackle by 40-Jack Jones. BAL 34-Lino Cintron was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#65 Lino Cintron - C</t>
   </si>