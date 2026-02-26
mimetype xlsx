--- v3 (2026-02-05)
+++ v4 (2026-02-26)
@@ -548,51 +548,51 @@
   <si>
     <t>#85 Chris Carper - TE</t>
   </si>
   <si>
     <t>#18 William Seddon - WR</t>
   </si>
   <si>
     <t>#66 Matthew Thornton - LG</t>
   </si>
   <si>
     <t>#67 Tyrone Walker - RG</t>
   </si>
   <si>
     <t>#70 Charlie Spooner - LT</t>
   </si>
   <si>
     <t>#67 John Ray - RDE</t>
   </si>
   <si>
     <t>#79 Kenneth Sewell - DT</t>
   </si>
   <si>
     <t>#92 Todd Skelly - RDE</t>
   </si>
   <si>
-    <t>#62 Ronnie Ferrante - MLB</t>
+    <t>#62 Ronnie Ferrante - SLB</t>
   </si>
   <si>
     <t>#97 Daniel Quintanilla - MLB</t>
   </si>
   <si>
     <t>#1 Johnny Garner - CB</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-10-NOS 34 (12:47) 20-Vito Davis ran to NOS 32 for -2 yards. Tackle by 98-Harry Dodd.</t>
   </si>
   <si>
     <t>#12 Carl Powell - WR</t>
   </si>
   <si>
     <t>12:12</t>
   </si>