--- v0 (2025-10-16)
+++ v1 (2026-02-13)
@@ -293,126 +293,126 @@
   <si>
     <t>OAK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Richard Nelson kicks 71 yards from OAK 35 to BAL -6. 17-Wayne Cooper to BAL 32 for 38 yards. Tackle by 38-Gary Watson.</t>
   </si>
   <si>
     <t>#17 Wayne Cooper - WR</t>
   </si>
   <si>
     <t>#92 Todd Skelly - RDE</t>
   </si>
   <si>
     <t>#89 Vernon Chavez - WR</t>
   </si>
   <si>
     <t>#46 James Walton - FS</t>
   </si>
   <si>
-    <t>#33 William Preston - SS</t>
-[...2 lines deleted...]
-    <t>#37 Ronald Waldrop - SS</t>
+    <t>#30 William Preston - SS</t>
+  </si>
+  <si>
+    <t>#41 Ronald Waldrop - SS</t>
   </si>
   <si>
     <t>#27 Gary Shaver - CB</t>
   </si>
   <si>
     <t>#50 John Nutting - RDE</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
     <t>#79 Kenneth Sewell - DT</t>
   </si>
   <si>
     <t>#96 Joseph McLoud - RDE</t>
   </si>
   <si>
     <t>#4 Richard Nelson - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>BAL 32</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BAL 32 (14:54) 13-Mark Fidler pass complete to 81-Paul Rodriguez to BAL 35 for 3 yards. Tackle by 55-Steven Turner.</t>
   </si>
   <si>
-    <t>#13 Mark Fidler - QB</t>
+    <t>#4 Mark Fidler - QB</t>
   </si>
   <si>
     <t>#44 Tim Meadows - RB</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
     <t>#10 Donald Augustine - WR</t>
   </si>
   <si>
     <t>#89 Brendan Cornish - WR</t>
   </si>
   <si>
-    <t>#78 Michael Campbell - LG</t>
+    <t>#78 Michael Campbell - RT</t>
   </si>
   <si>
     <t>#60 John Hinkle - LG</t>
   </si>
   <si>
     <t>#65 Bruce Porter - C</t>
   </si>
   <si>
     <t>#69 Richard Howard - RG</t>
   </si>
   <si>
     <t>#57 Lewis White - RT</t>
   </si>
   <si>
     <t>#61 Brian Hampton - LDE</t>
   </si>
   <si>
-    <t>#71 William Cook - DT</t>
+    <t>#52 William Cook - DT</t>
   </si>
   <si>
     <t>#77 Daniel Newsome - RDE</t>
   </si>
   <si>
     <t>#52 Steve Piscitelli - SLB</t>
   </si>
   <si>
     <t>#96 Charles Macklin - DT</t>
   </si>
   <si>
     <t>#55 Steven Turner - MLB</t>
   </si>
   <si>
     <t>#25 Roland Beck - CB</t>
   </si>
   <si>
     <t>#24 Juan Wagner - CB</t>
   </si>
   <si>
     <t>#27 Mike Hauck - CB</t>
   </si>
   <si>
     <t>#44 David Cross - SS</t>
   </si>
@@ -449,144 +449,144 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-BAL 35 (14:10) 14-Ronald Miller punts 46 yards to OAK 19. Fair Catch by 89-Jordan McKinney.</t>
   </si>
   <si>
     <t>#14 Ronald Miller - P</t>
   </si>
   <si>
     <t>#71 Kenneth Johnson - LG</t>
   </si>
   <si>
     <t>#18 Jordan McKinney - WR</t>
   </si>
   <si>
     <t>#93 Gordon Bartling - LDE</t>
   </si>
   <si>
     <t>#59 Robert Brown - MLB</t>
   </si>
   <si>
-    <t>#99 Michael Neely - DT</t>
+    <t>#76 Michael Neely - DT</t>
   </si>
   <si>
     <t>#86 Byron Zander - TE</t>
   </si>
   <si>
     <t>#64 Michael Garay - LT</t>
   </si>
   <si>
     <t>#99 John Lopez - DT</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>OAK 19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 19 (14:03) 28-Bryan Duquette ran to OAK 19 for a short loss. Tackle by 30-Ronald Waldrop.</t>
   </si>
   <si>
     <t>#11 Timothy Knowles - QB</t>
   </si>
   <si>
-    <t>#33 Lloyd Almendarez - RB</t>
+    <t>#33 Lloyd Almendarez - WR</t>
   </si>
   <si>
     <t>#35 Bryan Duquette - RB</t>
   </si>
   <si>
     <t>#85 Kenneth McNelly - WR</t>
   </si>
   <si>
     <t>#13 Peter Darrow - WR</t>
   </si>
   <si>
     <t>#74 Brian Gilland - LT</t>
   </si>
   <si>
     <t>#60 Dennis Smith - LG</t>
   </si>
   <si>
     <t>#62 Thomas Burke - C</t>
   </si>
   <si>
     <t>#66 Stanley Seeley - RG</t>
   </si>
   <si>
     <t>#72 Charles Ford - RG</t>
   </si>
   <si>
     <t>#67 John Ray - RDE</t>
   </si>
   <si>
-    <t>#53 Bryan Gunnell - SLB</t>
+    <t>#53 Bryan Gunnell - MLB</t>
   </si>
   <si>
     <t>#26 Cristobal Zimmerman - CB</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>2-10-OAK 19 (13:29) 28-Bryan Duquette ran to OAK 23 for 5 yards. Tackle by 46-James Walton.</t>
   </si>
   <si>
     <t>#1 Johnny Garner - CB</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>OAK 23</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-6-OAK 23 (12:47) 11-Timothy Knowles pass Pass knocked down by 62-Ronnie Ferrante. incomplete, intended for 28-Bryan Duquette. PENALTY - Pass Interference (BAL 62-Ronnie Ferrante)</t>
   </si>
   <si>
-    <t>#62 Ronnie Ferrante - MLB</t>
+    <t>#62 Ronnie Ferrante - SLB</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>OAK 31</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 31 (12:44) 33-Lloyd Almendarez ran to OAK 31 for -1 yards. Tackle by 82-John Nutting.</t>
   </si>
   <si>
     <t>#83 Earl Reeder - TE</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
@@ -833,51 +833,51 @@
   <si>
     <t>4:24</t>
   </si>
   <si>
     <t>Timeout OAK</t>
   </si>
   <si>
     <t>3:57</t>
   </si>
   <si>
     <t>BAL 49</t>
   </si>
   <si>
     <t>3-10-BAL 49 (3:58) 11-Timothy Knowles pass complete to 33-Lloyd Almendarez to BAL 49 for a short loss. Tackle by 30-Ronald Waldrop.</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
   <si>
     <t>4-11-BAL 49 (3:20) 2-Joel Carlyle punts 36 yards to BAL 13. Fair Catch by 17-Wayne Cooper.</t>
   </si>
   <si>
     <t>#2 Joel Carlyle - P</t>
   </si>
   <si>
-    <t>#65 Jeffrey Stocking - C</t>
+    <t>#67 Jeffrey Stocking - C</t>
   </si>
   <si>
     <t>3:12</t>
   </si>
   <si>
     <t>BAL 13</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-BAL 13 (3:13) 44-Tim Meadows ran to BAL 13 for a short loss. Tackle by 40-Leonard Lockett.</t>
   </si>
   <si>
     <t>2:35</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>2-10-BAL 13 (2:34) 13-Mark Fidler pass complete to 81-Paul Rodriguez to BAL 22 for 9 yards. Tackle by 52-Steve Piscitelli.</t>
   </si>
@@ -1187,51 +1187,51 @@
   <si>
     <t>1:54</t>
   </si>
   <si>
     <t>1:51</t>
   </si>
   <si>
     <t>BAL 36</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-18-BAL 36 (1:52) 11-Timothy Knowles pass Pass knocked down by 30-Ronald Waldrop. incomplete, intended for 33-Lloyd Almendarez.</t>
   </si>
   <si>
     <t>1:48</t>
   </si>
   <si>
     <t>4-18-BAL 36 (1:49) 4-Richard Nelson 53 yard field goal is GOOD. OAK 3 BAL 6</t>
   </si>
   <si>
     <t>#10 Freddy Sandoval - QB</t>
   </si>
   <si>
-    <t>#72 Walter Bridges - LT</t>
+    <t>#69 Walter Bridges - LG</t>
   </si>
   <si>
     <t>#68 David Francis - RG</t>
   </si>
   <si>
     <t>#66 Stanley Richardson - WLB</t>
   </si>
   <si>
     <t>1:44</t>
   </si>
   <si>
     <t>(1:45) 4-Richard Nelson kicks 74 yards from OAK 35 to BAL -9. Touchback.</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>1-10-BAL 25 (1:45) 13-Mark Fidler pass complete to 81-Paul Rodriguez to BAL 32 for 7 yards. Tackle by 55-Steven Turner.</t>
   </si>
   <si>
     <t>1:09</t>
   </si>
@@ -1304,51 +1304,51 @@
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-5-BAL 41 (0:36) 13-Mark Fidler pass complete to 44-Tim Meadows to OAK 41 for 19 yards.</t>
   </si>
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>OAK 41</t>
   </si>
   <si>
     <t>1-10-OAK 41 (0:31) 13-Mark Fidler pass complete to 23-Vernon Chavez to OAK 30 for 11 yards. Tackle by 40-Leonard Lockett.</t>
   </si>
   <si>
     <t>0:27</t>
   </si>
   <si>
     <t>0:24</t>
   </si>
   <si>
     <t>1-10-OAK 30 (0:25) 13-Mark Fidler pass incomplete, dropped by 38-Franklin Wynn. The coverage on that play was extremely tight.</t>
   </si>
   <si>
-    <t>#38 Franklin Wynn - WR</t>
+    <t>#81 Franklin Wynn - TE</t>
   </si>
   <si>
     <t>0:21</t>
   </si>
   <si>
     <t>2-10-OAK 30 (0:22) 13-Mark Fidler pass complete to 23-Vernon Chavez to OAK 4 for 25 yards. Great move by 23-Vernon Chavez to get free of his coverage.</t>
   </si>
   <si>
     <t>0:15</t>
   </si>
   <si>
     <t>OAK 4</t>
   </si>
   <si>
     <t>1-4-OAK 4 (0:16) 3-Robert Still 21 yard field goal is GOOD. OAK 6 BAL 9</t>
   </si>
   <si>
     <t>0:12</t>
   </si>
   <si>
     <t>(0:13) 3-Robert Still kicks 74 yards from BAL 35 to OAK -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-OAK 25 (0:13) 33-Lloyd Almendarez ran to OAK 23 for -2 yards. Tackle by 53-Bryan Gunnell.</t>
   </si>
@@ -1799,51 +1799,51 @@
   <si>
     <t>5:14</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>2-10-OAK 20 (5:15) 11-Timothy Knowles sacked at OAK 10 for -10 yards (92-Todd Skelly). Sack allowed by 74-Brian Gilland.</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>OAK 10</t>
   </si>
   <si>
     <t>3-20-OAK 10 (4:56) 11-Timothy Knowles pass complete to 83-Earl Reeder to OAK 31 for 21 yards. Tackle by 26-Cristobal Zimmerman. If the defense doesn't start mixing up their plays a bit more we might see more big gains like that one.</t>
   </si>
   <si>
     <t>4:36</t>
   </si>
   <si>
     <t>1-10-OAK 31 (4:35) 11-Timothy Knowles pass complete to 85-Kenneth McNelly to OAK 37 for 6 yards. Tackle by 26-Cristobal Zimmerman.</t>
   </si>
   <si>
-    <t>#84 Dion Keller - WR</t>
+    <t>#87 Dion Keller - WR</t>
   </si>
   <si>
     <t>4:12</t>
   </si>
   <si>
     <t>OAK 37</t>
   </si>
   <si>
     <t>2-4-OAK 37 (4:11) 11-Timothy Knowles pass incomplete, dropped by 33-Lloyd Almendarez.</t>
   </si>
   <si>
     <t>4:07</t>
   </si>
   <si>
     <t>Shotgun 4 Wide All Curls</t>
   </si>
   <si>
     <t>3-4-OAK 37 (4:08) 11-Timothy Knowles pass complete to 89-Jordan McKinney to OAK 43 for 6 yards. Tackle by 30-Ronald Waldrop.</t>
   </si>
   <si>
     <t>#86 John Pellot - WR</t>
   </si>
   <si>
     <t>3:43</t>
   </si>