--- v1 (2026-02-13)
+++ v2 (2026-03-16)
@@ -344,51 +344,51 @@
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>BAL 32</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BAL 32 (14:54) 13-Mark Fidler pass complete to 81-Paul Rodriguez to BAL 35 for 3 yards. Tackle by 55-Steven Turner.</t>
   </si>
   <si>
     <t>#4 Mark Fidler - QB</t>
   </si>
   <si>
     <t>#44 Tim Meadows - RB</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
-    <t>#10 Donald Augustine - WR</t>
+    <t>#87 Donald Augustine - WR</t>
   </si>
   <si>
     <t>#89 Brendan Cornish - WR</t>
   </si>
   <si>
     <t>#78 Michael Campbell - RT</t>
   </si>
   <si>
     <t>#60 John Hinkle - LG</t>
   </si>
   <si>
     <t>#65 Bruce Porter - C</t>
   </si>
   <si>
     <t>#69 Richard Howard - RG</t>
   </si>
   <si>
     <t>#57 Lewis White - RT</t>
   </si>
   <si>
     <t>#61 Brian Hampton - LDE</t>
   </si>
   <si>
     <t>#52 William Cook - DT</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>#64 Michael Garay - LT</t>
   </si>
   <si>
     <t>#99 John Lopez - DT</t>
   </si>
   <si>
     <t>14:02</t>
   </si>
   <si>
     <t>OAK 19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 19 (14:03) 28-Bryan Duquette ran to OAK 19 for a short loss. Tackle by 30-Ronald Waldrop.</t>
   </si>
   <si>
     <t>#11 Timothy Knowles - QB</t>
   </si>
   <si>
-    <t>#33 Lloyd Almendarez - WR</t>
+    <t>#85 Lloyd Almendarez - WR</t>
   </si>
   <si>
     <t>#35 Bryan Duquette - RB</t>
   </si>
   <si>
     <t>#85 Kenneth McNelly - WR</t>
   </si>
   <si>
     <t>#13 Peter Darrow - WR</t>
   </si>
   <si>
     <t>#74 Brian Gilland - LT</t>
   </si>
   <si>
     <t>#60 Dennis Smith - LG</t>
   </si>
   <si>
     <t>#62 Thomas Burke - C</t>
   </si>
   <si>
     <t>#66 Stanley Seeley - RG</t>
   </si>
   <si>
     <t>#72 Charles Ford - RG</t>
   </si>