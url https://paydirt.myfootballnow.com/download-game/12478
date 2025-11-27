--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -338,96 +338,96 @@
   <si>
     <t>#5 Juan Marcos - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>CHI 20</t>
   </si>
   <si>
     <t>Singleback Big HB Curls TE Deep</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 20 (14:56) 12-Derrick Seals pass Pass knocked down by 8-Edward Turner. incomplete, intended for 86-Robert Kendall. Pressure by 91-Todd Dusek. 8-Edward Turner got away with a hold on that play.</t>
   </si>
   <si>
     <t>#12 Derrick Seals - QB</t>
   </si>
   <si>
-    <t>#23 William Obrien - RB</t>
+    <t>#20 William Obrien - WR</t>
   </si>
   <si>
     <t>#84 Brian Hoffman - TE</t>
   </si>
   <si>
     <t>#87 Robert Kendall - WR</t>
   </si>
   <si>
     <t>#18 Demetrius Harris - WR</t>
   </si>
   <si>
     <t>#54 James Cisco - LG</t>
   </si>
   <si>
-    <t>#70 Jason Arreola - LG</t>
+    <t>#68 Jason Arreola - LG</t>
   </si>
   <si>
     <t>#73 William Singh - C</t>
   </si>
   <si>
     <t>#67 Larry Cantor - RG</t>
   </si>
   <si>
     <t>#69 William Orr - RT</t>
   </si>
   <si>
     <t>#63 Willie Boone - LDE</t>
   </si>
   <si>
     <t>#9 Alton Green - DT</t>
   </si>
   <si>
     <t>#63 Todd Dusek - DT</t>
   </si>
   <si>
-    <t>#96 Andre Burton - RDE</t>
+    <t>#95 Andre Burton - RDE</t>
   </si>
   <si>
     <t>#71 George Daniels - DT</t>
   </si>
   <si>
     <t>#53 Evan Creed - WLB</t>
   </si>
   <si>
-    <t>#25 James Franklin - LDE</t>
+    <t>#25 James Franklin - RDE</t>
   </si>
   <si>
     <t>#46 Edward Turner - CB</t>
   </si>
   <si>
     <t>#30 Arnold Rizo - CB</t>
   </si>
   <si>
     <t>#7 Bernard McClain - SLB</t>
   </si>
   <si>
     <t>#26 Marcus Plummer - FS</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-10-CHI 20 (14:52) 12-Derrick Seals pass Pass knocked down by 8-Edward Turner. incomplete, intended for 86-Robert Kendall.</t>
   </si>
   <si>
     <t>#13 Robert Fuller - WR</t>
   </si>
@@ -455,51 +455,51 @@
   <si>
     <t>CHI 28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-CHI 28 (14:04) 16-Matthew Caudill punts 46 yards to MIA 26. Fair Catch by 28-Sammie Winston.</t>
   </si>
   <si>
     <t>#16 Matthew Caudill - P</t>
   </si>
   <si>
     <t>#28 Sammie Winston - WR</t>
   </si>
   <si>
     <t>#36 Ronnie Randall - CB</t>
   </si>
   <si>
     <t>#2 Tommy Solomon - RB</t>
   </si>
   <si>
-    <t>#37 John Fenster - CB</t>
+    <t>#50 John Fenster - WLB</t>
   </si>
   <si>
     <t>#58 Robert Crawford - MLB</t>
   </si>
   <si>
     <t>#72 Clarence Brunswick - RT</t>
   </si>
   <si>
     <t>#48 Richard Peters - FB</t>
   </si>
   <si>
     <t>#57 Keith Mayweather - C</t>
   </si>
   <si>
     <t>#79 Robert Prichard - LG</t>
   </si>
   <si>
     <t>#30 Gary Brock - RB</t>
   </si>
   <si>
     <t>13:56</t>
   </si>
   <si>
     <t>MIA 26</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-CHI 45 (13:18) 48-Ken Bennett ran to CHI 46 for -1 yards. Tackle by 96-James Dickinson.</t>
   </si>
   <si>
     <t>#48 Ken Bennett - RB</t>
   </si>
   <si>
     <t>#84 Cedric Benson - WR</t>
   </si>
   <si>
     <t>#85 Ernest Randall - WR</t>
   </si>
   <si>
     <t>#55 Neal Howard - RDE</t>
   </si>
   <si>
     <t>#72 Daniel Tower - LDE</t>
   </si>
   <si>
-    <t>#91 Anthony Williams - WLB</t>
+    <t>#54 Anthony Williams - WLB</t>
   </si>
   <si>
     <t>12:38</t>
   </si>
   <si>
     <t>CHI 46</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>2-11-CHI 46 (12:37) 15-Terrence Hoerr pass complete to 11-Brian Phillips to CHI 41 for 5 yards. Tackle by 25-Danny Lopez.</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>CHI 41</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
@@ -734,51 +734,51 @@
   <si>
     <t>#10 Robert Young - WR</t>
   </si>
   <si>
     <t>#37 Anthony Mulcahy - WR</t>
   </si>
   <si>
     <t>#77 Roy Hamilton - LG</t>
   </si>
   <si>
     <t>#21 Sheldon Baird - CB</t>
   </si>
   <si>
     <t>6:44</t>
   </si>
   <si>
     <t>MIA 32</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>1-10-MIA 32 (6:43) 12-Derrick Seals pass complete to 83-Benjamin Thompson to MIA 30 for 2 yards. Tackle by 49-Ronnie Randall.</t>
   </si>
   <si>
-    <t>#49 Douglas Parks - SLB</t>
+    <t>#99 Douglas Parks - SLB</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
     <t>MIA 30</t>
   </si>
   <si>
     <t>2-8-MIA 30 (5:58) 31-William Obrien ran to MIA 32 for -2 yards. Tackle by 95-Robert Crawford. CHI 83-Benjamin Thompson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:25</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>3-10-MIA 32 (5:24) 82-Richard Reid ran to MIA 28 for 3 yards. Tackle by 22-Bernard McClain. MIA 22-Bernard McClain was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:51</t>
   </si>
   <si>
     <t>MIA 28</t>
   </si>