--- v1 (2025-11-27)
+++ v2 (2026-01-09)
@@ -383,51 +383,51 @@
   <si>
     <t>#67 Larry Cantor - RG</t>
   </si>
   <si>
     <t>#69 William Orr - RT</t>
   </si>
   <si>
     <t>#63 Willie Boone - LDE</t>
   </si>
   <si>
     <t>#9 Alton Green - DT</t>
   </si>
   <si>
     <t>#63 Todd Dusek - DT</t>
   </si>
   <si>
     <t>#95 Andre Burton - RDE</t>
   </si>
   <si>
     <t>#71 George Daniels - DT</t>
   </si>
   <si>
     <t>#53 Evan Creed - WLB</t>
   </si>
   <si>
-    <t>#25 James Franklin - RDE</t>
+    <t>#57 James Franklin - MLB</t>
   </si>
   <si>
     <t>#46 Edward Turner - CB</t>
   </si>
   <si>
     <t>#30 Arnold Rizo - CB</t>
   </si>
   <si>
     <t>#7 Bernard McClain - SLB</t>
   </si>
   <si>
     <t>#26 Marcus Plummer - FS</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-10-CHI 20 (14:52) 12-Derrick Seals pass Pass knocked down by 8-Edward Turner. incomplete, intended for 86-Robert Kendall.</t>
   </si>
   <si>
     <t>#13 Robert Fuller - WR</t>
   </si>