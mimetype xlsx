--- v2 (2026-01-09)
+++ v3 (2026-02-05)
@@ -338,105 +338,105 @@
   <si>
     <t>#5 Juan Marcos - K</t>
   </si>
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>CHI 20</t>
   </si>
   <si>
     <t>Singleback Big HB Curls TE Deep</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 20 (14:56) 12-Derrick Seals pass Pass knocked down by 8-Edward Turner. incomplete, intended for 86-Robert Kendall. Pressure by 91-Todd Dusek. 8-Edward Turner got away with a hold on that play.</t>
   </si>
   <si>
     <t>#12 Derrick Seals - QB</t>
   </si>
   <si>
-    <t>#20 William Obrien - WR</t>
+    <t>#33 William Obrien - RB</t>
   </si>
   <si>
     <t>#84 Brian Hoffman - TE</t>
   </si>
   <si>
     <t>#87 Robert Kendall - WR</t>
   </si>
   <si>
     <t>#18 Demetrius Harris - WR</t>
   </si>
   <si>
-    <t>#54 James Cisco - LG</t>
+    <t>#54 James Cisco - LT</t>
   </si>
   <si>
     <t>#68 Jason Arreola - LG</t>
   </si>
   <si>
     <t>#73 William Singh - C</t>
   </si>
   <si>
-    <t>#67 Larry Cantor - RG</t>
+    <t>#67 Larry Cantor - LG</t>
   </si>
   <si>
     <t>#69 William Orr - RT</t>
   </si>
   <si>
     <t>#63 Willie Boone - LDE</t>
   </si>
   <si>
     <t>#9 Alton Green - DT</t>
   </si>
   <si>
-    <t>#63 Todd Dusek - DT</t>
+    <t>#91 Todd Dusek - RDE</t>
   </si>
   <si>
     <t>#95 Andre Burton - RDE</t>
   </si>
   <si>
-    <t>#71 George Daniels - DT</t>
+    <t>#57 George Daniels - MLB</t>
   </si>
   <si>
     <t>#53 Evan Creed - WLB</t>
   </si>
   <si>
     <t>#57 James Franklin - MLB</t>
   </si>
   <si>
     <t>#46 Edward Turner - CB</t>
   </si>
   <si>
     <t>#30 Arnold Rizo - CB</t>
   </si>
   <si>
-    <t>#7 Bernard McClain - SLB</t>
+    <t>#44 Bernard McClain - FS</t>
   </si>
   <si>
     <t>#26 Marcus Plummer - FS</t>
   </si>
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-10-CHI 20 (14:52) 12-Derrick Seals pass Pass knocked down by 8-Edward Turner. incomplete, intended for 86-Robert Kendall.</t>
   </si>
   <si>
     <t>#13 Robert Fuller - WR</t>
   </si>
   <si>
     <t>#92 Leonard Johns - LDE</t>
   </si>
   <si>
     <t>#26 Kenneth Garcia - SS</t>
   </si>
   <si>
     <t>14:48</t>
   </si>
@@ -452,63 +452,63 @@
   <si>
     <t>14:05</t>
   </si>
   <si>
     <t>CHI 28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-CHI 28 (14:04) 16-Matthew Caudill punts 46 yards to MIA 26. Fair Catch by 28-Sammie Winston.</t>
   </si>
   <si>
     <t>#16 Matthew Caudill - P</t>
   </si>
   <si>
     <t>#28 Sammie Winston - WR</t>
   </si>
   <si>
     <t>#36 Ronnie Randall - CB</t>
   </si>
   <si>
-    <t>#2 Tommy Solomon - RB</t>
-[...2 lines deleted...]
-    <t>#50 John Fenster - WLB</t>
+    <t>#85 Tommy Solomon - TE</t>
+  </si>
+  <si>
+    <t>#37 John Fenster - SS</t>
   </si>
   <si>
     <t>#58 Robert Crawford - MLB</t>
   </si>
   <si>
     <t>#72 Clarence Brunswick - RT</t>
   </si>
   <si>
-    <t>#48 Richard Peters - FB</t>
+    <t>#62 Richard Peters - C</t>
   </si>
   <si>
     <t>#57 Keith Mayweather - C</t>
   </si>
   <si>
     <t>#79 Robert Prichard - LG</t>
   </si>
   <si>
     <t>#30 Gary Brock - RB</t>
   </si>
   <si>
     <t>13:56</t>
   </si>
   <si>
     <t>MIA 26</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Quarter Normal CB5 Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 26 (13:57) 15-Terrence Hoerr pass complete to 29-Christopher Perez to CHI 45 for 30 yards.</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>#86 Randall Nelms - WR</t>
   </si>
   <si>
     <t>#14 Christopher Perez - WR</t>
   </si>
   <si>
     <t>#55 Ricky Lewis - RT</t>
   </si>
   <si>
     <t>#11 Brian Phillips - WR</t>
   </si>
   <si>
     <t>#67 Thomas Bryson - WR</t>
   </si>
   <si>
     <t>#66 Michael Hill - RT</t>
   </si>
   <si>
     <t>#75 Eric Vargas - LG</t>
   </si>
   <si>
     <t>#70 Adam Stanley - C</t>
   </si>
   <si>
-    <t>#54 Mark Cummings - RG</t>
+    <t>#63 Mark Cummings - LG</t>
   </si>
   <si>
     <t>#80 Marvin Alley - RT</t>
   </si>
   <si>
     <t>#74 Christopher Rutherford - RDE</t>
   </si>
   <si>
     <t>#74 Edward Herman - DT</t>
   </si>
   <si>
     <t>#60 Eldon Palumbo - RDE</t>
   </si>
   <si>
     <t>#23 Ronald Kennedy - CB</t>
   </si>
   <si>
     <t>#36 George Sherrer - CB</t>
   </si>
   <si>
     <t>#22 Jim Losada - CB</t>
   </si>
   <si>
     <t>#25 Danny Lopez - FS</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>CHI 45</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-CHI 45 (13:18) 48-Ken Bennett ran to CHI 46 for -1 yards. Tackle by 96-James Dickinson.</t>
   </si>
   <si>
     <t>#48 Ken Bennett - RB</t>
   </si>
   <si>
     <t>#84 Cedric Benson - WR</t>
   </si>
   <si>
     <t>#85 Ernest Randall - WR</t>
   </si>
   <si>
-    <t>#55 Neal Howard - RDE</t>
+    <t>#90 Neal Howard - DT</t>
   </si>
   <si>
     <t>#72 Daniel Tower - LDE</t>
   </si>
   <si>
     <t>#54 Anthony Williams - WLB</t>
   </si>
   <si>
     <t>12:38</t>
   </si>
   <si>
     <t>CHI 46</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>2-11-CHI 46 (12:37) 15-Terrence Hoerr pass complete to 11-Brian Phillips to CHI 41 for 5 yards. Tackle by 25-Danny Lopez.</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>CHI 41</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>4:12</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-3-MIA 32 (4:11) 15-Terrence Hoerr pass complete to 34-Thomas Bryson to CHI 34 for 34 yards. PENALTY - Holding (MIA 54-Mark Cummings)</t>
   </si>
   <si>
     <t>4:04</t>
   </si>
   <si>
     <t>MIA 22</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>2-13-MIA 22 (4:05) 15-Terrence Hoerr pass complete to 31-Cedric Benson to MIA 29 for 7 yards. Tackle by 36-George Sherrer.</t>
   </si>
   <si>
-    <t>#84 Wilbert Chen - TE</t>
+    <t>#84 Wilbert Chen - WR</t>
   </si>
   <si>
     <t>#58 Ronny Ton - LT</t>
   </si>
   <si>
     <t>#93 Corey Caro - SS</t>
   </si>
   <si>
     <t>3:24</t>
   </si>
   <si>
     <t>MIA 29</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal SLB Middle Blitz</t>
   </si>
   <si>
     <t>3-6-MIA 29 (3:23) 15-Terrence Hoerr sacked at MIA 24 for -6 yards (99-Douglas Daniels)</t>
   </si>
   <si>
     <t>2:43</t>
   </si>