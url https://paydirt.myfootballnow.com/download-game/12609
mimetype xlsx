--- v0 (2025-10-21)
+++ v1 (2025-12-19)
@@ -290,114 +290,114 @@
   <si>
     <t>NEW</t>
   </si>
   <si>
     <t>NEW 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Raymond Daniels kicks 70 yards from NEW 35 to BUF -5. Touchback.</t>
   </si>
   <si>
     <t>#22 David Schild - RB</t>
   </si>
   <si>
     <t>#59 Arron Hilliard - WLB</t>
   </si>
   <si>
     <t>#86 Bobbie Barber - WR</t>
   </si>
   <si>
-    <t>#91 Sam Sheffield - DT</t>
+    <t>#70 Sam Sheffield - DT</t>
   </si>
   <si>
     <t>#35 Richard Powers - RB</t>
   </si>
   <si>
     <t>#23 Roy Callaway - SS</t>
   </si>
   <si>
     <t>#81 Thomas Solomon - TE</t>
   </si>
   <si>
-    <t>#50 Edward Silva - SLB</t>
+    <t>#98 Edward Silva - SLB</t>
   </si>
   <si>
     <t>#67 Daniel Watson - RG</t>
   </si>
   <si>
     <t>#16 Mark Mickens - WR</t>
   </si>
   <si>
     <t>#70 Philip Meade - C</t>
   </si>
   <si>
     <t>#3 Raymond Daniels - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>BUF 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-BUF 25 (15:00) 15-Alan Wood pass INTERCEPTED by 20-Roy Prunty at BUF 28. 20-Roy Prunty to BUF 27 for 1 yards. Tackle by 17-Jet Mitchell.</t>
   </si>
   <si>
-    <t>#15 Alan Wood - QB</t>
+    <t>#14 Alan Wood - QB</t>
   </si>
   <si>
     <t>#26 Christopher Hardman - FB</t>
   </si>
   <si>
     <t>#17 Jet Mitchell - WR</t>
   </si>
   <si>
     <t>#83 Thomas Mitchell - WR</t>
   </si>
   <si>
     <t>#69 Sammy Greene - LG</t>
   </si>
   <si>
     <t>#60 Kenneth Jacques - LG</t>
   </si>
   <si>
     <t>#73 Raymond Turner - LT</t>
   </si>
   <si>
-    <t>#62 Andrew Simmons - LDE</t>
+    <t>#91 Andrew Simmons - LDE</t>
   </si>
   <si>
     <t>#91 Dwight Harrison - DT</t>
   </si>
   <si>
     <t>#92 Gregg Frazier - DT</t>
   </si>
   <si>
     <t>#76 Gregory Kale - LDE</t>
   </si>
   <si>
     <t>#54 Andrew Knox - SLB</t>
   </si>
   <si>
     <t>#52 James Griswold - SS</t>
   </si>
   <si>
     <t>#96 Charles Haupt - WLB</t>
   </si>
   <si>
     <t>#20 Roy Prunty - CB</t>
   </si>
   <si>
     <t>#30 Robert Buchholz - CB</t>
   </si>
@@ -410,177 +410,177 @@
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>BUF 27</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 27 (14:58) 4-Stephen Barnett pass complete to 17-Romeo Sonntag for 27 yards. TOUCHDOWN! 17-Romeo Sonntag breaks down the CB. 21-Reynaldo Stamper got away with a hold on that play. NEW 6 BUF 0</t>
   </si>
   <si>
     <t>#4 Stephen Barnett - QB</t>
   </si>
   <si>
     <t>#38 Nicholas Brown - RB</t>
   </si>
   <si>
     <t>#45 John Farina - FB</t>
   </si>
   <si>
-    <t>#88 John Schultz - TE</t>
+    <t>#40 John Schultz - FB</t>
   </si>
   <si>
     <t>#16 Ryan Blair - WR</t>
   </si>
   <si>
     <t>#44 Romeo Sonntag - RB</t>
   </si>
   <si>
     <t>#75 Winston Howard - LT</t>
   </si>
   <si>
     <t>#78 Scott Short - C</t>
   </si>
   <si>
     <t>#61 Andrew Saldivar - C</t>
   </si>
   <si>
     <t>#66 Christopher Daniel - RG</t>
   </si>
   <si>
     <t>#76 George Singletary - RT</t>
   </si>
   <si>
-    <t>#96 Virgil Brown - LDE</t>
+    <t>#95 Virgil Brown - LDE</t>
   </si>
   <si>
     <t>#98 Issac Barrow - DT</t>
   </si>
   <si>
     <t>#53 Rafael Courtney - DT</t>
   </si>
   <si>
     <t>#92 Michael Moore - RDE</t>
   </si>
   <si>
     <t>#58 Arturo Patterson - MLB</t>
   </si>
   <si>
     <t>#94 Jaime Perrin - WLB</t>
   </si>
   <si>
-    <t>#33 David Cosby - CB</t>
+    <t>#51 David Cosby - SLB</t>
   </si>
   <si>
     <t>#21 Reynaldo Stamper - FS</t>
   </si>
   <si>
     <t>#32 Martin Snow - FS</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>BUF 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:53) Extra point GOOD by 3-Raymond Daniels. NEW 75-Winston Howard was injured on the play. He looks like he should be able to return. NEW 7 BUF 0</t>
   </si>
   <si>
     <t>#1 William Kemble - P</t>
   </si>
   <si>
     <t>#35 Joesph Branch - WR</t>
   </si>
   <si>
     <t>#77 Dustin Ikard - LT</t>
   </si>
   <si>
     <t>#85 John Coburn - TE</t>
   </si>
   <si>
-    <t>#53 Lowell Colella - WLB</t>
+    <t>#98 Lowell Colella - WLB</t>
   </si>
   <si>
     <t>#21 Steven Calkins - CB</t>
   </si>
   <si>
-    <t>#92 Richard Ornelas - DT</t>
+    <t>#49 Richard Ornelas - SS</t>
   </si>
   <si>
     <t>#50 Max Westling - WLB</t>
   </si>
   <si>
     <t>#55 Ronald Cole - SLB</t>
   </si>
   <si>
     <t>(14:53) 3-Raymond Daniels kicks 73 yards from NEW 35 to BUF -8. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BUF 25 (14:53) 15-Alan Wood pass incomplete, intended for 88-Thomas Mitchell.</t>
   </si>
   <si>
     <t>#28 Michael Whalen - CB</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-10-BUF 25 (14:50) 15-Alan Wood pass incomplete, dropped by 81-Thomas Solomon.</t>
   </si>
   <si>
     <t>#33 Jerry Albano - TE</t>
   </si>
   <si>
     <t>#99 Guy Clark - DT</t>
   </si>
   <si>
-    <t>#96 Gregory Campos - RDE</t>
+    <t>#59 Gregory Campos - RDE</t>
   </si>
   <si>
     <t>#55 Lonnie Leonard - MLB</t>
   </si>
   <si>
     <t>#22 Michael Faulkner - CB</t>
   </si>
   <si>
     <t>14:45</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>3-10-BUF 25 (14:46) 15-Alan Wood pass incomplete, intended for 26-Christopher Hardman. That pass kind of wobbled as it was released.</t>
   </si>
   <si>
     <t>14:43</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>1-10-BUF 25 (5:01) 35-Richard Powers ran to BUF 24 for -1 yards. Tackle by 56-Charles Haupt.</t>
   </si>
   <si>
     <t>4:27</t>
   </si>
   <si>
     <t>BUF 24</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>2-11-BUF 24 (4:26) 15-Alan Wood pass Pass knocked down by 21-Steven Calkins. incomplete, intended for 81-Thomas Solomon. Pressure by 95-Andrew Simmons.</t>
   </si>
   <si>
     <t>4:20</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-11-BUF 24 (4:21) 15-Alan Wood pass Pass knocked down by 24-Victor Hayden. incomplete, intended for 81-Thomas Solomon. 52-James Griswold got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#57 Eric Quast - SLB</t>
+    <t>#52 Eric Quast - SLB</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>4-11-BUF 24 (4:18) 7-Ryan Matas punts 47 yards to NEW 29. 38-Nicholas Brown to NEW 39 for 10 yards. Tackle by 35-Richard Powers.</t>
   </si>
   <si>
     <t>4:09</t>
   </si>
   <si>
     <t>NEW 39</t>
   </si>
   <si>
     <t>1-10-NEW 39 (4:10) 37-Don Moore ran to NEW 43 for 4 yards. Tackle by 58-Arturo Patterson.</t>
   </si>
   <si>
     <t>3:27</t>
   </si>
   <si>
     <t>NEW 43</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
@@ -1541,51 +1541,51 @@
   <si>
     <t>1-10-NEW 45 (5:39) 4-Stephen Barnett pass complete to 37-Don Moore to NEW 46 for 1 yards. Tackle by 52-Ronald Cole.</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
   <si>
     <t>2-9-NEW 46 (4:53) 4-Stephen Barnett pass Pass knocked down by 51-Jaime Perrin. incomplete, intended for 35-Joesph Branch.</t>
   </si>
   <si>
     <t>4:48</t>
   </si>
   <si>
     <t>3-9-NEW 46 (4:49) 4-Stephen Barnett pass complete to 12-Carl Powell to BUF 19 for 36 yards. Tackle by 46-David Cosby.</t>
   </si>
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>1-10-BUF 19 (4:04) PENALTY - False Start (NEW 76-George Singletary)</t>
   </si>
   <si>
     <t>#72 Carl Rogers - RT</t>
   </si>
   <si>
-    <t>#64 Noel Wilkinson - RG</t>
+    <t>#64 Noel Wilkinson - LG</t>
   </si>
   <si>
     <t>4:03</t>
   </si>
   <si>
     <t>1-15-BUF 24 (4:04) 4-Stephen Barnett pass complete to 88-John Schultz to BUF 13 for 11 yards. Tackle by 51-Jaime Perrin.</t>
   </si>
   <si>
     <t>3:26</t>
   </si>
   <si>
     <t>2-4-BUF 13 (3:25) 4-Stephen Barnett pass incomplete, intended for 38-Nicholas Brown. Pressure by 68-Virgil Brown. PENALTY - Holding (NEW 61-Andrew Saldivar)</t>
   </si>
   <si>
     <t>3:20</t>
   </si>
   <si>
     <t>2-14-BUF 23 (3:21) 4-Stephen Barnett pass complete to 37-Don Moore to BUF 19 for 4 yards. Tackle by 40-Curtis Garcia.</t>
   </si>
   <si>
     <t>2:40</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>