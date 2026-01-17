--- v1 (2025-12-19)
+++ v2 (2026-01-17)
@@ -266,54 +266,54 @@
   <si>
     <t>ST Rusher10</t>
   </si>
   <si>
     <t>ST Rusher9</t>
   </si>
   <si>
     <t>ST Rusher6</t>
   </si>
   <si>
     <t>ST Rusher5</t>
   </si>
   <si>
     <t>ST Rusher7</t>
   </si>
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BUF has won the toss and elected to receive.</t>
   </si>
   <si>
-    <t>NEW</t>
-[...2 lines deleted...]
-    <t>NEW 35</t>
+    <t>Bos</t>
+  </si>
+  <si>
+    <t>Bos 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Raymond Daniels kicks 70 yards from NEW 35 to BUF -5. Touchback.</t>
   </si>
   <si>
     <t>#22 David Schild - RB</t>
   </si>
   <si>
     <t>#59 Arron Hilliard - WLB</t>
   </si>
   <si>
     <t>#86 Bobbie Barber - WR</t>
   </si>
   <si>
     <t>#70 Sam Sheffield - DT</t>
   </si>
   <si>
     <t>#35 Richard Powers - RB</t>
   </si>
@@ -347,51 +347,51 @@
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-BUF 25 (15:00) 15-Alan Wood pass INTERCEPTED by 20-Roy Prunty at BUF 28. 20-Roy Prunty to BUF 27 for 1 yards. Tackle by 17-Jet Mitchell.</t>
   </si>
   <si>
     <t>#14 Alan Wood - QB</t>
   </si>
   <si>
     <t>#26 Christopher Hardman - FB</t>
   </si>
   <si>
     <t>#17 Jet Mitchell - WR</t>
   </si>
   <si>
     <t>#83 Thomas Mitchell - WR</t>
   </si>
   <si>
     <t>#69 Sammy Greene - LG</t>
   </si>
   <si>
-    <t>#60 Kenneth Jacques - LG</t>
+    <t>#60 Kenneth Jacques - RG</t>
   </si>
   <si>
     <t>#73 Raymond Turner - LT</t>
   </si>
   <si>
     <t>#91 Andrew Simmons - LDE</t>
   </si>
   <si>
     <t>#91 Dwight Harrison - DT</t>
   </si>
   <si>
     <t>#92 Gregg Frazier - DT</t>
   </si>
   <si>
     <t>#76 Gregory Kale - LDE</t>
   </si>
   <si>
     <t>#54 Andrew Knox - SLB</t>
   </si>
   <si>
     <t>#52 James Griswold - SS</t>
   </si>
   <si>
     <t>#96 Charles Haupt - WLB</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>#66 Christopher Daniel - RG</t>
   </si>
   <si>
     <t>#76 George Singletary - RT</t>
   </si>
   <si>
     <t>#95 Virgil Brown - LDE</t>
   </si>
   <si>
     <t>#98 Issac Barrow - DT</t>
   </si>
   <si>
     <t>#53 Rafael Courtney - DT</t>
   </si>
   <si>
     <t>#92 Michael Moore - RDE</t>
   </si>
   <si>
     <t>#58 Arturo Patterson - MLB</t>
   </si>
   <si>
     <t>#94 Jaime Perrin - WLB</t>
   </si>
   <si>
-    <t>#51 David Cosby - SLB</t>
+    <t>#53 David Cosby - SLB</t>
   </si>
   <si>
     <t>#21 Reynaldo Stamper - FS</t>
   </si>
   <si>
     <t>#32 Martin Snow - FS</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>BUF 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:53) Extra point GOOD by 3-Raymond Daniels. NEW 75-Winston Howard was injured on the play. He looks like he should be able to return. NEW 7 BUF 0</t>
   </si>
   <si>
     <t>#1 William Kemble - P</t>
   </si>
@@ -581,99 +581,99 @@
   <si>
     <t>14:43</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-BUF 25 (14:44) 7-Ryan Matas punts 46 yards to NEW 29. Fair Catch by 38-Nicholas Brown.</t>
   </si>
   <si>
     <t>#7 Ryan Matas - P</t>
   </si>
   <si>
     <t>#26 Delbert Carr - CB</t>
   </si>
   <si>
     <t>#57 Donald Green - SS</t>
   </si>
   <si>
     <t>14:37</t>
   </si>
   <si>
-    <t>NEW 29</t>
+    <t>Bos 29</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-NEW 29 (14:38) 38-Nicholas Brown ran to NEW 33 for 3 yards. Tackle by 23-Roy Callaway.</t>
   </si>
   <si>
     <t>#19 Marvin Hardy - WR</t>
   </si>
   <si>
     <t>13:54</t>
   </si>
   <si>
-    <t>NEW 33</t>
+    <t>Bos 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-7-NEW 33 (13:53) 38-Nicholas Brown ran to NEW 45 for 12 yards. Tackle by 23-Roy Callaway.</t>
   </si>
   <si>
     <t>#40 Curtis Garcia - CB</t>
   </si>
   <si>
     <t>13:20</t>
   </si>
   <si>
-    <t>NEW 45</t>
+    <t>Bos 45</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-NEW 45 (13:19) 37-Don Moore ran to NEW 49 for 4 yards. Tackle by 23-Roy Callaway.</t>
   </si>
   <si>
     <t>#37 Don Moore - RB</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
-    <t>NEW 49</t>
+    <t>Bos 49</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>2-6-NEW 49 (12:40) 4-Stephen Barnett pass complete to 38-Nicholas Brown to BUF 31 for 20 yards. Tackle by 32-Martin Snow.</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>BUF 31</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-BUF 31 (11:54) 4-Stephen Barnett pass complete to 37-Don Moore to BUF 22 for 9 yards. Tackle by 46-David Cosby.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>BUF 22</t>
   </si>
@@ -890,174 +890,174 @@
   <si>
     <t>2-11-BUF 24 (4:26) 15-Alan Wood pass Pass knocked down by 21-Steven Calkins. incomplete, intended for 81-Thomas Solomon. Pressure by 95-Andrew Simmons.</t>
   </si>
   <si>
     <t>4:20</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-11-BUF 24 (4:21) 15-Alan Wood pass Pass knocked down by 24-Victor Hayden. incomplete, intended for 81-Thomas Solomon. 52-James Griswold got away with a hold on that play.</t>
   </si>
   <si>
     <t>#52 Eric Quast - SLB</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>4-11-BUF 24 (4:18) 7-Ryan Matas punts 47 yards to NEW 29. 38-Nicholas Brown to NEW 39 for 10 yards. Tackle by 35-Richard Powers.</t>
   </si>
   <si>
     <t>4:09</t>
   </si>
   <si>
-    <t>NEW 39</t>
+    <t>Bos 39</t>
   </si>
   <si>
     <t>1-10-NEW 39 (4:10) 37-Don Moore ran to NEW 43 for 4 yards. Tackle by 58-Arturo Patterson.</t>
   </si>
   <si>
     <t>3:27</t>
   </si>
   <si>
-    <t>NEW 43</t>
+    <t>Bos 43</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-6-NEW 43 (3:26) 4-Stephen Barnett pass incomplete, intended for 88-John Schultz.</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>3-6-NEW 43 (3:23) 38-Nicholas Brown ran to NEW 47 for 5 yards. Tackle by 32-Martin Snow.</t>
   </si>
   <si>
     <t>2:39</t>
   </si>
   <si>
-    <t>NEW 47</t>
+    <t>Bos 47</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>4-2-NEW 47 (2:38) 4-Stephen Barnett pass complete to 17-Romeo Sonntag to BUF 49 for 4 yards. 17-Romeo Sonntag FUMBLES (58-Arturo Patterson) recovered by BUF-32-Martin Snow to BUF 50 for 1 yards. Tackle by 61-Andrew Saldivar.</t>
   </si>
   <si>
     <t>2:31</t>
   </si>
   <si>
     <t>BUF 50</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-BUF 50 (2:32) 35-Richard Powers ran to NEW 49 for 1 yards. Tackle by 96-Gregory Campos. PENALTY - Offsides (NEW 95-Andrew Simmons)</t>
   </si>
   <si>
     <t>2:29</t>
   </si>
   <si>
     <t>1-5-NEW 45 (2:30) 35-Richard Powers ran to NEW 48 for -3 yards. Tackle by 96-Gregory Campos.</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
-    <t>NEW 48</t>
+    <t>Bos 48</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-8-NEW 48 (1:56) 15-Alan Wood pass Pass knocked down by 20-Roy Prunty. incomplete, intended for 81-Thomas Solomon.</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
   <si>
     <t>3-8-NEW 48 (1:53) 15-Alan Wood pass incomplete, intended for 81-Thomas Solomon. PENALTY - Pass Interference (NEW 24-Victor Hayden)</t>
   </si>
   <si>
     <t>1:49</t>
   </si>
   <si>
-    <t>NEW 42</t>
+    <t>Bos 42</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-NEW 42 (1:50) 35-Richard Powers ran to NEW 37 for 5 yards. Tackle by 54-Andrew Knox.</t>
   </si>
   <si>
     <t>1:13</t>
   </si>
   <si>
-    <t>NEW 37</t>
+    <t>Bos 37</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-5-NEW 37 (1:12) 15-Alan Wood pass Pass knocked down by 20-Roy Prunty. incomplete, intended for 81-Thomas Solomon.</t>
   </si>
   <si>
     <t>1:08</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-5-NEW 37 (1:09) 15-Alan Wood pass Pass knocked down by 54-Andrew Knox. incomplete, intended for 35-Richard Powers.</t>
   </si>
   <si>
     <t>1:04</t>
   </si>
   <si>
     <t>4-5-NEW 37 (1:05) 6-Harold Trojan 54 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#6 Harold Trojan - K</t>
   </si>
   <si>
     <t>1:00</t>
   </si>
   <si>
-    <t>NEW 44</t>
+    <t>Bos 44</t>
   </si>
   <si>
     <t>1-10-NEW 44 (1:01) 38-Nicholas Brown ran to NEW 47 for 2 yards. Tackle by 32-Martin Snow.</t>
   </si>
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>2-8-NEW 47 (0:29) 4-Stephen Barnett pass complete to 19-Marvin Hardy to BUF 43 for 11 yards. Tackle by 40-Curtis Garcia.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>BUF 43</t>
   </si>
   <si>
     <t>1-10-BUF 43 (15:00) 37-Don Moore ran to BUF 39 for 3 yards. Tackle by 90-Edward Silva.</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
@@ -1205,81 +1205,81 @@
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
   <si>
     <t>2-10-BUF 25 (7:30) 15-Alan Wood pass complete to 88-Thomas Mitchell to BUF 31 for 6 yards. Tackle by 20-Roy Prunty.</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-4-BUF 31 (6:46) 15-Alan Wood pass incomplete, intended for 88-Thomas Mitchell.</t>
   </si>
   <si>
     <t>6:43</t>
   </si>
   <si>
     <t>4-4-BUF 31 (6:44) 7-Ryan Matas punts 54 yards to NEW 15.</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
-    <t>NEW 15</t>
+    <t>Bos 15</t>
   </si>
   <si>
     <t>1-10-NEW 15 (6:35) 4-Stephen Barnett pass complete to 88-John Schultz to NEW 22 for 7 yards. Tackle by 21-Reynaldo Stamper. 88-John Schultz did some fancy footwork there.</t>
   </si>
   <si>
     <t>5:50</t>
   </si>
   <si>
-    <t>NEW 22</t>
+    <t>Bos 22</t>
   </si>
   <si>
     <t>2-3-NEW 22 (5:49) 4-Stephen Barnett pass complete to 37-Don Moore to NEW 29 for 7 yards. Tackle by 51-Jaime Perrin.</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>1-10-NEW 29 (5:14) 4-Stephen Barnett pass complete to 89-John Coburn to NEW 35 for 6 yards. Tackle by 21-Reynaldo Stamper. 89-John Coburn made a great move on the CB.</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
   <si>
     <t>2-4-NEW 35 (4:39) 4-Stephen Barnett pass complete to 89-John Coburn to NEW 40 for 5 yards. Tackle by 90-Edward Silva.</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
   <si>
-    <t>NEW 40</t>
+    <t>Bos 40</t>
   </si>
   <si>
     <t>1-10-NEW 40 (3:54) 4-Stephen Barnett pass incomplete, dropped by 38-Nicholas Brown. 21-Reynaldo Stamper got away with a hold on that play.</t>
   </si>
   <si>
     <t>3:50</t>
   </si>
   <si>
     <t>2-10-NEW 40 (3:51) 4-Stephen Barnett pass incomplete, intended for 37-Don Moore.</t>
   </si>
   <si>
     <t>3:48</t>
   </si>
   <si>
     <t>3-10-NEW 40 (3:49) 4-Stephen Barnett pass complete to 14-Ryan Blair to NEW 47 for 7 yards. Tackle by 23-Roy Callaway. 23-Roy Callaway got away with a hold on that play.</t>
   </si>
   <si>
     <t>3:04</t>
   </si>
   <si>
     <t>4-3-NEW 47 (3:03) 1-William Kemble punts 45 yards to BUF 9. Fair Catch by 22-David Schild.</t>
   </si>
   <si>
     <t>2:56</t>
   </si>
@@ -1295,51 +1295,51 @@
   <si>
     <t>2-9-BUF 10 (2:17) 35-Richard Powers ran to BUF 8 for -2 yards. Tackle by 53-Lowell Colella. PENALTY - Holding (BUF 64-Philip Meade)</t>
   </si>
   <si>
     <t>2:13</t>
   </si>
   <si>
     <t>2-14-BUF 5 (2:14) 15-Alan Wood pass Pass knocked down by 22-Michael Faulkner. incomplete, intended for 35-Richard Powers.</t>
   </si>
   <si>
     <t>2:10</t>
   </si>
   <si>
     <t>3-14-BUF 5 (2:11) 15-Alan Wood pass incomplete, intended for 26-Christopher Hardman. That ball didn't get thrown well at all.</t>
   </si>
   <si>
     <t>2:08</t>
   </si>
   <si>
     <t>4-14-BUF 5 (2:09) 7-Ryan Matas punts 49 yards to NEW 46. Fair Catch by 38-Nicholas Brown.</t>
   </si>
   <si>
     <t>2:02</t>
   </si>
   <si>
-    <t>NEW 46</t>
+    <t>Bos 46</t>
   </si>
   <si>
     <t>1-10-NEW 46 (2:03) 37-Don Moore ran to BUF 49 for 5 yards. Tackle by 51-Jaime Perrin.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>BUF 49</t>
   </si>
   <si>
     <t>2-5-BUF 49 (2:00) 38-Nicholas Brown ran to BUF 39 for 10 yards. Tackle by 32-Martin Snow.</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>1-10-BUF 39 (1:56) 4-Stephen Barnett pass INTERCEPTED by 21-Reynaldo Stamper at BUF 27. 21-Reynaldo Stamper to BUF 33 for 5 yards. Tackle by 37-Don Moore.</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
@@ -1355,51 +1355,51 @@
   <si>
     <t>2-9-BUF 33 (1:11) 35-Richard Powers ran to BUF 33 for a short loss. Tackle by 55-Lonnie Leonard.</t>
   </si>
   <si>
     <t>0:38</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>3-9-BUF 33 (0:37) 35-Richard Powers ran to BUF 29 for -4 yards. Tackle by 99-Guy Clark.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>(15:00) 6-Harold Trojan kicks 69 yards from BUF 35 to NEW -4. 38-Nicholas Brown to NEW 31 for 35 yards. Tackle by 6-Harold Trojan. BUF 81-Thomas Solomon was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
-    <t>NEW 31</t>
+    <t>Bos 31</t>
   </si>
   <si>
     <t>1-10-NEW 31 (14:54) 4-Stephen Barnett pass Pass knocked down by 21-Reynaldo Stamper. incomplete, intended for 88-John Schultz.</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>2-10-NEW 31 (14:51) 4-Stephen Barnett pass complete to 37-Don Moore to NEW 43 for 12 yards. Tackle by 40-Curtis Garcia. PENALTY - Pass Interference (BUF 40-Curtis Garcia) (Declined)</t>
   </si>
   <si>
     <t>14:47</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>1-10-NEW 43 (14:48) 4-Stephen Barnett pass complete to 38-Nicholas Brown to BUF 49 for 8 yards. Tackle by 46-David Cosby. 38-Nicholas Brown made a great move on the CB.</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>2-2-BUF 49 (14:07) 37-Don Moore ran to BUF 42 for 7 yards. Tackle by 32-Martin Snow.</t>
   </si>
@@ -1598,51 +1598,51 @@
   <si>
     <t>4-5-BUF 14 (2:05) 3-Raymond Daniels 31 yard field goal is GOOD. BUF 32-Martin Snow was injured on the play. He looks like he should be able to return. NEW 29 BUF 0</t>
   </si>
   <si>
     <t>(2:03) 3-Raymond Daniels kicks 74 yards from NEW 35 to BUF -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-BUF 25 (2:03) 15-Alan Wood pass incomplete, intended for 35-Richard Powers.</t>
   </si>
   <si>
     <t>2-10-BUF 25 (2:01) 15-Alan Wood pass Pass knocked down by 21-Steven Calkins. incomplete, intended for 81-Thomas Solomon.</t>
   </si>
   <si>
     <t>3-10-BUF 25 (1:58) 15-Alan Wood pass Pass knocked down by 20-Roy Prunty. incomplete, intended for 88-Thomas Mitchell.</t>
   </si>
   <si>
     <t>1:54</t>
   </si>
   <si>
     <t>4-10-BUF 25 (1:55) 7-Ryan Matas punts 50 yards to NEW 25. 38-Nicholas Brown to NEW 34 for 9 yards. Tackle by 64-Philip Meade. BUF 77-Clyde Knight was injured on the play. He looks like he should be able to return. PENALTY - Holding (BUF 26-Christopher Hardman) (Declined)</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
-    <t>NEW 34</t>
+    <t>Bos 34</t>
   </si>
   <si>
     <t>1-10-NEW 34 (1:46) 4-Stephen Barnett pass complete to 37-Don Moore to NEW 37 for 2 yards. Tackle by 62-Michael Moore.</t>
   </si>
   <si>
     <t>2-8-NEW 37 (1:07) 4-Stephen Barnett pass complete to 19-Marvin Hardy to BUF 44 for 20 yards. 19-Marvin Hardy FUMBLES (27-Austin Hull) recovered by NEW-16-Philip Tillman at BUF 43. Tackle by 58-Arturo Patterson.</t>
   </si>
   <si>
     <t>0:26</t>
   </si>
   <si>
     <t>1-10-BUF 43 (0:25) 4-Stephen Barnett pass complete to 88-John Schultz to BUF 37 for 6 yards. Tackle by 90-Edward Silva.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>BUF 37</t>
   </si>
   <si>
     <t>2-4-BUF 37 (15:00) 45-John Farina ran to BUF 19 for 18 yards. Tackle by 50-Max Westling.</t>
   </si>
   <si>
     <t>1-10-BUF 19 (14:22) 37-Don Moore ran to BUF 15 for 4 yards. Tackle by 23-Roy Callaway.</t>
   </si>
@@ -1685,51 +1685,51 @@
   <si>
     <t>(11:57) 3-Raymond Daniels kicks 73 yards from NEW 35 to BUF -8. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>1-10-BUF 25 (11:57) 15-Alan Wood pass Pass knocked down by 29-Robert Buchholz. incomplete, intended for 88-Thomas Mitchell.</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>2-10-BUF 25 (11:55) 15-Alan Wood pass complete to 17-Jet Mitchell to BUF 33 for 8 yards. Tackle by 24-Victor Hayden.</t>
   </si>
   <si>
     <t>3-2-BUF 33 (11:29) 15-Alan Wood pass Pass knocked down by 21-Steven Calkins. incomplete, intended for 17-Jet Mitchell. Pressure by 91-Dwight Harrison.</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>4-2-BUF 33 (11:25) 7-Ryan Matas punts 43 yards to NEW 24. 37-Don Moore to NEW 30 for 6 yards. Tackle by 90-Edward Silva.</t>
   </si>
   <si>
-    <t>NEW 30</t>
+    <t>Bos 30</t>
   </si>
   <si>
     <t>1-10-NEW 30 (11:17) 35-Joesph Branch ran to NEW 33 for 3 yards. Tackle by 32-Martin Snow.</t>
   </si>
   <si>
     <t>10:40</t>
   </si>
   <si>
     <t>2-7-NEW 33 (10:39) 37-Don Moore ran to NEW 37 for 4 yards. Tackle by 51-Jaime Perrin.</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>3-3-NEW 37 (9:57) 35-Joesph Branch ran for 63 yards. TOUCHDOWN! NEW 42 BUF 0</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>(9:47) Extra point GOOD by 3-Raymond Daniels. NEW 43 BUF 0</t>
   </si>
   <si>
     <t>(9:47) 3-Raymond Daniels kicks 63 yards from NEW 35 to BUF 2. 22-David Schild to BUF 18 for 16 yards. Tackle by 28-Michael Whalen.</t>
   </si>
@@ -1757,51 +1757,51 @@
   <si>
     <t>2-6-BUF 39 (8:53) 15-Alan Wood pass incomplete, intended for 35-Richard Powers. Pressure by 99-Guy Clark.</t>
   </si>
   <si>
     <t>#89 Sean Seals - WR</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>3-6-BUF 39 (8:50) 15-Alan Wood pass incomplete, intended for 81-Thomas Solomon. Pressure by 95-Andrew Simmons.</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>4-6-BUF 39 (8:46) PENALTY - False Start (BUF 72-Sam Sheffield)</t>
   </si>
   <si>
     <t>4-11-BUF 34 (8:46) 7-Ryan Matas punts 51 yards to NEW 15. 37-Don Moore to NEW 27 for 13 yards. Tackle by 35-Richard Powers.</t>
   </si>
   <si>
     <t>8:36</t>
   </si>
   <si>
-    <t>NEW 27</t>
+    <t>Bos 27</t>
   </si>
   <si>
     <t>1-10-NEW 27 (8:37) 35-Joesph Branch ran to NEW 31 for 4 yards. Tackle by 58-Arturo Patterson.</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>2-6-NEW 31 (8:01) 37-Don Moore ran to NEW 40 for 9 yards. Tackle by 23-Roy Callaway. BUF 78-Issac Barrow was injured on the play.</t>
   </si>
   <si>
     <t>7:19</t>
   </si>
   <si>
     <t>1-10-NEW 40 (7:18) 35-Joesph Branch ran to NEW 43 for 3 yards. Tackle by 23-Roy Callaway.</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>2-7-NEW 43 (6:41) 35-Joesph Branch ran for 57 yards. TOUCHDOWN! NEW 49 BUF 0</t>
   </si>
   <si>
     <t>6:31</t>
   </si>
@@ -1871,75 +1871,75 @@
   <si>
     <t>1-10-BUF 42 (3:10) 15-Alan Wood pass incomplete, intended for 35-Richard Powers.</t>
   </si>
   <si>
     <t>3:06</t>
   </si>
   <si>
     <t>2-10-BUF 42 (3:07) 15-Alan Wood pass complete to 17-Jet Mitchell to BUF 45 for 4 yards. Tackle by 23-Charles Reynolds.</t>
   </si>
   <si>
     <t>2:47</t>
   </si>
   <si>
     <t>3-6-BUF 45 (2:46) 15-Alan Wood pass incomplete, dropped by 35-Richard Powers.</t>
   </si>
   <si>
     <t>2:42</t>
   </si>
   <si>
     <t>4-6-BUF 45 (2:43) 7-Ryan Matas punts 51 yards to NEW 4.</t>
   </si>
   <si>
     <t>2:33</t>
   </si>
   <si>
-    <t>NEW 4</t>
+    <t>Bos 4</t>
   </si>
   <si>
     <t>1-10-NEW 4 (2:34) 35-Joesph Branch ran to NEW 11 for 8 yards. Tackle by 58-Arturo Patterson. You can tell that the offense is starting to figure out how to beat that defensive play.</t>
   </si>
   <si>
-    <t>NEW 11</t>
+    <t>Bos 11</t>
   </si>
   <si>
     <t>2-2-NEW 11 (2:00) 37-Don Moore ran to NEW 13 for 2 yards. Tackle by 53-Rafael Courtney.</t>
   </si>
   <si>
     <t>1:24</t>
   </si>
   <si>
-    <t>NEW 13</t>
+    <t>Bos 13</t>
   </si>
   <si>
     <t>3-1-NEW 13 (1:23) 35-Joesph Branch ran to NEW 17 for 4 yards. Tackle by 51-Jaime Perrin. NEW 75-Winston Howard was injured on the play.</t>
   </si>
   <si>
     <t>0:44</t>
   </si>
   <si>
-    <t>NEW 17</t>
+    <t>Bos 17</t>
   </si>
   <si>
     <t>1-10-NEW 17 (0:43) 16-Philip Tillman ran to NEW 22 for 5 yards. Tackle by 32-Martin Snow.</t>
   </si>
   <si>
     <t>0:09</t>
   </si>
   <si>
     <t>2-5-NEW 22 (0:08) 12-Carl Powell ran to NEW 30 for 8 yards. Tackle by 23-Roy Callaway. PENALTY - Offsides (BUF 62-Michael Moore) (Declined)</t>
   </si>
   <si>
     <t>0:04</t>
   </si>
   <si>
     <t>1-10-NEW 30 (0:05) 35-Joesph Branch ran to NEW 32 for 2 yards. Tackle by 53-Rafael Courtney.</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>