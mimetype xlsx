--- v2 (2026-01-17)
+++ v3 (2026-03-19)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BUF has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>Bos</t>
   </si>
   <si>
     <t>Bos 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Raymond Daniels kicks 70 yards from NEW 35 to BUF -5. Touchback.</t>
   </si>
   <si>
-    <t>#22 David Schild - RB</t>
+    <t>#37 David Schild - RB</t>
   </si>
   <si>
     <t>#59 Arron Hilliard - WLB</t>
   </si>
   <si>
     <t>#86 Bobbie Barber - WR</t>
   </si>
   <si>
     <t>#70 Sam Sheffield - DT</t>
   </si>
   <si>
     <t>#35 Richard Powers - RB</t>
   </si>
   <si>
     <t>#23 Roy Callaway - SS</t>
   </si>
   <si>
     <t>#81 Thomas Solomon - TE</t>
   </si>
   <si>
     <t>#98 Edward Silva - SLB</t>
   </si>
   <si>
     <t>#67 Daniel Watson - RG</t>
   </si>
@@ -374,213 +374,213 @@
   <si>
     <t>#73 Raymond Turner - LT</t>
   </si>
   <si>
     <t>#91 Andrew Simmons - LDE</t>
   </si>
   <si>
     <t>#91 Dwight Harrison - DT</t>
   </si>
   <si>
     <t>#92 Gregg Frazier - DT</t>
   </si>
   <si>
     <t>#76 Gregory Kale - LDE</t>
   </si>
   <si>
     <t>#54 Andrew Knox - SLB</t>
   </si>
   <si>
     <t>#52 James Griswold - SS</t>
   </si>
   <si>
     <t>#96 Charles Haupt - WLB</t>
   </si>
   <si>
-    <t>#20 Roy Prunty - CB</t>
+    <t>#26 Roy Prunty - CB</t>
   </si>
   <si>
     <t>#30 Robert Buchholz - CB</t>
   </si>
   <si>
     <t>#28 Victor Hayden - WLB</t>
   </si>
   <si>
     <t>#23 Charles Reynolds - CB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>BUF 27</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 27 (14:58) 4-Stephen Barnett pass complete to 17-Romeo Sonntag for 27 yards. TOUCHDOWN! 17-Romeo Sonntag breaks down the CB. 21-Reynaldo Stamper got away with a hold on that play. NEW 6 BUF 0</t>
   </si>
   <si>
     <t>#4 Stephen Barnett - QB</t>
   </si>
   <si>
-    <t>#38 Nicholas Brown - RB</t>
+    <t>#38 Nicholas Brown - WR</t>
   </si>
   <si>
     <t>#45 John Farina - FB</t>
   </si>
   <si>
     <t>#40 John Schultz - FB</t>
   </si>
   <si>
-    <t>#16 Ryan Blair - WR</t>
+    <t>#12 Ryan Blair - WR</t>
   </si>
   <si>
     <t>#44 Romeo Sonntag - RB</t>
   </si>
   <si>
-    <t>#75 Winston Howard - LT</t>
+    <t>#63 Winston Howard - C</t>
   </si>
   <si>
     <t>#78 Scott Short - C</t>
   </si>
   <si>
     <t>#61 Andrew Saldivar - C</t>
   </si>
   <si>
     <t>#66 Christopher Daniel - RG</t>
   </si>
   <si>
     <t>#76 George Singletary - RT</t>
   </si>
   <si>
     <t>#95 Virgil Brown - LDE</t>
   </si>
   <si>
     <t>#98 Issac Barrow - DT</t>
   </si>
   <si>
     <t>#53 Rafael Courtney - DT</t>
   </si>
   <si>
-    <t>#92 Michael Moore - RDE</t>
+    <t>#69 Michael Moore - RDE</t>
   </si>
   <si>
     <t>#58 Arturo Patterson - MLB</t>
   </si>
   <si>
     <t>#94 Jaime Perrin - WLB</t>
   </si>
   <si>
     <t>#53 David Cosby - SLB</t>
   </si>
   <si>
     <t>#21 Reynaldo Stamper - FS</t>
   </si>
   <si>
     <t>#32 Martin Snow - FS</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>BUF 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:53) Extra point GOOD by 3-Raymond Daniels. NEW 75-Winston Howard was injured on the play. He looks like he should be able to return. NEW 7 BUF 0</t>
   </si>
   <si>
     <t>#1 William Kemble - P</t>
   </si>
   <si>
     <t>#35 Joesph Branch - WR</t>
   </si>
   <si>
     <t>#77 Dustin Ikard - LT</t>
   </si>
   <si>
     <t>#85 John Coburn - TE</t>
   </si>
   <si>
     <t>#98 Lowell Colella - WLB</t>
   </si>
   <si>
     <t>#21 Steven Calkins - CB</t>
   </si>
   <si>
-    <t>#49 Richard Ornelas - SS</t>
+    <t>#27 Richard Ornelas - CB</t>
   </si>
   <si>
     <t>#50 Max Westling - WLB</t>
   </si>
   <si>
     <t>#55 Ronald Cole - SLB</t>
   </si>
   <si>
     <t>(14:53) 3-Raymond Daniels kicks 73 yards from NEW 35 to BUF -8. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BUF 25 (14:53) 15-Alan Wood pass incomplete, intended for 88-Thomas Mitchell.</t>
   </si>
   <si>
     <t>#28 Michael Whalen - CB</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-10-BUF 25 (14:50) 15-Alan Wood pass incomplete, dropped by 81-Thomas Solomon.</t>
   </si>
   <si>
     <t>#33 Jerry Albano - TE</t>
   </si>
   <si>
     <t>#99 Guy Clark - DT</t>
   </si>
   <si>
-    <t>#59 Gregory Campos - RDE</t>
+    <t>#59 Gregory Campos - MLB</t>
   </si>
   <si>
     <t>#55 Lonnie Leonard - MLB</t>
   </si>
   <si>
     <t>#22 Michael Faulkner - CB</t>
   </si>
   <si>
     <t>14:45</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>3-10-BUF 25 (14:46) 15-Alan Wood pass incomplete, intended for 26-Christopher Hardman. That pass kind of wobbled as it was released.</t>
   </si>
   <si>
     <t>14:43</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -1538,51 +1538,51 @@
   <si>
     <t>5:38</t>
   </si>
   <si>
     <t>1-10-NEW 45 (5:39) 4-Stephen Barnett pass complete to 37-Don Moore to NEW 46 for 1 yards. Tackle by 52-Ronald Cole.</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
   <si>
     <t>2-9-NEW 46 (4:53) 4-Stephen Barnett pass Pass knocked down by 51-Jaime Perrin. incomplete, intended for 35-Joesph Branch.</t>
   </si>
   <si>
     <t>4:48</t>
   </si>
   <si>
     <t>3-9-NEW 46 (4:49) 4-Stephen Barnett pass complete to 12-Carl Powell to BUF 19 for 36 yards. Tackle by 46-David Cosby.</t>
   </si>
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>1-10-BUF 19 (4:04) PENALTY - False Start (NEW 76-George Singletary)</t>
   </si>
   <si>
-    <t>#72 Carl Rogers - RT</t>
+    <t>#86 Carl Rogers - LT</t>
   </si>
   <si>
     <t>#64 Noel Wilkinson - LG</t>
   </si>
   <si>
     <t>4:03</t>
   </si>
   <si>
     <t>1-15-BUF 24 (4:04) 4-Stephen Barnett pass complete to 88-John Schultz to BUF 13 for 11 yards. Tackle by 51-Jaime Perrin.</t>
   </si>
   <si>
     <t>3:26</t>
   </si>
   <si>
     <t>2-4-BUF 13 (3:25) 4-Stephen Barnett pass incomplete, intended for 38-Nicholas Brown. Pressure by 68-Virgil Brown. PENALTY - Holding (NEW 61-Andrew Saldivar)</t>
   </si>
   <si>
     <t>3:20</t>
   </si>
   <si>
     <t>2-14-BUF 23 (3:21) 4-Stephen Barnett pass complete to 37-Don Moore to BUF 19 for 4 yards. Tackle by 40-Curtis Garcia.</t>
   </si>
   <si>
     <t>2:40</t>
   </si>
@@ -2293,93 +2293,93 @@
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="320.779" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">