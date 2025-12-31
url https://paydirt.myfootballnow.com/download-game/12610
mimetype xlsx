--- v0 (2025-10-31)
+++ v1 (2025-12-31)
@@ -287,63 +287,63 @@
   <si>
     <t>TEN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-John Draper kicks 72 yards from HOU 35 to TEN -7. Touchback.</t>
   </si>
   <si>
     <t>#84 Henry Phillips - WR</t>
   </si>
   <si>
     <t>#51 Matthew Brown - RDE</t>
   </si>
   <si>
-    <t>#96 Coy McMurtry - LDE</t>
+    <t>#76 Coy McMurtry - LDE</t>
   </si>
   <si>
     <t>#33 Bill Lund - CB</t>
   </si>
   <si>
     <t>#42 Walter Martinez - CB</t>
   </si>
   <si>
     <t>#24 Pierre Harbour - CB</t>
   </si>
   <si>
-    <t>#7 Albert Simpson - TE</t>
+    <t>#87 Albert Simpson - TE</t>
   </si>
   <si>
     <t>#92 Brian Clark - CB</t>
   </si>
   <si>
     <t>#55 Daniel Collins - WLB</t>
   </si>
   <si>
     <t>#95 Mark Meier - DT</t>
   </si>
   <si>
     <t>#43 Billy Widmer - FS</t>
   </si>
   <si>
     <t>#5 John Draper - K</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
@@ -404,51 +404,51 @@
   <si>
     <t>#36 John Merrill - CB</t>
   </si>
   <si>
     <t>#22 Jim Losada - CB</t>
   </si>
   <si>
     <t>#49 Thomas Weaver - SS</t>
   </si>
   <si>
     <t>#30 Roger Black - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-10-TEN 25 (14:18) 82-George Kaplan ran to TEN 30 for 4 yards. Tackle by 94-Andrew Savoy.</t>
   </si>
   <si>
-    <t>#39 Leland Spicer - TE</t>
+    <t>#89 Leland Spicer - TE</t>
   </si>
   <si>
     <t>#55 Andrew Savoy - SLB</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>TEN 30</t>
   </si>
   <si>
     <t>3-5-TEN 30 (13:42) 82-George Kaplan ran to TEN 32 for 2 yards. Tackle by 90-James Long.</t>
   </si>
   <si>
     <t>13:10</t>
   </si>
   <si>
     <t>TEN 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
@@ -2127,51 +2127,51 @@
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>