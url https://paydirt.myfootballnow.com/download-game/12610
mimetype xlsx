--- v1 (2025-12-31)
+++ v2 (2026-01-30)
@@ -305,96 +305,96 @@
   <si>
     <t>#84 Henry Phillips - WR</t>
   </si>
   <si>
     <t>#51 Matthew Brown - RDE</t>
   </si>
   <si>
     <t>#76 Coy McMurtry - LDE</t>
   </si>
   <si>
     <t>#33 Bill Lund - CB</t>
   </si>
   <si>
     <t>#42 Walter Martinez - CB</t>
   </si>
   <si>
     <t>#24 Pierre Harbour - CB</t>
   </si>
   <si>
     <t>#87 Albert Simpson - TE</t>
   </si>
   <si>
     <t>#92 Brian Clark - CB</t>
   </si>
   <si>
-    <t>#55 Daniel Collins - WLB</t>
+    <t>#38 Daniel Collins - FS</t>
   </si>
   <si>
     <t>#95 Mark Meier - DT</t>
   </si>
   <si>
-    <t>#43 Billy Widmer - FS</t>
+    <t>#43 Billy Widmer - SS</t>
   </si>
   <si>
     <t>#5 John Draper - K</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-TEN 25 (15:00) 19-Ronald Hill pass complete to 82-George Kaplan to TEN 25 for a short gain. Tackle by 22-Jim Losada.</t>
   </si>
   <si>
-    <t>#19 Ronald Hill - QB</t>
+    <t>#1 Ronald Hill - QB</t>
   </si>
   <si>
     <t>#82 George Kaplan - WR</t>
   </si>
   <si>
     <t>#86 Thomas Woods - TE</t>
   </si>
   <si>
     <t>#87 Juan Moloney - WR</t>
   </si>
   <si>
     <t>#46 Kenneth Lindsay - LT</t>
   </si>
   <si>
     <t>#53 Juan Johnson - LG</t>
   </si>
   <si>
-    <t>#61 David Thorpe - C</t>
+    <t>#74 David Thorpe - C</t>
   </si>
   <si>
     <t>#50 John Brassard - RG</t>
   </si>
   <si>
     <t>#62 William Berkowitz - RT</t>
   </si>
   <si>
     <t>#64 Jose Williams - LDE</t>
   </si>
   <si>
     <t>#54 James Long - DT</t>
   </si>
   <si>
     <t>#77 Paul Hansen - DT</t>
   </si>
   <si>
     <t>#73 Lester McIntire - RDE</t>
   </si>
   <si>
     <t>#27 Aubrey Lee - SLB</t>
   </si>
   <si>
     <t>#51 Brian Pifer - MLB</t>
   </si>
@@ -434,51 +434,51 @@
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>TEN 30</t>
   </si>
   <si>
     <t>3-5-TEN 30 (13:42) 82-George Kaplan ran to TEN 32 for 2 yards. Tackle by 90-James Long.</t>
   </si>
   <si>
     <t>13:10</t>
   </si>
   <si>
     <t>TEN 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-TEN 32 (13:09) 13-Victor Pham punts 50 yards to HOU 18. Fair Catch by 82-Richard Reid.</t>
   </si>
   <si>
-    <t>#13 Victor Pham - P</t>
+    <t>#2 Victor Pham - P</t>
   </si>
   <si>
     <t>#82 Richard Reid - RB</t>
   </si>
   <si>
     <t>#39 Steven Morris - RB</t>
   </si>
   <si>
     <t>#41 Martin Salter - RB</t>
   </si>
   <si>
     <t>#86 Daniel McCorkle - WR</t>
   </si>
   <si>
     <t>#77 Steven Christensen - C</t>
   </si>
   <si>
     <t>#28 Donald Clegg - RDE</t>
   </si>
   <si>
     <t>#79 Raymond Adams - LDE</t>
   </si>
   <si>
     <t>#52 Luis Colunga - MLB</t>
   </si>
@@ -515,60 +515,60 @@
   <si>
     <t>#71 Christopher Hatfield - LT</t>
   </si>
   <si>
     <t>#75 Truman Johnson - LG</t>
   </si>
   <si>
     <t>#68 Antonio Clayton - C</t>
   </si>
   <si>
     <t>#55 Thomas Smith - RG</t>
   </si>
   <si>
     <t>#74 Jonathan Stam - RT</t>
   </si>
   <si>
     <t>#68 David Albright - LDE</t>
   </si>
   <si>
     <t>#98 Leroy Rooney - DT</t>
   </si>
   <si>
     <t>#21 Jorge Fritz - DT</t>
   </si>
   <si>
-    <t>#56 Ashley Smith - MLB</t>
+    <t>#93 Ashley Smith - DT</t>
   </si>
   <si>
     <t>#90 Gordon Gilbert - LDE</t>
   </si>
   <si>
     <t>#26 Glen Coleman - CB</t>
   </si>
   <si>
-    <t>#32 James Alvarado - SS</t>
+    <t>#29 James Alvarado - CB</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>2-3-HOU 25 (12:23) 20-Mark Sykes ran to HOU 28 for 3 yards. Tackle by 55-Daniel Collins.</t>
   </si>
   <si>
     <t>#48 Williams Epperson - FB</t>
   </si>
   <si>
     <t>#88 James Oakes - WR</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
@@ -617,51 +617,51 @@
   <si>
     <t>#10 Jimmy Madison - WR</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>HOU 47</t>
   </si>
   <si>
     <t>2-7-HOU 47 (9:51) 5-Micheal Long pass complete to 10-Jimmy Madison to HOU 50 for 3 yards. Tackle by 40-Bill Lund. PENALTY - Facemask (TEN 40-Bill Lund)</t>
   </si>
   <si>
     <t>9:47</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>1-10-TEN 35 (9:48) 41-Martin Salter ran to TEN 25 for 11 yards. Tackle by 98-Walter Martinez.</t>
   </si>
   <si>
-    <t>#52 John Britton - WLB</t>
+    <t>#58 John Britton - WLB</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-TEN 25 (9:06) 82-Richard Reid ran to TEN 20 for 5 yards. 82-Richard Reid FUMBLES (43-Billy Widmer) recovered by HOU-55-Thomas Smith at TEN 19. Tackle by 43-Billy Widmer.</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>TEN 19</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-4-TEN 19 (8:26) 20-Mark Sykes ran to TEN 20 for -1 yards. Tackle by 56-Ashley Smith.</t>
   </si>
   <si>
     <t>#50 Christopher Skinner - MLB</t>
   </si>
@@ -2106,88 +2106,88 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="320.779" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">