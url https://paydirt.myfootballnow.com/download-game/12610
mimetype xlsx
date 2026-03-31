--- v2 (2026-01-30)
+++ v3 (2026-03-31)
@@ -284,114 +284,114 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TEN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-John Draper kicks 72 yards from HOU 35 to TEN -7. Touchback.</t>
   </si>
   <si>
     <t>#84 Henry Phillips - WR</t>
   </si>
   <si>
-    <t>#51 Matthew Brown - RDE</t>
+    <t>#51 Matthew Brown - MLB</t>
   </si>
   <si>
     <t>#76 Coy McMurtry - LDE</t>
   </si>
   <si>
     <t>#33 Bill Lund - CB</t>
   </si>
   <si>
     <t>#42 Walter Martinez - CB</t>
   </si>
   <si>
     <t>#24 Pierre Harbour - CB</t>
   </si>
   <si>
-    <t>#87 Albert Simpson - TE</t>
+    <t>#21 Albert Simpson - RB</t>
   </si>
   <si>
     <t>#92 Brian Clark - CB</t>
   </si>
   <si>
     <t>#38 Daniel Collins - FS</t>
   </si>
   <si>
     <t>#95 Mark Meier - DT</t>
   </si>
   <si>
     <t>#43 Billy Widmer - SS</t>
   </si>
   <si>
     <t>#5 John Draper - K</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-TEN 25 (15:00) 19-Ronald Hill pass complete to 82-George Kaplan to TEN 25 for a short gain. Tackle by 22-Jim Losada.</t>
   </si>
   <si>
     <t>#1 Ronald Hill - QB</t>
   </si>
   <si>
     <t>#82 George Kaplan - WR</t>
   </si>
   <si>
     <t>#86 Thomas Woods - TE</t>
   </si>
   <si>
     <t>#87 Juan Moloney - WR</t>
   </si>
   <si>
     <t>#46 Kenneth Lindsay - LT</t>
   </si>
   <si>
-    <t>#53 Juan Johnson - LG</t>
+    <t>#53 Juan Johnson - LT</t>
   </si>
   <si>
     <t>#74 David Thorpe - C</t>
   </si>
   <si>
     <t>#50 John Brassard - RG</t>
   </si>
   <si>
     <t>#62 William Berkowitz - RT</t>
   </si>
   <si>
     <t>#64 Jose Williams - LDE</t>
   </si>
   <si>
     <t>#54 James Long - DT</t>
   </si>
   <si>
     <t>#77 Paul Hansen - DT</t>
   </si>
   <si>
     <t>#73 Lester McIntire - RDE</t>
   </si>
   <si>
     <t>#27 Aubrey Lee - SLB</t>
   </si>
@@ -440,51 +440,51 @@
   <si>
     <t>3-5-TEN 30 (13:42) 82-George Kaplan ran to TEN 32 for 2 yards. Tackle by 90-James Long.</t>
   </si>
   <si>
     <t>13:10</t>
   </si>
   <si>
     <t>TEN 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-TEN 32 (13:09) 13-Victor Pham punts 50 yards to HOU 18. Fair Catch by 82-Richard Reid.</t>
   </si>
   <si>
     <t>#2 Victor Pham - P</t>
   </si>
   <si>
     <t>#82 Richard Reid - RB</t>
   </si>
   <si>
-    <t>#39 Steven Morris - RB</t>
+    <t>#9 Steven Morris - WR</t>
   </si>
   <si>
     <t>#41 Martin Salter - RB</t>
   </si>
   <si>
     <t>#86 Daniel McCorkle - WR</t>
   </si>
   <si>
     <t>#77 Steven Christensen - C</t>
   </si>
   <si>
     <t>#28 Donald Clegg - RDE</t>
   </si>
   <si>
     <t>#79 Raymond Adams - LDE</t>
   </si>
   <si>
     <t>#52 Luis Colunga - MLB</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>HOU 18</t>
   </si>
@@ -506,66 +506,66 @@
   <si>
     <t>#89 Melvin Raggs - FB</t>
   </si>
   <si>
     <t>#49 Robert Hyde - FB</t>
   </si>
   <si>
     <t>#12 William Biscoe - WR</t>
   </si>
   <si>
     <t>#71 Christopher Hatfield - LT</t>
   </si>
   <si>
     <t>#75 Truman Johnson - LG</t>
   </si>
   <si>
     <t>#68 Antonio Clayton - C</t>
   </si>
   <si>
     <t>#55 Thomas Smith - RG</t>
   </si>
   <si>
     <t>#74 Jonathan Stam - RT</t>
   </si>
   <si>
-    <t>#68 David Albright - LDE</t>
+    <t>#68 David Albright - DT</t>
   </si>
   <si>
     <t>#98 Leroy Rooney - DT</t>
   </si>
   <si>
     <t>#21 Jorge Fritz - DT</t>
   </si>
   <si>
     <t>#93 Ashley Smith - DT</t>
   </si>
   <si>
     <t>#90 Gordon Gilbert - LDE</t>
   </si>
   <si>
-    <t>#26 Glen Coleman - CB</t>
+    <t>#46 Glen Coleman - SS</t>
   </si>
   <si>
     <t>#29 James Alvarado - CB</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>2-3-HOU 25 (12:23) 20-Mark Sykes ran to HOU 28 for 3 yards. Tackle by 55-Daniel Collins.</t>
   </si>
   <si>
     <t>#48 Williams Epperson - FB</t>
   </si>
   <si>
     <t>#88 James Oakes - WR</t>
   </si>
@@ -701,51 +701,51 @@
   <si>
     <t>TEN 8</t>
   </si>
   <si>
     <t>1-8-TEN 8 (6:58) 5-Micheal Long pass complete to 88-James Oakes for 8 yards. TOUCHDOWN! HOU 6 TEN 0</t>
   </si>
   <si>
     <t>6:54</t>
   </si>
   <si>
     <t>TEN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:55) Extra point GOOD by 2-John Draper. HOU 7 TEN 0</t>
   </si>
   <si>
     <t>#14 Larry Yoo - QB</t>
   </si>
   <si>
-    <t>#90 John Gross - RDE</t>
+    <t>#90 John Gross - LDE</t>
   </si>
   <si>
     <t>#54 William Thompson - LG</t>
   </si>
   <si>
     <t>(6:55) 2-John Draper kicks 74 yards from HOU 35 to TEN -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-TEN 25 (6:55) 82-George Kaplan ran to TEN 28 for 3 yards. Tackle by 27-Aubrey Lee.</t>
   </si>
   <si>
     <t>6:19</t>
   </si>
   <si>
     <t>TEN 28</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
@@ -764,51 +764,51 @@
   <si>
     <t>TEN 38</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-TEN 38 (5:39) 82-George Kaplan ran to TEN 49 for 11 yards. Tackle by 30-Roger Black.</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>TEN 49</t>
   </si>
   <si>
     <t>Singleback 4 Wide WR Crosses</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-TEN 49 (4:56) 19-Ronald Hill pass complete to 84-Henry Phillips to HOU 48 for 3 yards. Tackle by 49-Thomas Weaver. 84-Henry Phillips did some fancy footwork there.</t>
   </si>
   <si>
-    <t>#11 Marco Evans - WR</t>
+    <t>#28 Marco Evans - RB</t>
   </si>
   <si>
     <t>#21 Grant Herman - CB</t>
   </si>
   <si>
     <t>#40 Michael Landreth - CB</t>
   </si>
   <si>
     <t>4:19</t>
   </si>
   <si>
     <t>HOU 48</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-7-HOU 48 (4:18) 82-George Kaplan ran to HOU 43 for 5 yards. Tackle by 50-Robert James.</t>
   </si>
   <si>
     <t>#11 Garry Ventura - WR</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
@@ -2101,51 +2101,51 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="320.779" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>