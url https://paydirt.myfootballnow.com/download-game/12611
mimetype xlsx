--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -368,75 +368,75 @@
   <si>
     <t>#84 Vernon Adams - TE</t>
   </si>
   <si>
     <t>#81 Hallen Keller - WR</t>
   </si>
   <si>
     <t>#79 Hugo Rivas - LT</t>
   </si>
   <si>
     <t>#61 Gregg Jacobs - LG</t>
   </si>
   <si>
     <t>#60 Justin White - C</t>
   </si>
   <si>
     <t>#63 William Beyer - RG</t>
   </si>
   <si>
     <t>#55 Ronnie Neal - RT</t>
   </si>
   <si>
     <t>#72 Oliver Mitchell - RDE</t>
   </si>
   <si>
-    <t>#67 Carlos Stern - DT</t>
+    <t>#91 Carlos Stern - DT</t>
   </si>
   <si>
     <t>#64 Tod Fry - DT</t>
   </si>
   <si>
     <t>#98 Brian Stripling - DT</t>
   </si>
   <si>
     <t>#52 Thomas Allison - RDE</t>
   </si>
   <si>
     <t>#50 Lee Mintz - SLB</t>
   </si>
   <si>
     <t>#92 Tomas Lowery - MLB</t>
   </si>
   <si>
     <t>#91 Joseph Plummer - WLB</t>
   </si>
   <si>
     <t>#49 Willie Kling - CB</t>
   </si>
   <si>
-    <t>#38 Lucas Shea - CB</t>
+    <t>#43 Lucas Shea - CB</t>
   </si>
   <si>
     <t>#51 Donald Sessums - SS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>IND 33</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-4-IND 33 (14:12) 43-Lawrence Willems ran to IND 32 for -2 yards. Tackle by 50-Lee Mintz.</t>
   </si>
   <si>
     <t>#83 Kenneth Anthony - WR</t>
   </si>
   <si>
     <t>#88 Howard Hancock - WR</t>
   </si>
@@ -536,51 +536,51 @@
   <si>
     <t>#84 Wallace Barnard - WR</t>
   </si>
   <si>
     <t>#85 James Edwards - WR</t>
   </si>
   <si>
     <t>#80 Paul Parsons - WR</t>
   </si>
   <si>
     <t>#67 Chester Lee - LT</t>
   </si>
   <si>
     <t>#60 Jerry Bell - LG</t>
   </si>
   <si>
     <t>#53 Blaze Herb - C</t>
   </si>
   <si>
     <t>#69 Eli Stephenson - RG</t>
   </si>
   <si>
     <t>#79 Jesse Torkelson - RT</t>
   </si>
   <si>
-    <t>#91 Benjamin Farrell - LDE</t>
+    <t>#58 Benjamin Farrell - LDE</t>
   </si>
   <si>
     <t>#73 Tobias Kim - RDE</t>
   </si>
   <si>
     <t>#73 Greg Harris - SLB</t>
   </si>
   <si>
     <t>#98 Gregory Yeh - MLB</t>
   </si>
   <si>
     <t>#26 Charles Gomes - CB</t>
   </si>
   <si>
     <t>#31 Kevin Reiss - SS</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>IND 31</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-IND 31 (8:22) 5-Jordan Montoya 49 yard field goal is GOOD. JAX 3 IND 0</t>
   </si>
   <si>
     <t>#66 Robert Rivera - LG</t>
   </si>
   <si>
     <t>#64 Daniel Page - LG</t>
   </si>
   <si>
     <t>#65 Jeffrey Stocking - C</t>
   </si>
   <si>
-    <t>#63 Michael Calabrese - RG</t>
+    <t>#78 Michael Calabrese - C</t>
   </si>
   <si>
     <t>#95 Jimmie Hyde - RDE</t>
   </si>
   <si>
     <t>#54 Scott Gleason - MLB</t>
   </si>
   <si>
     <t>8:18</t>
   </si>
   <si>
     <t>(8:19) 5-Jordan Montoya kicks 69 yards from JAX 35 to IND -4. Touchback.</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>1-10-IND 25 (8:19) 43-Lawrence Willems ran to IND 25 for a short gain. Tackle by 42-Lucas Shea.</t>
   </si>
   <si>
     <t>8:17</t>
   </si>
   <si>
     <t>Timeout IND</t>
   </si>
@@ -1367,51 +1367,51 @@
   <si>
     <t>9:11</t>
   </si>
   <si>
     <t>JAX 44</t>
   </si>
   <si>
     <t>2-9-JAX 44 (9:10) 43-Lawrence Willems ran to JAX 42 for 2 yards. Tackle by 45-Jesse Kinsler.</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>3-7-JAX 42 (8:37) 5-Graig Ortiz pass complete to 83-Kenneth Anthony to JAX 36 for 6 yards. Tackle by 50-Lee Mintz.</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>JAX 36</t>
   </si>
   <si>
     <t>4-1-JAX 36 (7:53) 17-Harris Hudson 53 yard field goal is GOOD. JAX 13 IND 3</t>
   </si>
   <si>
-    <t>#80 Bryon Huggins - TE</t>
+    <t>#84 Bryon Huggins - TE</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>(7:49) 17-Harris Hudson kicks 75 yards from IND 35 to JAX -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-JAX 25 (7:49) 6-Jim Williams pass complete to 37-Ray Chung to JAX 49 for 24 yards. Pushed out of bounds by 26-Charles Gomes.</t>
   </si>
   <si>
     <t>1-10-JAX 49 (7:05) 6-Jim Williams pass incomplete, dropped by 37-Ray Chung. Pressure by 54-Scott Gleason.</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>2-10-JAX 49 (7:01) 82-Milton Ring ran to IND 40 for 10 yards. Tackle by 20-Ian Rosenberg.</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>1-10-IND 40 (6:17) 6-Jim Williams pass complete to 12-Stanley Gonzales to IND 22 for 18 yards. Tackle by 33-Monroe Pizzo.</t>
   </si>
@@ -1634,51 +1634,51 @@
   <si>
     <t>IND 41</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-7-IND 41 (8:16) 5-Graig Ortiz ran to IND 49 for 8 yards. 5-Graig Ortiz slides to avoid being hit. IND 79-Hugo Rivas was injured on the play.</t>
   </si>
   <si>
     <t>7:52</t>
   </si>
   <si>
     <t>1-10-IND 49 (7:51) 5-Graig Ortiz pass complete to 84-Vernon Adams to JAX 37 for 14 yards. Tackle by 91-Joseph Plummer.</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>1-10-JAX 37 (7:28) 5-Graig Ortiz sacked at JAX 45 for -8 yards (72-Oliver Mitchell). Sack allowed by 58-Steven McKechnie.</t>
   </si>
   <si>
-    <t>#99 Dustin Jackson - MLB</t>
+    <t>#94 Dustin Jackson - MLB</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-18-JAX 45 (7:03) 5-Graig Ortiz pass complete to 10-Michael Anderson to JAX 38 for 7 yards. Tackle by 45-Jesse Kinsler. 10-Michael Anderson breaks down the CB. 45-Jesse Kinsler got away with a hold on that play.</t>
   </si>
   <si>
     <t>#13 Rex Cope - WR</t>
   </si>
   <si>
     <t>6:45</t>
   </si>
   <si>
     <t>3-11-JAX 38 (6:44) 5-Graig Ortiz sacked at JAX 46 for -8 yards (78-Robert Hutchinson). Sack allowed by 55-Ronnie Neal. 55-Ronnie Neal was completely beat on that play.</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>4-19-JAX 46 (6:19) 7-James Jelks punts 52 yards to JAX -6.4-19-JAX 46 (6:19) 7-James Jelks punts 52 yards to JAX -6. Touchback.</t>
   </si>
@@ -2227,93 +2227,93 @@
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="386.906" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">