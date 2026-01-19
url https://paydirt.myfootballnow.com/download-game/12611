--- v1 (2025-12-20)
+++ v2 (2026-01-19)
@@ -281,63 +281,63 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>IND has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JAX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Jordan Montoya kicks 67 yards from JAX 35 to IND -2. 43-Lawrence Willems to IND 28 for 30 yards. Tackle by 78-Robert Hutchinson.</t>
   </si>
   <si>
-    <t>#43 Lawrence Willems - RB</t>
+    <t>#45 Lawrence Willems - RB</t>
   </si>
   <si>
     <t>#37 Stewart Miller - CB</t>
   </si>
   <si>
     <t>#34 Darren Messenger - CB</t>
   </si>
   <si>
     <t>#23 Jesse Robinson - CB</t>
   </si>
   <si>
-    <t>#62 Quintin McCoy - LDE</t>
+    <t>#56 Quintin McCoy - LDE</t>
   </si>
   <si>
     <t>#33 Monroe Pizzo - FS</t>
   </si>
   <si>
     <t>#25 Louis Adams - CB</t>
   </si>
   <si>
     <t>#31 Ian Rosenberg - FS</t>
   </si>
   <si>
     <t>#95 Philip Moore - WLB</t>
   </si>
   <si>
     <t>#35 Alvin Rhodes - SS</t>
   </si>
   <si>
     <t>#99 Earl Schiffer - DT</t>
   </si>
   <si>
     <t>#5 Jordan Montoya - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
@@ -464,60 +464,60 @@
   <si>
     <t>3-6-IND 32 (13:36) 43-Lawrence Willems ran to IND 32 for a short loss. Tackle by 42-Lucas Shea.</t>
   </si>
   <si>
     <t>#10 Michael Anderson - WR</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-IND 32 (13:01) 7-James Jelks punts 47 yards to JAX 22. Fair Catch by 84-Marvin Ewing.</t>
   </si>
   <si>
     <t>#7 James Jelks - P</t>
   </si>
   <si>
     <t>#17 Marvin Ewing - RB</t>
   </si>
   <si>
-    <t>#98 Roy Santiago - WLB</t>
+    <t>#58 Roy Santiago - MLB</t>
   </si>
   <si>
     <t>#77 George Almanza - LT</t>
   </si>
   <si>
     <t>#58 Steven McKechnie - C</t>
   </si>
   <si>
-    <t>#68 Larry Beck - C</t>
+    <t>#70 Larry Beck - C</t>
   </si>
   <si>
     <t>#69 Johnathan Piazza - RT</t>
   </si>
   <si>
     <t>#56 Jarrod Lange - SS</t>
   </si>
   <si>
     <t>#95 William Ingram - DT</t>
   </si>
   <si>
     <t>#61 Brian Hampton - LDE</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>JAX 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel 3-3-5 CB1 CB2 Blitz</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>3-10-IND 38 (9:02) 6-Jim Williams pass complete to 37-Ray Chung to IND 31 for 8 yards. Tackle by 31-Kevin Reiss.</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>IND 31</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-IND 31 (8:22) 5-Jordan Montoya 49 yard field goal is GOOD. JAX 3 IND 0</t>
   </si>
   <si>
     <t>#66 Robert Rivera - LG</t>
   </si>
   <si>
     <t>#64 Daniel Page - LG</t>
   </si>
   <si>
-    <t>#65 Jeffrey Stocking - C</t>
+    <t>#67 Jeffrey Stocking - C</t>
   </si>
   <si>
     <t>#78 Michael Calabrese - C</t>
   </si>
   <si>
     <t>#95 Jimmie Hyde - RDE</t>
   </si>
   <si>
     <t>#54 Scott Gleason - MLB</t>
   </si>
   <si>
     <t>8:18</t>
   </si>
   <si>
     <t>(8:19) 5-Jordan Montoya kicks 69 yards from JAX 35 to IND -4. Touchback.</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>1-10-IND 25 (8:19) 43-Lawrence Willems ran to IND 25 for a short gain. Tackle by 42-Lucas Shea.</t>
   </si>
   <si>
     <t>8:17</t>
   </si>