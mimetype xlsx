--- v2 (2026-01-19)
+++ v3 (2026-03-20)
@@ -464,51 +464,51 @@
   <si>
     <t>3-6-IND 32 (13:36) 43-Lawrence Willems ran to IND 32 for a short loss. Tackle by 42-Lucas Shea.</t>
   </si>
   <si>
     <t>#10 Michael Anderson - WR</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-IND 32 (13:01) 7-James Jelks punts 47 yards to JAX 22. Fair Catch by 84-Marvin Ewing.</t>
   </si>
   <si>
     <t>#7 James Jelks - P</t>
   </si>
   <si>
     <t>#17 Marvin Ewing - RB</t>
   </si>
   <si>
-    <t>#58 Roy Santiago - MLB</t>
+    <t>#94 Roy Santiago - MLB</t>
   </si>
   <si>
     <t>#77 George Almanza - LT</t>
   </si>
   <si>
     <t>#58 Steven McKechnie - C</t>
   </si>
   <si>
     <t>#70 Larry Beck - C</t>
   </si>
   <si>
     <t>#69 Johnathan Piazza - RT</t>
   </si>
   <si>
     <t>#56 Jarrod Lange - SS</t>
   </si>
   <si>
     <t>#95 William Ingram - DT</t>
   </si>
   <si>
     <t>#61 Brian Hampton - LDE</t>
   </si>
   <si>
     <t>12:54</t>
   </si>