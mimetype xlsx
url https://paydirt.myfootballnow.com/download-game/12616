--- v0 (2025-11-04)
+++ v1 (2026-01-02)
@@ -311,51 +311,51 @@
   <si>
     <t>#26 Darrin Bliss - CB</t>
   </si>
   <si>
     <t>#75 John Wilkerson - RDE</t>
   </si>
   <si>
     <t>#23 John Burchett - CB</t>
   </si>
   <si>
     <t>#51 Jake Kaufman - MLB</t>
   </si>
   <si>
     <t>#93 William Morton - LDE</t>
   </si>
   <si>
     <t>#98 Gilbert Sinclair - DT</t>
   </si>
   <si>
     <t>#21 Julio Smith - CB</t>
   </si>
   <si>
     <t>#99 William Bice - LDE</t>
   </si>
   <si>
-    <t>#74 Larry McCoy - SLB</t>
+    <t>#91 Larry McCoy - RDE</t>
   </si>
   <si>
     <t>#3 Conrad Stahl - K</t>
   </si>
   <si>
     <t>NYG</t>
   </si>
   <si>
     <t>NYG 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NYG 25 (15:00) 35-Chris Ramos ran to NYG 36 for 11 yards. Tackle by 44-Luis Windsor.</t>
   </si>
   <si>
     <t>#3 Vince Love - QB</t>
   </si>
   <si>
     <t>#35 Chris Ramos - FB</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>46 Normal 3 Deep Zone</t>
   </si>
   <si>
     <t>2-5-NYG 41 (13:44) 3-Vince Love pass complete to 83-Theo Johnson to KC. 44 for 15 yards. Tackle by 44-Luis Windsor.</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>KC. 44</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-KC. 44 (13:01) 34-Ricky Fletcher ran to KC. 45 for -2 yards. Tackle by 57-Richard Ray. 67-Augustus Dickey totally missed that block.</t>
   </si>
   <si>
-    <t>#82 Michael Durbin - TE</t>
+    <t>#86 Michael Durbin - TE</t>
   </si>
   <si>
     <t>#54 Ronald Hidalgo - LDE</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>KC. 45</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-12-KC. 45 (12:21) 3-Vince Love pass complete to 35-Chris Ramos to KC. 44 for 2 yards. Tackle by 47-Larry Beals.</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -557,84 +557,84 @@
   <si>
     <t>4-2-KC. 24 (8:58) 6-Rhett Bonner 42 yard field goal is GOOD. KC. 0 NYG 3</t>
   </si>
   <si>
     <t>#59 Andrew Thomas - LT</t>
   </si>
   <si>
     <t>#6 Rhett Bonner - K</t>
   </si>
   <si>
     <t>#70 John Tannehill - LG</t>
   </si>
   <si>
     <t>#63 Whiskey Caskey - C</t>
   </si>
   <si>
     <t>#53 Darrell Orr - RDE</t>
   </si>
   <si>
     <t>#92 Edward Murphy - LDE</t>
   </si>
   <si>
     <t>#24 Robert Griffin - FS</t>
   </si>
   <si>
-    <t>#45 Michael Smith - WLB</t>
+    <t>#53 Michael Smith - WLB</t>
   </si>
   <si>
     <t>#78 James Ellis - DT</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>NYG 35</t>
   </si>
   <si>
     <t>(8:55) 6-Rhett Bonner kicks 70 yards from NYG 35 to KC. -5. Touchback.</t>
   </si>
   <si>
-    <t>#13 Byron Wilson - WR</t>
-[...2 lines deleted...]
-    <t>#25 Julian Moore - FS</t>
+    <t>#18 Byron Wilson - WR</t>
+  </si>
+  <si>
+    <t>#23 Julian Moore - FS</t>
   </si>
   <si>
     <t>#54 Tory Curry - MLB</t>
   </si>
   <si>
     <t>KC. 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-KC. 25 (8:55) 17-Christopher Simon pass Pass knocked down by 54-Larry McCoy. incomplete, intended for 88-Thomas Scotti.</t>
   </si>
   <si>
-    <t>#17 Christopher Simon - QB</t>
+    <t>#6 Christopher Simon - QB</t>
   </si>
   <si>
     <t>#36 Keith Reynolds - RB</t>
   </si>
   <si>
     <t>#49 Jason Mosley - FB</t>
   </si>
   <si>
     <t>#88 Thomas Scotti - TE</t>
   </si>
   <si>
     <t>#18 Thomas Graham - WR</t>
   </si>
   <si>
     <t>#55 Clarence Martin - LT</t>
   </si>
   <si>
     <t>#69 Kenneth Ford - LG</t>
   </si>
   <si>
     <t>#67 Robert Soliz - RG</t>
   </si>
   <si>
     <t>#65 Shawn Foster - RG</t>
   </si>
@@ -674,51 +674,51 @@
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-10-KC. 25 (8:50) 17-Christopher Simon pass Pass knocked down by 58-Gilbert Sinclair. incomplete, intended for 36-Keith Reynolds.</t>
   </si>
   <si>
     <t>#8 Paul Sell - WR</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-KC. 25 (8:46) 1-Darren Middleton punts 44 yards to NYG 31. 17-Phil King for 70 yards. TOUCHDOWN! KC. 0 NYG 9</t>
   </si>
   <si>
-    <t>#1 Darren Middleton - P</t>
+    <t>#3 Darren Middleton - P</t>
   </si>
   <si>
     <t>#51 Kenneth Rollo - C</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>KC. 15</t>
   </si>
   <si>
     <t>(8:28) Extra point GOOD by 6-Rhett Bonner. KC. 0 NYG 10</t>
   </si>
   <si>
     <t>(8:28) 6-Rhett Bonner kicks 76 yards from NYG 35 to KC. -11. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-KC. 25 (8:28) 17-Christopher Simon pass complete to 88-Thomas Scotti to KC. 28 for 3 yards. Tackle by 24-Jake Kaufman.</t>
   </si>
@@ -1697,51 +1697,51 @@
   <si>
     <t>1-10-KC. 33 (12:49) 17-Christopher Simon pass incomplete, dropped by 9-Byron Wilson.</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>2-10-KC. 33 (12:46) 36-Keith Reynolds ran to KC. 34 for 1 yards. Tackle by 59-Robert Chavez.</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>3-9-KC. 34 (12:03) 17-Christopher Simon pass Pass knocked down by 17-Phil King. incomplete, intended for 36-Keith Reynolds. 29-Steven Reynolds got away with a hold on that play. KC. 55-Clarence Martin was injured on the play.</t>
   </si>
   <si>
     <t>4-9-KC. 34 (11:58) 1-Darren Middleton punts 68 yards to NYG -2.4-9-KC. 34 (11:58) 1-Darren Middleton punts 68 yards to NYG -2. Touchback.</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>1-10-NYG 20 (11:50) 33-Aaron Butler ran to NYG 22 for 2 yards. Tackle by 57-Richard Ray.</t>
   </si>
   <si>
-    <t>#92 Matthew Govan - DT</t>
+    <t>#66 Matthew Govan - DT</t>
   </si>
   <si>
     <t>11:07</t>
   </si>
   <si>
     <t>2-8-NYG 22 (11:06) 33-Aaron Butler ran to NYG 21 for -1 yards. Tackle by 54-Tory Curry.</t>
   </si>
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>3-9-NYG 21 (10:24) 30-Dan Hubbard ran to NYG 21 for a short loss. Tackle by 77-Benjamin Barker.</t>
   </si>
   <si>
     <t>9:47</t>
   </si>
   <si>
     <t>4-9-NYG 21 (9:46) 2-Carl Schrimsher punts 47 yards to KC. 31. 9-Byron Wilson to KC. 40 for 9 yards. Tackle by 93-William Morton.</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-KC. 40 (9:38) 17-Christopher Simon pass complete to 36-Keith Reynolds to KC. 42 for 2 yards. Tackle by 52-Kirk Overton. NYG 97-Robert Lai was injured on the play.</t>
   </si>
@@ -2290,86 +2290,86 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD174"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="370.338" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>