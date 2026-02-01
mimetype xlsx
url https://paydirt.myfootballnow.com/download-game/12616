--- v1 (2026-01-02)
+++ v2 (2026-02-01)
@@ -311,93 +311,93 @@
   <si>
     <t>#26 Darrin Bliss - CB</t>
   </si>
   <si>
     <t>#75 John Wilkerson - RDE</t>
   </si>
   <si>
     <t>#23 John Burchett - CB</t>
   </si>
   <si>
     <t>#51 Jake Kaufman - MLB</t>
   </si>
   <si>
     <t>#93 William Morton - LDE</t>
   </si>
   <si>
     <t>#98 Gilbert Sinclair - DT</t>
   </si>
   <si>
     <t>#21 Julio Smith - CB</t>
   </si>
   <si>
     <t>#99 William Bice - LDE</t>
   </si>
   <si>
-    <t>#91 Larry McCoy - RDE</t>
+    <t>#59 Larry McCoy - MLB</t>
   </si>
   <si>
     <t>#3 Conrad Stahl - K</t>
   </si>
   <si>
     <t>NYG</t>
   </si>
   <si>
     <t>NYG 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NYG 25 (15:00) 35-Chris Ramos ran to NYG 36 for 11 yards. Tackle by 44-Luis Windsor.</t>
   </si>
   <si>
     <t>#3 Vince Love - QB</t>
   </si>
   <si>
     <t>#35 Chris Ramos - FB</t>
   </si>
   <si>
     <t>#83 Theo Johnson - TE</t>
   </si>
   <si>
     <t>#16 Peter Tuttle - WR</t>
   </si>
   <si>
     <t>#18 Wayne Fontana - WR</t>
   </si>
   <si>
     <t>#1 Malik Nabers - WR</t>
   </si>
   <si>
     <t>#73 Doug Macaulay - RT</t>
   </si>
   <si>
-    <t>#74 Gene Stein - RT</t>
+    <t>#64 Gene Stein - RT</t>
   </si>
   <si>
     <t>#67 Augustus Dickey - C</t>
   </si>
   <si>
     <t>#60 Jaime Preuss - RG</t>
   </si>
   <si>
     <t>#76 Jacob Lewis - RT</t>
   </si>
   <si>
     <t>#77 Benjamin Barker - RDE</t>
   </si>
   <si>
     <t>#57 Richard Ray - LDE</t>
   </si>
   <si>
     <t>#51 Diego Johnstone - DT</t>
   </si>
   <si>
     <t>#91 Miles Taylor - RDE</t>
   </si>
   <si>
     <t>#56 Christopher Parsons - MLB</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>#53 Darrell Orr - RDE</t>
   </si>
   <si>
     <t>#92 Edward Murphy - LDE</t>
   </si>
   <si>
     <t>#24 Robert Griffin - FS</t>
   </si>
   <si>
     <t>#53 Michael Smith - WLB</t>
   </si>
   <si>
     <t>#78 James Ellis - DT</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>NYG 35</t>
   </si>
   <si>
     <t>(8:55) 6-Rhett Bonner kicks 70 yards from NYG 35 to KC. -5. Touchback.</t>
   </si>
   <si>
-    <t>#18 Byron Wilson - WR</t>
+    <t>#19 Byron Wilson - WR</t>
   </si>
   <si>
     <t>#23 Julian Moore - FS</t>
   </si>
   <si>
     <t>#54 Tory Curry - MLB</t>
   </si>
   <si>
     <t>KC. 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-KC. 25 (8:55) 17-Christopher Simon pass Pass knocked down by 54-Larry McCoy. incomplete, intended for 88-Thomas Scotti.</t>
   </si>
   <si>
     <t>#6 Christopher Simon - QB</t>
   </si>
   <si>
     <t>#36 Keith Reynolds - RB</t>
   </si>
   <si>
     <t>#49 Jason Mosley - FB</t>
   </si>