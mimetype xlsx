--- v0 (2025-11-02)
+++ v1 (2026-01-14)
@@ -287,60 +287,60 @@
   <si>
     <t>PHI has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TB.</t>
   </si>
   <si>
     <t>TB. 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Glen Perez kicks 75 yards from TB. 35 to PHI -10. Touchback.</t>
   </si>
   <si>
     <t>#49 Allan Thompson - RB</t>
   </si>
   <si>
     <t>#50 John Webster - SLB</t>
   </si>
   <si>
-    <t>#90 Wayne Canty - RDE</t>
+    <t>#92 Wayne Canty - DT</t>
   </si>
   <si>
     <t>#45 Lawrence King - FS</t>
   </si>
   <si>
     <t>#27 Jawan Peterson - CB</t>
   </si>
   <si>
-    <t>#52 Tracy Reyes - RDE</t>
+    <t>#69 Tracy Reyes - RDE</t>
   </si>
   <si>
     <t>#74 James Nino - RDE</t>
   </si>
   <si>
     <t>#35 James Lindgren - CB</t>
   </si>
   <si>
     <t>#23 David Linton - CB</t>
   </si>
   <si>
     <t>#54 Moses McDade - SLB</t>
   </si>
   <si>
     <t>#67 William Green - DT</t>
   </si>
   <si>
     <t>#11 Glen Perez - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
@@ -386,78 +386,78 @@
   <si>
     <t>#79 Albert Epps - RT</t>
   </si>
   <si>
     <t>#96 Tom Gagnon - LDE</t>
   </si>
   <si>
     <t>#95 Leslie Chan - RDE</t>
   </si>
   <si>
     <t>#68 Harold Woods - DT</t>
   </si>
   <si>
     <t>#59 Mark Jones - DT</t>
   </si>
   <si>
     <t>#94 Thomas Sterling - RDE</t>
   </si>
   <si>
     <t>#97 Joseph Huey - SLB</t>
   </si>
   <si>
     <t>#50 Andrew Patton - MLB</t>
   </si>
   <si>
-    <t>#99 Roger Landers - MLB</t>
+    <t>#90 Roger Landers - MLB</t>
   </si>
   <si>
     <t>#46 John Black - CB</t>
   </si>
   <si>
     <t>#38 Billie Rondeau - FS</t>
   </si>
   <si>
     <t>#27 Eric Venable - SS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>PHI 31</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 31 (14:58) 17-Bruno Wong pass complete to 80-Mike Waddell to PHI 45 for 14 yards. Tackle by 46-John Black.</t>
   </si>
   <si>
-    <t>#15 Michael Carl - WR</t>
+    <t>#17 Michael Carl - WR</t>
   </si>
   <si>
     <t>#18 Matthew Taylor - WR</t>
   </si>
   <si>
     <t>#78 Richard Blais - RG</t>
   </si>
   <si>
     <t>#55 Thomas Simpson - SLB</t>
   </si>
   <si>
     <t>#57 Arthur Perillo - WLB</t>
   </si>
   <si>
     <t>#44 Robert Hill - CB</t>
   </si>
   <si>
     <t>#27 Dennis Gibson - FS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>PHI 45</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>TB. 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-TB. 25 (11:40) 16-Leonard Tucker pass Pass knocked down by 23-Lawrence King. incomplete, intended for 82-Michael Moore.</t>
   </si>
   <si>
     <t>#16 Leonard Tucker - QB</t>
   </si>
   <si>
     <t>#37 Alfred Hawkins - RB</t>
   </si>
   <si>
     <t>#83 William Brooks - WR</t>
   </si>
   <si>
     <t>#22 Daryl Hawkins - FB</t>
   </si>
   <si>
-    <t>#82 Michael Moore - TE</t>
+    <t>#85 Michael Moore - TE</t>
   </si>
   <si>
     <t>#85 Thomas Ray - TE</t>
   </si>
   <si>
     <t>#70 Roy Brown - RT</t>
   </si>
   <si>
     <t>#61 Keith Countess - LG</t>
   </si>
   <si>
     <t>#72 Edward Roberts - RT</t>
   </si>
   <si>
     <t>#72 Isaiah Moore - RG</t>
   </si>
   <si>
     <t>#77 Robert Hernandez - RT</t>
   </si>
   <si>
     <t>#92 Andrew Stapp - RDE</t>
   </si>
   <si>
     <t>#75 Scott Garcia - DT</t>
   </si>
@@ -1781,51 +1781,51 @@
   <si>
     <t>2-8-PHI 42 (3:36) 16-Leonard Tucker pass incomplete, dropped by 37-Alfred Hawkins.</t>
   </si>
   <si>
     <t>3:33</t>
   </si>
   <si>
     <t>3-8-PHI 42 (3:34) 16-Leonard Tucker pass complete to 87-Chris Young to PHI 37 for 4 yards. Tackle by 50-Reginald Butler. 87-Chris Young made a great move on the CB.</t>
   </si>
   <si>
     <t>3:10</t>
   </si>
   <si>
     <t>4-4-PHI 37 (3:09) 14-Glen Perez 54 yard field goal is GOOD. PHI 22 TB. 3</t>
   </si>
   <si>
     <t>3:04</t>
   </si>
   <si>
     <t>(3:05) 14-Glen Perez kicks 75 yards from TB. 35 to PHI -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-PHI 25 (3:05) 25-Justin Sharpe ran to PHI 35 for 10 yards. Tackle by 27-Eric Venable.</t>
   </si>
   <si>
-    <t>#65 Wayne Lucas - RDE</t>
+    <t>#64 Wayne Lucas - RDE</t>
   </si>
   <si>
     <t>2:23</t>
   </si>
   <si>
     <t>2-1-PHI 35 (2:22) 49-Allan Thompson ran to PHI 38 for 4 yards. Tackle by 97-Joseph Huey.</t>
   </si>
   <si>
     <t>PHI 38</t>
   </si>
   <si>
     <t>1-10-PHI 38 (2:00) 49-Allan Thompson ran to PHI 39 for 1 yards. Tackle by 91-Thomas Reed.</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>Timeout TB.</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>PHI 39</t>
   </si>
@@ -2246,51 +2246,51 @@
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>