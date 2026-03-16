--- v1 (2026-01-14)
+++ v2 (2026-03-16)
@@ -386,51 +386,51 @@
   <si>
     <t>#79 Albert Epps - RT</t>
   </si>
   <si>
     <t>#96 Tom Gagnon - LDE</t>
   </si>
   <si>
     <t>#95 Leslie Chan - RDE</t>
   </si>
   <si>
     <t>#68 Harold Woods - DT</t>
   </si>
   <si>
     <t>#59 Mark Jones - DT</t>
   </si>
   <si>
     <t>#94 Thomas Sterling - RDE</t>
   </si>
   <si>
     <t>#97 Joseph Huey - SLB</t>
   </si>
   <si>
     <t>#50 Andrew Patton - MLB</t>
   </si>
   <si>
-    <t>#90 Roger Landers - MLB</t>
+    <t>#90 Roger Landers - WLB</t>
   </si>
   <si>
     <t>#46 John Black - CB</t>
   </si>
   <si>
     <t>#38 Billie Rondeau - FS</t>
   </si>
   <si>
     <t>#27 Eric Venable - SS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>PHI 31</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 31 (14:58) 17-Bruno Wong pass complete to 80-Mike Waddell to PHI 45 for 14 yards. Tackle by 46-John Black.</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>TB. 40</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-TB. 40 (13:08) 33-Lloyd Boudreaux ran to TB. 38 for 2 yards. Tackle by 96-Tom Gagnon. PENALTY - Unnecessary Roughness (TB. 96-Tom Gagnon)</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>TB. 23</t>
   </si>
   <si>
     <t>Singleback Normal WR Post</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-TB. 23 (13:06) 17-Bruno Wong sacked at TB. 30 for -8 yards (68-Harold Woods). Sack allowed by 65-Edward Hunter.</t>
   </si>
   <si>
-    <t>#68 Edward Hunter - C</t>
+    <t>#68 Edward Hunter - LG</t>
   </si>
   <si>
     <t>12:28</t>
   </si>
   <si>
     <t>TB. 30</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-18-TB. 30 (12:27) 17-Bruno Wong pass incomplete, intended for 80-Mike Waddell.</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
@@ -554,69 +554,69 @@
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>TB. 28</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-16-TB. 28 (11:43) 14-Juan Johnson 46 yard field goal is GOOD. PHI 3 TB. 0</t>
   </si>
   <si>
     <t>#14 Juan Johnson - K</t>
   </si>
   <si>
     <t>#70 Corey Marshall - RG</t>
   </si>
   <si>
     <t>#64 Richard Foreman - LT</t>
   </si>
   <si>
-    <t>#55 Samuel Williams - RT</t>
+    <t>#76 Samuel Williams - RT</t>
   </si>
   <si>
     <t>#69 Daniel Gonzalez - DT</t>
   </si>
   <si>
     <t>#97 Benjamin Howard - SLB</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>(11:40) 14-Juan Johnson kicks 72 yards from PHI 35 to TB. -7. Touchback.</t>
   </si>
   <si>
-    <t>#23 Kenneth Root - RB</t>
+    <t>#38 Kenneth Root - RB</t>
   </si>
   <si>
     <t>#22 David Turner - FS</t>
   </si>
   <si>
     <t>TB. 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-TB. 25 (11:40) 16-Leonard Tucker pass Pass knocked down by 23-Lawrence King. incomplete, intended for 82-Michael Moore.</t>
   </si>
   <si>
     <t>#16 Leonard Tucker - QB</t>
   </si>
   <si>
     <t>#37 Alfred Hawkins - RB</t>
   </si>
   <si>
     <t>#83 William Brooks - WR</t>
   </si>
@@ -1640,51 +1640,51 @@
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>3-10-TB. 25 (12:21) 16-Leonard Tucker sacked at TB. 17 for -8 yards (99-David Lane). Sack allowed by 70-Roy Brown.</t>
   </si>
   <si>
     <t>4-18-TB. 17 (11:36) 6-John Tang punts 44 yards to PHI 40. 49-Allan Thompson to PHI 45 for 6 yards. Tackle by 57-Arthur Perillo. PHI 54-Moses McDade was injured on the play.</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>1-10-PHI 45 (11:28) 25-Justin Sharpe ran to PHI 50 for 4 yards. Tackle by 56-Thomas Simpson.</t>
   </si>
   <si>
     <t>#2 Walter Preusser - QB</t>
   </si>
   <si>
-    <t>#78 Robert Jerkins - C</t>
+    <t>#78 Robert Jerkins - RG</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>2-6-PHI 50 (10:53) 25-Justin Sharpe ran to TB. 46 for 5 yards. Tackle by 60-Thomas Sterling. TB. 99-Roger Landers was injured on the play.</t>
   </si>
   <si>
     <t>10:17</t>
   </si>
   <si>
     <t>3-1-TB. 46 (10:16) 49-Allan Thompson ran to TB. 37 for 9 yards. Tackle by 36-Timothy Guthrie.</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>1-10-TB. 37 (9:31) 25-Justin Sharpe ran to TB. 34 for 3 yards. Tackle by 96-Tom Gagnon. 82-Joseph Tamayo totally missed that block.</t>
   </si>