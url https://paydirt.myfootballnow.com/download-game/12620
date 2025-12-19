--- v0 (2025-10-21)
+++ v1 (2025-12-19)
@@ -293,144 +293,144 @@
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Marshall Michaud kicks 75 yards from CIN 35 to BAL -10. Touchback.</t>
   </si>
   <si>
     <t>#17 Wayne Cooper - WR</t>
   </si>
   <si>
     <t>#95 Benny Smith - MLB</t>
   </si>
   <si>
     <t>#89 Vernon Chavez - WR</t>
   </si>
   <si>
     <t>#46 James Walton - FS</t>
   </si>
   <si>
-    <t>#33 William Preston - SS</t>
+    <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>#37 Ronald Waldrop - SS</t>
   </si>
   <si>
     <t>#27 Gary Shaver - CB</t>
   </si>
   <si>
     <t>#50 John Nutting - RDE</t>
   </si>
   <si>
     <t>#99 Alex Gaudet - RDE</t>
   </si>
   <si>
     <t>#79 Kenneth Sewell - DT</t>
   </si>
   <si>
     <t>#96 Joseph McLoud - RDE</t>
   </si>
   <si>
     <t>#17 Marshall Michaud - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-BAL 25 (15:00) 45-Joel Martin ran to BAL 25 for a short gain. Tackle by 93-Douglas Hall.</t>
   </si>
   <si>
-    <t>#13 Mark Fidler - QB</t>
+    <t>#4 Mark Fidler - QB</t>
   </si>
   <si>
     <t>#45 Joel Martin - RB</t>
   </si>
   <si>
-    <t>#29 Antonio Delagarza - FB</t>
+    <t>#68 Antonio Delagarza - RG</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
     <t>#35 Matthew Black - RB</t>
   </si>
   <si>
     <t>#69 Richard Howard - RG</t>
   </si>
   <si>
-    <t>#78 Michael Campbell - LG</t>
+    <t>#78 Michael Campbell - RG</t>
   </si>
   <si>
     <t>#54 James Maynard - C</t>
   </si>
   <si>
     <t>#60 John Hinkle - LG</t>
   </si>
   <si>
     <t>#65 Jack Kravitz - RT</t>
   </si>
   <si>
     <t>#24 Douglas Hall - CB</t>
   </si>
   <si>
-    <t>#1 Arthur Rodriguez - FS</t>
+    <t>#1 Arthur Rodriguez - RDE</t>
   </si>
   <si>
     <t>#70 Ian Rios - DT</t>
   </si>
   <si>
-    <t>#88 Carson Duarte - RDE</t>
-[...2 lines deleted...]
-    <t>#71 John Ferrari - RDE</t>
+    <t>#62 Carson Duarte - CB</t>
+  </si>
+  <si>
+    <t>#54 John Ferrari - MLB</t>
   </si>
   <si>
     <t>#57 Reggie Williams - MLB</t>
   </si>
   <si>
     <t>#47 Anthony Oceguera - SS</t>
   </si>
   <si>
     <t>#29 Bryon Blue - FS</t>
   </si>
   <si>
-    <t>#40 Eugene Sexton - CB</t>
+    <t>#48 Eugene Sexton - FS</t>
   </si>
   <si>
     <t>#25 Amos Maxim - FS</t>
   </si>
   <si>
     <t>#77 Hank Newman - RDE</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-BAL 25 (14:21) 13-Mark Fidler pass complete to 23-Vernon Chavez to BAL 32 for 7 yards. Tackle by 97-Anthony Oceguera. PENALTY - Pass Interference (CIN 97-Anthony Oceguera)</t>
   </si>
   <si>
     <t>#10 Donald Augustine - WR</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
@@ -515,72 +515,72 @@
   <si>
     <t>#73 Andrew Riley - C</t>
   </si>
   <si>
     <t>#90 Wayne Black - WLB</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>CIN 19</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-CIN 19 (13:23) 1-Young Kanter pass incomplete, dropped by 86-Reginald Randolph.</t>
   </si>
   <si>
     <t>#1 Young Kanter - QB</t>
   </si>
   <si>
-    <t>#20 Gregg Rosenberg - RB</t>
-[...2 lines deleted...]
-    <t>#45 C.J. Uzomah - FB</t>
+    <t>#27 Gregg Rosenberg - RB</t>
+  </si>
+  <si>
+    <t>#42 C.J. Uzomah - FB</t>
   </si>
   <si>
     <t>#86 Reginald Randolph - WR</t>
   </si>
   <si>
     <t>#18 Stacey Waldron - WR</t>
   </si>
   <si>
     <t>#19 Frank Boynton - LG</t>
   </si>
   <si>
-    <t>#55 Eric Carpenter - LT</t>
+    <t>#67 Eric Carpenter - LT</t>
   </si>
   <si>
     <t>#51 Matthew Kim - RG</t>
   </si>
   <si>
-    <t>#77 Justin Cochran - LT</t>
+    <t>#64 Justin Cochran - C</t>
   </si>
   <si>
     <t>#62 Richard Johnson - RG</t>
   </si>
   <si>
     <t>#67 John Ray - RDE</t>
   </si>
   <si>
     <t>#62 Ronnie Ferrante - MLB</t>
   </si>
   <si>
     <t>#4 Bradley Briscoe - WLB</t>
   </si>
   <si>
     <t>#53 Bryan Gunnell - SLB</t>
   </si>
   <si>
     <t>#49 Robert Damico - CB</t>
   </si>
   <si>
     <t>#26 Cristobal Zimmerman - CB</t>
   </si>
   <si>
     <t>13:18</t>
   </si>
@@ -668,93 +668,93 @@
   <si>
     <t>#44 Tim Meadows - RB</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>BAL 40</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-12-BAL 40 (10:40) 13-Mark Fidler pass complete to 23-Vernon Chavez to CIN 29 for 31 yards. Tackle by 40-Eugene Sexton.</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>CIN 29</t>
   </si>
   <si>
     <t>1-10-CIN 29 (9:52) 13-Mark Fidler pass Pass knocked down by 97-Anthony Oceguera. incomplete, intended for 11-Douglas Handley. Pressure by 93-Douglas Hall.</t>
   </si>
   <si>
-    <t>#14 Douglas Handley - WR</t>
+    <t>#17 Douglas Handley - WR</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>2-10-CIN 29 (9:47) 45-Joel Martin ran to CIN 15 for 14 yards. Tackle by 57-Reggie Williams.</t>
   </si>
   <si>
     <t>#27 Eugene Hyde - FS</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>CIN 15</t>
   </si>
   <si>
     <t>1-10-CIN 15 (9:06) 13-Mark Fidler pass complete to 81-Paul Rodriguez for 15 yards. TOUCHDOWN! Great move by 81-Paul Rodriguez to get free of his coverage. CIN 0 BAL 6</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:02) Extra point GOOD by 3-Robert Still. CIN 0 BAL 7</t>
   </si>
   <si>
     <t>#6 John Saenz - QB</t>
   </si>
   <si>
     <t>#3 Robert Still - K</t>
   </si>
   <si>
     <t>#85 Alan Petterson - RDE</t>
   </si>
   <si>
-    <t>#25 Frank James - CB</t>
+    <t>#71 Frank James - MLB</t>
   </si>
   <si>
     <t>BAL 35</t>
   </si>
   <si>
     <t>(9:02) 3-Robert Still kicks 75 yards from BAL 35 to CIN -10. Touchback.</t>
   </si>
   <si>
     <t>#93 Timothy Donahue - LDE</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CIN 25 (9:02) 20-Gregg Rosenberg ran to CIN 29 for 4 yards. Tackle by 30-Ronald Waldrop.</t>
   </si>
   <si>
     <t>#76 Larry Boutin - LT</t>
   </si>
@@ -914,51 +914,51 @@
   <si>
     <t>BAL 29</t>
   </si>
   <si>
     <t>Strong I Big HB Swing</t>
   </si>
   <si>
     <t>1-10-BAL 29 (1:51) 1-Young Kanter pass complete to 87-C.J. Uzomah to BAL 25 for 4 yards. Tackle by 27-Gary Shaver.</t>
   </si>
   <si>
     <t>1:18</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Post</t>
   </si>
   <si>
     <t>2-6-BAL 25 (1:17) 1-Young Kanter pass incomplete, dropped by 30-Roberto Murphy. BAL 99-Alex Gaudet was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:12</t>
   </si>
   <si>
     <t>3-6-BAL 25 (1:13) 1-Young Kanter pass complete to 87-C.J. Uzomah to BAL 20 for 5 yards. Tackle by 49-Robert Damico. 87-C.J. Uzomah breaks down the CB.</t>
   </si>
   <si>
-    <t>#39 Charlie Hawthorne - FB</t>
+    <t>#21 Charlie Hawthorne - FB</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>BAL 20</t>
   </si>
   <si>
     <t>4-2-BAL 20 (0:38) 17-Marshall Michaud 38 yard field goal is GOOD. CIN 3 BAL 7</t>
   </si>
   <si>
     <t>#5 John Triplett - QB</t>
   </si>
   <si>
     <t>#66 Stanley Richardson - WLB</t>
   </si>
   <si>
     <t>0:34</t>
   </si>
   <si>
     <t>(0:35) 17-Marshall Michaud kicks 75 yards from CIN 35 to BAL -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
@@ -1136,51 +1136,51 @@
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>4-16-CIN 41 (6:48) 15-Donnie Swing punts 45 yards to BAL 13. Fair Catch by 17-Wayne Cooper.</t>
   </si>
   <si>
     <t>6:41</t>
   </si>
   <si>
     <t>BAL 13</t>
   </si>
   <si>
     <t>1-10-BAL 13 (6:42) 45-Joel Martin ran to BAL 13 for a short loss. Tackle by 97-Anthony Oceguera. CIN 57-Reggie Williams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:09</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>2-10-BAL 13 (6:08) 13-Mark Fidler pass incomplete, intended for 45-Joel Martin. Pressure by 88-Carson Duarte.</t>
   </si>
   <si>
-    <t>#39 Daniel Greer - FS</t>
+    <t>#39 Daniel Greer - CB</t>
   </si>
   <si>
     <t>6:03</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Slot Drag</t>
   </si>
   <si>
     <t>3-10-BAL 13 (6:04) 13-Mark Fidler pass complete to 89-Brendan Cornish to BAL 25 for 12 yards. Tackle by 36-Joshua Gonzalez. 89-Brendan Cornish made a great move on the CB.</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-BAL 25 (5:26) 13-Mark Fidler pass complete to 81-Paul Rodriguez to BAL 27 for 2 yards. Tackle by 40-Eugene Sexton. 81-Paul Rodriguez breaks down the CB.</t>
   </si>
   <si>
     <t>4:41</t>
   </si>
   <si>
     <t>BAL 27</t>
   </si>
   <si>
     <t>2-8-BAL 27 (4:40) 45-Joel Martin ran to BAL 27 for a short gain. Tackle by 97-Anthony Oceguera.</t>
   </si>
@@ -2292,101 +2292,101 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="388.048" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>