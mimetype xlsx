--- v1 (2025-12-19)
+++ v2 (2026-01-18)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Marshall Michaud kicks 75 yards from CIN 35 to BAL -10. Touchback.</t>
   </si>
   <si>
     <t>#17 Wayne Cooper - WR</t>
   </si>
   <si>
     <t>#95 Benny Smith - MLB</t>
   </si>
   <si>
     <t>#89 Vernon Chavez - WR</t>
   </si>
   <si>
     <t>#46 James Walton - FS</t>
   </si>
   <si>
     <t>#30 William Preston - SS</t>
   </si>
   <si>
-    <t>#37 Ronald Waldrop - SS</t>
+    <t>#41 Ronald Waldrop - SS</t>
   </si>
   <si>
     <t>#27 Gary Shaver - CB</t>
   </si>
   <si>
     <t>#50 John Nutting - RDE</t>
   </si>
   <si>
     <t>#99 Alex Gaudet - RDE</t>
   </si>
   <si>
     <t>#79 Kenneth Sewell - DT</t>
   </si>
   <si>
     <t>#96 Joseph McLoud - RDE</t>
   </si>
   <si>
     <t>#17 Marshall Michaud - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
@@ -350,84 +350,84 @@
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-BAL 25 (15:00) 45-Joel Martin ran to BAL 25 for a short gain. Tackle by 93-Douglas Hall.</t>
   </si>
   <si>
     <t>#4 Mark Fidler - QB</t>
   </si>
   <si>
     <t>#45 Joel Martin - RB</t>
   </si>
   <si>
     <t>#68 Antonio Delagarza - RG</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
     <t>#35 Matthew Black - RB</t>
   </si>
   <si>
     <t>#69 Richard Howard - RG</t>
   </si>
   <si>
-    <t>#78 Michael Campbell - RG</t>
+    <t>#78 Michael Campbell - RT</t>
   </si>
   <si>
     <t>#54 James Maynard - C</t>
   </si>
   <si>
     <t>#60 John Hinkle - LG</t>
   </si>
   <si>
     <t>#65 Jack Kravitz - RT</t>
   </si>
   <si>
     <t>#24 Douglas Hall - CB</t>
   </si>
   <si>
     <t>#1 Arthur Rodriguez - RDE</t>
   </si>
   <si>
     <t>#70 Ian Rios - DT</t>
   </si>
   <si>
     <t>#62 Carson Duarte - CB</t>
   </si>
   <si>
     <t>#54 John Ferrari - MLB</t>
   </si>
   <si>
     <t>#57 Reggie Williams - MLB</t>
   </si>
   <si>
     <t>#47 Anthony Oceguera - SS</t>
   </si>
   <si>
-    <t>#29 Bryon Blue - FS</t>
+    <t>#29 Bryon Blue - CB</t>
   </si>
   <si>
     <t>#48 Eugene Sexton - FS</t>
   </si>
   <si>
     <t>#25 Amos Maxim - FS</t>
   </si>
   <si>
     <t>#77 Hank Newman - RDE</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-BAL 25 (14:21) 13-Mark Fidler pass complete to 23-Vernon Chavez to BAL 32 for 7 yards. Tackle by 97-Anthony Oceguera. PENALTY - Pass Interference (CIN 97-Anthony Oceguera)</t>
   </si>
   <si>
     <t>#10 Donald Augustine - WR</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-8-BAL 33 (13:33) 13-Mark Fidler pass Pass knocked down by 40-Eugene Sexton. incomplete, intended for 17-Wayne Cooper.</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-BAL 33 (13:30) 14-Ronald Miller punts 48 yards to CIN 19. Fair Catch by 11-Nathan Bolden.</t>
   </si>
   <si>
     <t>#14 Ronald Miller - P</t>
   </si>
   <si>
     <t>#71 Kenneth Johnson - LG</t>
   </si>
   <si>
-    <t>#2 Nathan Bolden - CB</t>
+    <t>#44 Nathan Bolden - CB</t>
   </si>
   <si>
     <t>#31 Eric Babineau - SS</t>
   </si>
   <si>
     <t>#52 Dennis Rowe - DT</t>
   </si>
   <si>
     <t>#62 Michael Simon - RT</t>
   </si>
   <si>
     <t>#73 Andrew Riley - C</t>
   </si>
   <si>
     <t>#90 Wayne Black - WLB</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>CIN 19</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
@@ -668,51 +668,51 @@
   <si>
     <t>#44 Tim Meadows - RB</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>BAL 40</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-12-BAL 40 (10:40) 13-Mark Fidler pass complete to 23-Vernon Chavez to CIN 29 for 31 yards. Tackle by 40-Eugene Sexton.</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>CIN 29</t>
   </si>
   <si>
     <t>1-10-CIN 29 (9:52) 13-Mark Fidler pass Pass knocked down by 97-Anthony Oceguera. incomplete, intended for 11-Douglas Handley. Pressure by 93-Douglas Hall.</t>
   </si>
   <si>
-    <t>#17 Douglas Handley - WR</t>
+    <t>#17 Douglas Handley - CB</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>2-10-CIN 29 (9:47) 45-Joel Martin ran to CIN 15 for 14 yards. Tackle by 57-Reggie Williams.</t>
   </si>
   <si>
     <t>#27 Eugene Hyde - FS</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>CIN 15</t>
   </si>
   <si>
     <t>1-10-CIN 15 (9:06) 13-Mark Fidler pass complete to 81-Paul Rodriguez for 15 yards. TOUCHDOWN! Great move by 81-Paul Rodriguez to get free of his coverage. CIN 0 BAL 6</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
@@ -2315,52 +2315,52 @@
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>