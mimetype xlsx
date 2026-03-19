--- v2 (2026-01-18)
+++ v3 (2026-03-19)
@@ -371,87 +371,87 @@
   <si>
     <t>#69 Richard Howard - RG</t>
   </si>
   <si>
     <t>#78 Michael Campbell - RT</t>
   </si>
   <si>
     <t>#54 James Maynard - C</t>
   </si>
   <si>
     <t>#60 John Hinkle - LG</t>
   </si>
   <si>
     <t>#65 Jack Kravitz - RT</t>
   </si>
   <si>
     <t>#24 Douglas Hall - CB</t>
   </si>
   <si>
     <t>#1 Arthur Rodriguez - RDE</t>
   </si>
   <si>
     <t>#70 Ian Rios - DT</t>
   </si>
   <si>
-    <t>#62 Carson Duarte - CB</t>
+    <t>#22 Carson Duarte - CB</t>
   </si>
   <si>
     <t>#54 John Ferrari - MLB</t>
   </si>
   <si>
     <t>#57 Reggie Williams - MLB</t>
   </si>
   <si>
     <t>#47 Anthony Oceguera - SS</t>
   </si>
   <si>
     <t>#29 Bryon Blue - CB</t>
   </si>
   <si>
     <t>#48 Eugene Sexton - FS</t>
   </si>
   <si>
     <t>#25 Amos Maxim - FS</t>
   </si>
   <si>
     <t>#77 Hank Newman - RDE</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-BAL 25 (14:21) 13-Mark Fidler pass complete to 23-Vernon Chavez to BAL 32 for 7 yards. Tackle by 97-Anthony Oceguera. PENALTY - Pass Interference (CIN 97-Anthony Oceguera)</t>
   </si>
   <si>
-    <t>#10 Donald Augustine - WR</t>
+    <t>#87 Donald Augustine - WR</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>BAL 31</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BAL 31 (14:17) 13-Mark Fidler pass Pass knocked down by 40-Eugene Sexton. incomplete, intended for 10-Donald Augustine.</t>
   </si>
   <si>
     <t>#89 Brendan Cornish - WR</t>
   </si>
   <si>
     <t>#40 Joshua Gonzalez - CB</t>
   </si>
   <si>
     <t>#26 Stanley Rogers - K</t>
   </si>
@@ -494,108 +494,108 @@
   <si>
     <t>4-8-BAL 33 (13:30) 14-Ronald Miller punts 48 yards to CIN 19. Fair Catch by 11-Nathan Bolden.</t>
   </si>
   <si>
     <t>#14 Ronald Miller - P</t>
   </si>
   <si>
     <t>#71 Kenneth Johnson - LG</t>
   </si>
   <si>
     <t>#44 Nathan Bolden - CB</t>
   </si>
   <si>
     <t>#31 Eric Babineau - SS</t>
   </si>
   <si>
     <t>#52 Dennis Rowe - DT</t>
   </si>
   <si>
     <t>#62 Michael Simon - RT</t>
   </si>
   <si>
     <t>#73 Andrew Riley - C</t>
   </si>
   <si>
-    <t>#90 Wayne Black - WLB</t>
+    <t>#55 Wayne Black - WLB</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>CIN 19</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-CIN 19 (13:23) 1-Young Kanter pass incomplete, dropped by 86-Reginald Randolph.</t>
   </si>
   <si>
     <t>#1 Young Kanter - QB</t>
   </si>
   <si>
     <t>#27 Gregg Rosenberg - RB</t>
   </si>
   <si>
     <t>#42 C.J. Uzomah - FB</t>
   </si>
   <si>
     <t>#86 Reginald Randolph - WR</t>
   </si>
   <si>
     <t>#18 Stacey Waldron - WR</t>
   </si>
   <si>
     <t>#19 Frank Boynton - LG</t>
   </si>
   <si>
     <t>#67 Eric Carpenter - LT</t>
   </si>
   <si>
     <t>#51 Matthew Kim - RG</t>
   </si>
   <si>
     <t>#64 Justin Cochran - C</t>
   </si>
   <si>
     <t>#62 Richard Johnson - RG</t>
   </si>
   <si>
     <t>#67 John Ray - RDE</t>
   </si>
   <si>
-    <t>#62 Ronnie Ferrante - MLB</t>
+    <t>#62 Ronnie Ferrante - SLB</t>
   </si>
   <si>
     <t>#4 Bradley Briscoe - WLB</t>
   </si>
   <si>
-    <t>#53 Bryan Gunnell - SLB</t>
+    <t>#53 Bryan Gunnell - MLB</t>
   </si>
   <si>
     <t>#49 Robert Damico - CB</t>
   </si>
   <si>
     <t>#26 Cristobal Zimmerman - CB</t>
   </si>
   <si>
     <t>13:18</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>2-10-CIN 19 (13:19) 20-Gregg Rosenberg ran to CIN 23 for 5 yards. Tackle by 62-Ronnie Ferrante.</t>
   </si>
   <si>
     <t>#84 Bruce Edwards - TE</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>CIN 23</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>3-5-CIN 23 (12:36) 20-Gregg Rosenberg ran to CIN 24 for 1 yards. Tackle by 99-Alex Gaudet.</t>
   </si>
   <si>
     <t>#30 Roberto Murphy - WR</t>
   </si>
   <si>
     <t>#74 Darryl Giambrone - DT</t>
   </si>
   <si>
     <t>#40 Anthony Leonard - CB</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>CIN 24</t>
   </si>
   <si>
     <t>4-4-CIN 24 (12:00) 15-Donnie Swing punts 45 yards to BAL 30. Fair Catch by 17-Wayne Cooper.</t>
   </si>
   <si>
-    <t>#12 Donnie Swing - P</t>
+    <t>#18 Donnie Swing - P</t>
   </si>
   <si>
     <t>#72 Richard Snowden - RT</t>
   </si>
   <si>
     <t>#57 Mark Dahl - C</t>
   </si>
   <si>
     <t>#74 Joshua Roach - LG</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
   <si>
     <t>BAL 30</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-BAL 30 (11:53) 45-Joel Martin ran to BAL 42 for 11 yards. Tackle by 96-John Ferrari.</t>
   </si>