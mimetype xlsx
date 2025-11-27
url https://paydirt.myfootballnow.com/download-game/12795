--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -305,99 +305,99 @@
   <si>
     <t>#13 Peter Darrow - WR</t>
   </si>
   <si>
     <t>#35 Bryan Duquette - RB</t>
   </si>
   <si>
     <t>#33 Lloyd Almendarez - RB</t>
   </si>
   <si>
     <t>#59 Robert Brown - MLB</t>
   </si>
   <si>
     <t>#22 Daniel Patterson - CB</t>
   </si>
   <si>
     <t>#52 Steve Piscitelli - SLB</t>
   </si>
   <si>
     <t>#47 Edward Olander - RB</t>
   </si>
   <si>
     <t>#40 Leonard Lockett - SS</t>
   </si>
   <si>
-    <t>#71 William Cook - DT</t>
+    <t>#52 William Cook - DT</t>
   </si>
   <si>
     <t>#53 Richard Whittington - MLB</t>
   </si>
   <si>
     <t>#93 Gordon Bartling - LDE</t>
   </si>
   <si>
     <t>#3 Timothy West - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>Singleback Slot Strong Post Curls</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 11-Timothy Knowles pass complete to 84-Dion Keller to OAK 27 for 2 yards. Tackle by 20-Thomas Bailey. ARZ 71-Rudy Bogan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Timothy Knowles - QB</t>
   </si>
   <si>
     <t>#83 Earl Reeder - TE</t>
   </si>
   <si>
     <t>#87 Dion Keller - WR</t>
   </si>
   <si>
     <t>#85 Kenneth McNelly - WR</t>
   </si>
   <si>
     <t>#74 Brian Gilland - LT</t>
   </si>
   <si>
     <t>#60 Dennis Smith - LG</t>
   </si>
   <si>
     <t>#62 Thomas Burke - C</t>
   </si>
   <si>
-    <t>#76 Francisco Gale - RG</t>
+    <t>#55 Francisco Gale - RG</t>
   </si>
   <si>
     <t>#72 Charles Ford - RG</t>
   </si>
   <si>
     <t>#92 Ivan Rosborough - LDE</t>
   </si>
   <si>
     <t>#61 Jeremy Brown - DT</t>
   </si>
   <si>
     <t>#73 David Cox - DT</t>
   </si>
   <si>
     <t>#71 Rudy Bogan - RDE</t>
   </si>
   <si>
     <t>#36 Allen Robertson - SLB</t>
   </si>
   <si>
     <t>#98 David Brown - MLB</t>
   </si>
   <si>
     <t>#98 Arthur Barrett - SLB</t>
   </si>
@@ -470,51 +470,51 @@
   <si>
     <t>#26 Robert Doss - SS</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-OAK 33 (13:38) 2-Joel Carlyle punts 43 yards to ARZ 24. 18-Ronald Cory to ARZ 25 for 2 yards. Tackle by 52-Steve Piscitelli.</t>
   </si>
   <si>
     <t>#2 Joel Carlyle - P</t>
   </si>
   <si>
     <t>#18 Ronald Cory - WR</t>
   </si>
   <si>
     <t>#80 John McCormick - TE</t>
   </si>
   <si>
-    <t>#72 Walter Bridges - LT</t>
+    <t>#69 Walter Bridges - LG</t>
   </si>
   <si>
     <t>#53 Manuel Watt - SLB</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>ARZ 25</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (13:30) 2-Charles Dunklin pass complete to 35-Sylvester Fisher to ARZ 33 for 8 yards. Tackle by 24-Juan Wagner.</t>
   </si>
   <si>
     <t>#2 Charles Dunklin - QB</t>
   </si>
   <si>
     <t>#35 Sylvester Fisher - RB</t>
   </si>