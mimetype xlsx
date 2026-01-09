--- v1 (2025-11-27)
+++ v2 (2026-01-09)
@@ -287,51 +287,51 @@
   <si>
     <t>OAK has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Timothy West kicks 71 yards from ARZ 35 to OAK -6. Touchback.</t>
   </si>
   <si>
     <t>#13 Peter Darrow - WR</t>
   </si>
   <si>
     <t>#35 Bryan Duquette - RB</t>
   </si>
   <si>
-    <t>#33 Lloyd Almendarez - RB</t>
+    <t>#33 Lloyd Almendarez - WR</t>
   </si>
   <si>
     <t>#59 Robert Brown - MLB</t>
   </si>
   <si>
     <t>#22 Daniel Patterson - CB</t>
   </si>
   <si>
     <t>#52 Steve Piscitelli - SLB</t>
   </si>
   <si>
     <t>#47 Edward Olander - RB</t>
   </si>
   <si>
     <t>#40 Leonard Lockett - SS</t>
   </si>
   <si>
     <t>#52 William Cook - DT</t>
   </si>
   <si>
     <t>#53 Richard Whittington - MLB</t>
   </si>
   <si>
     <t>#93 Gordon Bartling - LDE</t>
   </si>