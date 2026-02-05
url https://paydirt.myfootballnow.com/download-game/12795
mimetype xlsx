--- v2 (2026-01-09)
+++ v3 (2026-02-05)
@@ -380,51 +380,51 @@
   <si>
     <t>#72 Charles Ford - RG</t>
   </si>
   <si>
     <t>#92 Ivan Rosborough - LDE</t>
   </si>
   <si>
     <t>#61 Jeremy Brown - DT</t>
   </si>
   <si>
     <t>#73 David Cox - DT</t>
   </si>
   <si>
     <t>#71 Rudy Bogan - RDE</t>
   </si>
   <si>
     <t>#36 Allen Robertson - SLB</t>
   </si>
   <si>
     <t>#98 David Brown - MLB</t>
   </si>
   <si>
     <t>#98 Arthur Barrett - SLB</t>
   </si>
   <si>
-    <t>#42 Gary Polizzi - FS</t>
+    <t>#48 Gary Polizzi - FS</t>
   </si>
   <si>
     <t>#21 Fred Morelli - CB</t>
   </si>
   <si>
     <t>#27 Joseph Brooks - SS</t>
   </si>
   <si>
     <t>#20 Thomas Bailey - FS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>OAK 27</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>2-8-OAK 27 (14:26) 33-Lloyd Almendarez ran to OAK 33 for 7 yards. Tackle by 27-Joseph Brooks.</t>
   </si>
   <si>
     <t>#54 Brian Becnel - RDE</t>
   </si>
@@ -521,51 +521,51 @@
   <si>
     <t>#88 Michael Sheedy - TE</t>
   </si>
   <si>
     <t>#14 Jacob Milardo - WR</t>
   </si>
   <si>
     <t>#89 Willie Turek - WR</t>
   </si>
   <si>
     <t>#79 Pedro Wright - LT</t>
   </si>
   <si>
     <t>#58 Jeromy Arthur - LG</t>
   </si>
   <si>
     <t>#74 Jerry Franklin - C</t>
   </si>
   <si>
     <t>#64 William Messinger - RG</t>
   </si>
   <si>
     <t>#59 Gil Ely - RT</t>
   </si>
   <si>
-    <t>#91 Justin Evans - LDE</t>
+    <t>#90 Justin Evans - LDE</t>
   </si>
   <si>
     <t>#99 John Lopez - DT</t>
   </si>
   <si>
     <t>#77 Daniel Newsome - RDE</t>
   </si>
   <si>
     <t>#96 Charles Macklin - DT</t>
   </si>
   <si>
     <t>#55 Steven Turner - MLB</t>
   </si>
   <si>
     <t>#23 Todd Dotson - CB</t>
   </si>
   <si>
     <t>#24 Juan Wagner - CB</t>
   </si>
   <si>
     <t>#44 David Cross - SS</t>
   </si>
   <si>
     <t>#28 Eric Thompson - CB</t>
   </si>
@@ -836,51 +836,51 @@
   <si>
     <t>2-7-OAK 38 (3:37) 24-Matthew Ligon ran to OAK 41 for -3 yards. Tackle by 52-Steve Piscitelli.</t>
   </si>
   <si>
     <t>3:04</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>3-10-OAK 41 (3:03) 2-Charles Dunklin pass complete to 18-Ronald Cory to OAK 21 for 20 yards.</t>
   </si>
   <si>
     <t>2:20</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-OAK 21 (2:19) 24-Matthew Ligon ran to OAK 19 for 1 yards. Tackle by 98-William Cook.</t>
   </si>
   <si>
     <t>#77 Herbert Mitchell - LG</t>
   </si>
   <si>
-    <t>#57 Darryl Nielson - C</t>
+    <t>#53 Darryl Nielson - C</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>OAK 19</t>
   </si>
   <si>
     <t>2-9-OAK 19 (1:44) 35-Sylvester Fisher ran to OAK 18 for 1 yards. Tackle by 54-Charles Macklin.</t>
   </si>
   <si>
     <t>1:10</t>
   </si>
   <si>
     <t>OAK 18</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-7-OAK 18 (1:09) 2-Charles Dunklin pass complete to 24-Matthew Ligon to OAK 10 for 8 yards. Tackle by 52-Steve Piscitelli.</t>
   </si>