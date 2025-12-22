--- v0 (2025-10-16)
+++ v1 (2025-12-22)
@@ -290,66 +290,66 @@
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Marshall Michaud kicks 70 yards from CIN 35 to CLE -5. 34-Robert Warfield to CLE 22 for 26 yards. Tackle by 25-Amos Maxim. 57-James Gilligan was completely beat on that play.</t>
   </si>
   <si>
     <t>#34 Robert Warfield - RB</t>
   </si>
   <si>
     <t>#6 Allen Jenkins - SLB</t>
   </si>
   <si>
     <t>#97 Roger Smith - RDE</t>
   </si>
   <si>
-    <t>#17 Orlando Doty - WR</t>
+    <t>#17 Orlando Doty - TE</t>
   </si>
   <si>
     <t>#95 Gary Morgan - MLB</t>
   </si>
   <si>
     <t>#49 Ralph Padgett - CB</t>
   </si>
   <si>
     <t>#51 Mark Hammons - MLB</t>
   </si>
   <si>
     <t>#24 Victor Custard - CB</t>
   </si>
   <si>
-    <t>#55 J.J. Watkins - MLB</t>
+    <t>#55 J.J. Watkins - WLB</t>
   </si>
   <si>
     <t>#23 Michael White - RB</t>
   </si>
   <si>
     <t>#57 James Gilligan - SLB</t>
   </si>
   <si>
     <t>#17 Marshall Michaud - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>CLE 22</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
@@ -368,51 +368,51 @@
   <si>
     <t>#11 Darrell Valle - WR</t>
   </si>
   <si>
     <t>#13 Paul Benfield - WR</t>
   </si>
   <si>
     <t>#79 Matthew Pucci - RG</t>
   </si>
   <si>
     <t>#63 Charles Thompson - LG</t>
   </si>
   <si>
     <t>#68 Edward Hunter - C</t>
   </si>
   <si>
     <t>#54 Christopher Randolph - RG</t>
   </si>
   <si>
     <t>#66 Thomas Currie - RG</t>
   </si>
   <si>
     <t>#24 Douglas Hall - CB</t>
   </si>
   <si>
-    <t>#1 Arthur Rodriguez - FS</t>
+    <t>#1 Arthur Rodriguez - RDE</t>
   </si>
   <si>
     <t>#99 Earl Mason - DT</t>
   </si>
   <si>
     <t>#60 Sammie Phillips - MLB</t>
   </si>
   <si>
     <t>#54 Joseph Drake - MLB</t>
   </si>
   <si>
     <t>#57 Reggie Williams - MLB</t>
   </si>
   <si>
     <t>#47 Anthony Oceguera - SS</t>
   </si>
   <si>
     <t>#29 Bryon Blue - FS</t>
   </si>
   <si>
     <t>#26 Stanley Rogers - K</t>
   </si>
   <si>
     <t>#25 Amos Maxim - FS</t>
   </si>
@@ -467,165 +467,165 @@
   <si>
     <t>4-7-CLE 25 (13:03) 4-David Selby punts 49 yards to CIN 26. Fair Catch by 11-Nathan Bolden.</t>
   </si>
   <si>
     <t>#4 David Selby - P</t>
   </si>
   <si>
     <t>#2 Nathan Bolden - CB</t>
   </si>
   <si>
     <t>#62 Michael Simon - RT</t>
   </si>
   <si>
     <t>#40 Joshua Gonzalez - CB</t>
   </si>
   <si>
     <t>#49 Jason Gill - SS</t>
   </si>
   <si>
     <t>#65 Tyler Walsh - RG</t>
   </si>
   <si>
     <t>#74 John Spencer - RG</t>
   </si>
   <si>
-    <t>#25 Frank James - CB</t>
-[...2 lines deleted...]
-    <t>#71 John Ferrari - RDE</t>
+    <t>#71 Frank James - MLB</t>
+  </si>
+  <si>
+    <t>#54 John Ferrari - MLB</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>CIN 26</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>1-10-CIN 26 (12:57) 20-Gregg Rosenberg ran to CIN 30 for 3 yards. Tackle by 51-Mark Hammons.</t>
   </si>
   <si>
     <t>#1 Young Kanter - QB</t>
   </si>
   <si>
-    <t>#20 Gregg Rosenberg - RB</t>
+    <t>#27 Gregg Rosenberg - RB</t>
   </si>
   <si>
     <t>#33 Mike McElveen - DT</t>
   </si>
   <si>
     <t>#86 Reginald Randolph - WR</t>
   </si>
   <si>
     <t>#18 Stacey Waldron - WR</t>
   </si>
   <si>
-    <t>#55 Eric Carpenter - LT</t>
+    <t>#67 Eric Carpenter - LT</t>
   </si>
   <si>
     <t>#51 Matthew Kim - RG</t>
   </si>
   <si>
     <t>#64 Miguel Hughes - C</t>
   </si>
   <si>
     <t>#62 Richard Johnson - RG</t>
   </si>
   <si>
     <t>#94 Orlando Becker - LDE</t>
   </si>
   <si>
     <t>#98 David Willis - DT</t>
   </si>
   <si>
     <t>#99 Hal Carter - DT</t>
   </si>
   <si>
     <t>#36 Alex Campbell - WLB</t>
   </si>
   <si>
     <t>#20 Johnnie Merchant - CB</t>
   </si>
   <si>
     <t>#29 Michael Smith - SS</t>
   </si>
   <si>
-    <t>#42 Jay Higgins - FS</t>
+    <t>#22 Jay Higgins - FS</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>CIN 30</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-7-CIN 30 (12:14) 20-Gregg Rosenberg ran to CIN 34 for 4 yards. Tackle by 6-Allen Jenkins.</t>
   </si>
   <si>
-    <t>#45 C.J. Uzomah - FB</t>
+    <t>#42 C.J. Uzomah - FB</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>CIN 34</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-2-CIN 34 (11:35) 20-Gregg Rosenberg ran to CIN 32 for -2 yards. Tackle by 6-Allen Jenkins.</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>CIN 32</t>
   </si>
   <si>
     <t>4-4-CIN 32 (11:00) 15-Donnie Swing punts 57 yards to CLE 11.</t>
   </si>
   <si>
     <t>#12 Donnie Swing - P</t>
   </si>
   <si>
     <t>#72 Richard Snowden - RT</t>
   </si>
   <si>
     <t>#74 Joshua Roach - LG</t>
   </si>
   <si>
-    <t>#77 Justin Cochran - LT</t>
+    <t>#64 Justin Cochran - C</t>
   </si>
   <si>
     <t>#90 John Bateman - LDE</t>
   </si>
   <si>
     <t>#69 Mark Touchstone - DT</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>CLE 11</t>
   </si>
   <si>
     <t>1-10-CLE 11 (10:51) 34-Robert Warfield ran to CLE 10 for -1 yards. Tackle by 97-Anthony Oceguera.</t>
   </si>
   <si>
     <t>#23 Christopher Vaughan - CB</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>CLE 10</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>3-9-CIN 42 (8:32) 23-Bruce Edwards ran to CLE 48 for 11 yards. Tackle by 29-Michael Smith.</t>
   </si>
   <si>
     <t>#84 Bruce Edwards - TE</t>
   </si>
   <si>
     <t>#10 James Wright - CB</t>
   </si>
   <si>
     <t>#47 Drake Renfro - CB</t>
   </si>
   <si>
     <t>7:49</t>
   </si>
   <si>
     <t>CLE 48</t>
   </si>
   <si>
     <t>1-10-CLE 48 (7:48) 23-Bruce Edwards ran to CLE 46 for 1 yards. Tackle by 6-Allen Jenkins.</t>
   </si>
   <si>
-    <t>#92 John Perez - LDE</t>
+    <t>#71 John Perez - DT</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>CLE 46</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-9-CLE 46 (7:06) 1-Young Kanter pass complete to 18-Stacey Waldron to CLE 46 for 1 yards. Tackle by 24-Victor Custard.</t>
   </si>
   <si>
     <t>6:21</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>3-8-CLE 46 (6:20) 1-Young Kanter pass complete to 20-Gregg Rosenberg to CLE 44 for 2 yards. Tackle by 29-Michael Smith. CIN 32-Mike McElveen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
@@ -941,54 +941,54 @@
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-8-CIN 24 (11:39) 16-Zack Warner pass incomplete, intended for 17-Orlando Doty.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-CIN 24 (11:36) 12-Jamar Mitchell 42 yard field goal is GOOD. CIN 0 CLE 3</t>
   </si>
   <si>
     <t>#9 Richard Rivers - QB</t>
   </si>
   <si>
     <t>#15 Jamar Mitchell - K</t>
   </si>
   <si>
-    <t>#81 Sylvester Swope - DT</t>
-[...2 lines deleted...]
-    <t>#96 Andre Burton - RDE</t>
+    <t>#81 Sylvester Swope - LDE</t>
+  </si>
+  <si>
+    <t>#95 Andre Burton - RDE</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>(11:33) 12-Jamar Mitchell kicks 74 yards from CLE 35 to CIN -9. Touchback.</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>1-10-CIN 25 (11:33) 20-Gregg Rosenberg ran to CIN 29 for 4 yards. Tackle by 36-Alex Campbell.</t>
   </si>
   <si>
     <t>#51 James Davis - RDE</t>
   </si>
   <si>
     <t>#52 Cody Shaeffer - WLB</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
@@ -1598,51 +1598,51 @@
   <si>
     <t>3-6-CIN 47 (10:10) 23-Bruce Edwards ran to CIN 47 for a short gain. Tackle by 99-Hal Carter.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>4-6-CIN 47 (9:33) 15-Donnie Swing punts 35 yards to CLE 18.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 18 (9:24) 16-Zack Warner pass complete to 13-Paul Benfield to CLE 29 for 12 yards. Tackle by 26-Stanley Rogers. 13-Paul Benfield did some fancy footwork there.</t>
   </si>
   <si>
     <t>#14 Raymond McCray - WR</t>
   </si>
   <si>
-    <t>#40 Eugene Sexton - CB</t>
+    <t>#48 Eugene Sexton - FS</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>1-10-CLE 29 (8:42) 16-Zack Warner pass incomplete, dropped by 81-Larry Branton. Pressure by 53-Arthur Rodriguez.</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>2-10-CLE 29 (8:38) PENALTY - False Start (CLE 54-Christopher Randolph)</t>
   </si>
   <si>
     <t>2-15-CLE 24 (8:38) 34-Robert Warfield ran to CLE 30 for 5 yards. Tackle by 97-Anthony Oceguera.</t>
   </si>
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>3-10-CLE 30 (7:58) 16-Zack Warner sacked at CLE 20 for -10 yards (60-Sammie Phillips). Sack allowed by 79-Matthew Pucci. 79-Matthew Pucci completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>CLE 20</t>
   </si>
@@ -2162,99 +2162,99 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="386.906" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>