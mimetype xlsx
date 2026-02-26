--- v1 (2025-12-22)
+++ v2 (2026-02-26)
@@ -350,87 +350,87 @@
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-CLE 22 (14:57) 23-Michael White ran to CLE 24 for 3 yards. Tackle by 97-Anthony Oceguera.</t>
   </si>
   <si>
     <t>#5 Zack Warner - QB</t>
   </si>
   <si>
     <t>#60 John Fogg - LG</t>
   </si>
   <si>
     <t>#81 Larry Branton - TE</t>
   </si>
   <si>
     <t>#11 Darrell Valle - WR</t>
   </si>
   <si>
     <t>#13 Paul Benfield - WR</t>
   </si>
   <si>
-    <t>#79 Matthew Pucci - RG</t>
+    <t>#59 Matthew Pucci - RG</t>
   </si>
   <si>
     <t>#63 Charles Thompson - LG</t>
   </si>
   <si>
-    <t>#68 Edward Hunter - C</t>
+    <t>#68 Edward Hunter - LG</t>
   </si>
   <si>
     <t>#54 Christopher Randolph - RG</t>
   </si>
   <si>
-    <t>#66 Thomas Currie - RG</t>
+    <t>#78 Thomas Currie - RG</t>
   </si>
   <si>
     <t>#24 Douglas Hall - CB</t>
   </si>
   <si>
     <t>#1 Arthur Rodriguez - RDE</t>
   </si>
   <si>
     <t>#99 Earl Mason - DT</t>
   </si>
   <si>
     <t>#60 Sammie Phillips - MLB</t>
   </si>
   <si>
     <t>#54 Joseph Drake - MLB</t>
   </si>
   <si>
     <t>#57 Reggie Williams - MLB</t>
   </si>
   <si>
     <t>#47 Anthony Oceguera - SS</t>
   </si>
   <si>
-    <t>#29 Bryon Blue - FS</t>
+    <t>#29 Bryon Blue - CB</t>
   </si>
   <si>
     <t>#26 Stanley Rogers - K</t>
   </si>
   <si>
     <t>#25 Amos Maxim - FS</t>
   </si>
   <si>
     <t>#77 Hank Newman - RDE</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>CLE 24</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-7-CLE 24 (14:20) 34-Robert Warfield ran to CLE 25 for a short gain. Tackle by 57-Reggie Williams.</t>
   </si>
@@ -449,51 +449,51 @@
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>3-7-CLE 25 (13:38) 34-Robert Warfield ran to CLE 25 for a short loss. Tackle by 97-Anthony Oceguera.</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-CLE 25 (13:03) 4-David Selby punts 49 yards to CIN 26. Fair Catch by 11-Nathan Bolden.</t>
   </si>
   <si>
     <t>#4 David Selby - P</t>
   </si>
   <si>
-    <t>#2 Nathan Bolden - CB</t>
+    <t>#44 Nathan Bolden - CB</t>
   </si>
   <si>
     <t>#62 Michael Simon - RT</t>
   </si>
   <si>
     <t>#40 Joshua Gonzalez - CB</t>
   </si>
   <si>
     <t>#49 Jason Gill - SS</t>
   </si>
   <si>
     <t>#65 Tyler Walsh - RG</t>
   </si>
   <si>
     <t>#74 John Spencer - RG</t>
   </si>
   <si>
     <t>#71 Frank James - MLB</t>
   </si>
   <si>
     <t>#54 John Ferrari - MLB</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
@@ -506,66 +506,66 @@
   <si>
     <t>1-10-CIN 26 (12:57) 20-Gregg Rosenberg ran to CIN 30 for 3 yards. Tackle by 51-Mark Hammons.</t>
   </si>
   <si>
     <t>#1 Young Kanter - QB</t>
   </si>
   <si>
     <t>#27 Gregg Rosenberg - RB</t>
   </si>
   <si>
     <t>#33 Mike McElveen - DT</t>
   </si>
   <si>
     <t>#86 Reginald Randolph - WR</t>
   </si>
   <si>
     <t>#18 Stacey Waldron - WR</t>
   </si>
   <si>
     <t>#67 Eric Carpenter - LT</t>
   </si>
   <si>
     <t>#51 Matthew Kim - RG</t>
   </si>
   <si>
-    <t>#64 Miguel Hughes - C</t>
+    <t>#66 Miguel Hughes - LT</t>
   </si>
   <si>
     <t>#62 Richard Johnson - RG</t>
   </si>
   <si>
     <t>#94 Orlando Becker - LDE</t>
   </si>
   <si>
     <t>#98 David Willis - DT</t>
   </si>
   <si>
     <t>#99 Hal Carter - DT</t>
   </si>
   <si>
-    <t>#36 Alex Campbell - WLB</t>
+    <t>#99 Alex Campbell - WLB</t>
   </si>
   <si>
     <t>#20 Johnnie Merchant - CB</t>
   </si>
   <si>
     <t>#29 Michael Smith - SS</t>
   </si>
   <si>
     <t>#22 Jay Higgins - FS</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>CIN 30</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-7-CIN 30 (12:14) 20-Gregg Rosenberg ran to CIN 34 for 4 yards. Tackle by 6-Allen Jenkins.</t>
   </si>
   <si>
     <t>#42 C.J. Uzomah - FB</t>
   </si>
@@ -599,78 +599,78 @@
   <si>
     <t>#72 Richard Snowden - RT</t>
   </si>
   <si>
     <t>#74 Joshua Roach - LG</t>
   </si>
   <si>
     <t>#64 Justin Cochran - C</t>
   </si>
   <si>
     <t>#90 John Bateman - LDE</t>
   </si>
   <si>
     <t>#69 Mark Touchstone - DT</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>CLE 11</t>
   </si>
   <si>
     <t>1-10-CLE 11 (10:51) 34-Robert Warfield ran to CLE 10 for -1 yards. Tackle by 97-Anthony Oceguera.</t>
   </si>
   <si>
-    <t>#23 Christopher Vaughan - CB</t>
+    <t>#39 Christopher Vaughan - FS</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>CLE 10</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-11-CLE 10 (10:09) 16-Zack Warner pass incomplete, dropped by 13-Paul Benfield. The coverage on that play was extremely tight. Pressure by 97-Anthony Oceguera.</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>3-11-CLE 10 (10:04) 16-Zack Warner pass incomplete, dropped by 23-Michael White. Pressure by 97-Anthony Oceguera.</t>
   </si>
   <si>
-    <t>#48 Charles Williams - WR</t>
+    <t>#80 Charles Williams - WR</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>4-11-CLE 10 (10:00) 4-David Selby punts 49 yards to CIN 41. Fair Catch by 11-Nathan Bolden.</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>CIN 41</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-CIN 41 (9:54) 20-Gregg Rosenberg ran to CIN 42 for 1 yards. Tackle by 98-David Willis.</t>
   </si>
   <si>
     <t>#76 Larry Boutin - LT</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
@@ -941,51 +941,51 @@
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-8-CIN 24 (11:39) 16-Zack Warner pass incomplete, intended for 17-Orlando Doty.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-CIN 24 (11:36) 12-Jamar Mitchell 42 yard field goal is GOOD. CIN 0 CLE 3</t>
   </si>
   <si>
     <t>#9 Richard Rivers - QB</t>
   </si>
   <si>
     <t>#15 Jamar Mitchell - K</t>
   </si>
   <si>
-    <t>#81 Sylvester Swope - LDE</t>
+    <t>#59 Sylvester Swope - MLB</t>
   </si>
   <si>
     <t>#95 Andre Burton - RDE</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>(11:33) 12-Jamar Mitchell kicks 74 yards from CLE 35 to CIN -9. Touchback.</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>1-10-CIN 25 (11:33) 20-Gregg Rosenberg ran to CIN 29 for 4 yards. Tackle by 36-Alex Campbell.</t>
   </si>
   <si>
     <t>#51 James Davis - RDE</t>
   </si>
   <si>
     <t>#52 Cody Shaeffer - WLB</t>
   </si>
@@ -1367,51 +1367,51 @@
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>1-10-CLE 46 (10:10) 1-Young Kanter pass complete to 11-Nathan Bolden to CLE 29 for 17 yards. Tackle by 6-Allen Jenkins.</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>CLE 29</t>
   </si>
   <si>
     <t>1-10-CLE 29 (9:30) 1-Young Kanter pass complete to 18-Stacey Waldron to CLE 17 for 13 yards. Tackle by 44-Ralph Padgett. 18-Stacey Waldron made a great move on the CB. CIN 18-Stacey Waldron was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>CLE 17</t>
   </si>
   <si>
     <t>1-10-CLE 17 (8:44) 21-Craig Tankersley ran to CLE 16 for 1 yards. Tackle by 99-Hal Carter.</t>
   </si>
   <si>
-    <t>#8 Charles Pike - RB</t>
+    <t>#80 Charles Pike - TE</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>2-9-CLE 16 (8:10) 20-Gregg Rosenberg ran to CLE 11 for 5 yards. Tackle by 20-Johnnie Merchant.</t>
   </si>
   <si>
     <t>3-4-CLE 11 (7:24) 23-Bruce Edwards ran to CLE 7 for 4 yards. Tackle by 36-Alex Campbell.</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>CLE 7</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>4-1-CLE 7 (6:41) 20-Gregg Rosenberg ran to CLE 9 for -2 yards. Tackle by 24-Victor Custard. Turnover on downs.</t>
   </si>
   <si>
     <t>6:39</t>
   </si>
@@ -1595,51 +1595,51 @@
   <si>
     <t>CIN 47</t>
   </si>
   <si>
     <t>3-6-CIN 47 (10:10) 23-Bruce Edwards ran to CIN 47 for a short gain. Tackle by 99-Hal Carter.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>4-6-CIN 47 (9:33) 15-Donnie Swing punts 35 yards to CLE 18.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 18 (9:24) 16-Zack Warner pass complete to 13-Paul Benfield to CLE 29 for 12 yards. Tackle by 26-Stanley Rogers. 13-Paul Benfield did some fancy footwork there.</t>
   </si>
   <si>
-    <t>#14 Raymond McCray - WR</t>
+    <t>#61 Raymond McCray - RG</t>
   </si>
   <si>
     <t>#48 Eugene Sexton - FS</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>1-10-CLE 29 (8:42) 16-Zack Warner pass incomplete, dropped by 81-Larry Branton. Pressure by 53-Arthur Rodriguez.</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>2-10-CLE 29 (8:38) PENALTY - False Start (CLE 54-Christopher Randolph)</t>
   </si>
   <si>
     <t>2-15-CLE 24 (8:38) 34-Robert Warfield ran to CLE 30 for 5 yards. Tackle by 97-Anthony Oceguera.</t>
   </si>
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>3-10-CLE 30 (7:58) 16-Zack Warner sacked at CLE 20 for -10 yards (60-Sammie Phillips). Sack allowed by 79-Matthew Pucci. 79-Matthew Pucci completely missed his blocking assignment.</t>
   </si>
@@ -2157,91 +2157,91 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="386.906" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">