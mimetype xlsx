--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -332,51 +332,51 @@
   <si>
     <t>#93 Richard Vacca - MLB</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
     <t>#3 Timothy West - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-BAL 25 (15:00) 45-Joel Martin ran to BAL 32 for 7 yards. Tackle by 36-Allen Robertson.</t>
   </si>
   <si>
-    <t>#13 Mark Fidler - QB</t>
+    <t>#4 Mark Fidler - QB</t>
   </si>
   <si>
     <t>#45 Joel Martin - RB</t>
   </si>
   <si>
     <t>#44 Gary Berryman - RB</t>
   </si>
   <si>
     <t>#89 Brendan Cornish - WR</t>
   </si>
   <si>
     <t>#10 Donald Augustine - WR</t>
   </si>
   <si>
     <t>#69 Richard Howard - RG</t>
   </si>
   <si>
     <t>#70 Anthony Toussaint - RG</t>
   </si>
   <si>
     <t>#54 James Maynard - C</t>
   </si>
   <si>
     <t>#68 Rex Lester - C</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>#48 Doug Hendricks - CB</t>
   </si>
   <si>
     <t>#27 Joseph Brooks - SS</t>
   </si>
   <si>
     <t>#99 Nathaniel Kearns - SS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>BAL 32</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-3-BAL 32 (14:26) 45-Joel Martin ran to BAL 33 for 1 yards. Tackle by 73-David Cox. PENALTY - Unnecessary Roughness (ARZ 73-David Cox)</t>
   </si>
   <si>
-    <t>#85 John Reilly - TE</t>
+    <t>#81 John Reilly - TE</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
     <t>#93 Scott Perkins - SLB</t>
   </si>
   <si>
     <t>#21 Fred Morelli - CB</t>
   </si>
   <si>
     <t>#97 Brandon Berger - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>BAL 48</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
@@ -533,51 +533,51 @@
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>ARZ 13</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-ARZ 13 (11:40) 13-Mark Fidler sacked at ARZ 21 for -8 yards (96-Todd Judge). Sack allowed by 65-Jack Kravitz.</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>ARZ 21</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>2-18-ARZ 21 (10:57) 13-Mark Fidler pass complete to 1-Frank Peoples to ARZ 16 for 5 yards. Tackle by 97-Brandon Berger.</t>
   </si>
   <si>
-    <t>#29 Antonio Delagarza - FB</t>
+    <t>#68 Antonio Delagarza - RG</t>
   </si>
   <si>
     <t>#98 Arthur Barrett - SLB</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>ARZ 16</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>3-13-ARZ 16 (10:14) 13-Mark Fidler pass complete to 10-Donald Augustine to ARZ 9 for 7 yards. Tackle by 97-Brandon Berger.</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>ARZ 9</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>3-5-ARZ 43 (8:04) 22-Basil Salter ran to ARZ 48 for 4 yards. Tackle by 90-William Dominquez.</t>
   </si>
   <si>
     <t>#43 George Wilson - WR</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>ARZ 48</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-ARZ 48 (7:22) 12-William Glen punts 62 yards to BAL -10.4-1-ARZ 48 (7:22) 12-William Glen punts 62 yards to BAL -10. Touchback.</t>
   </si>
   <si>
     <t>#12 William Glen - P</t>
   </si>
   <si>
-    <t>#69 Joseph Williams - C</t>
+    <t>#1 Joseph Williams - LG</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>BAL 20</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>1-10-BAL 20 (7:14) 13-Mark Fidler pass Pass knocked down by 32-Gary Polizzi. incomplete, intended for 17-Wayne Cooper.</t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>2-10-BAL 20 (7:11) 13-Mark Fidler pass complete to 44-Gary Berryman to BAL 23 for 3 yards. Tackle by 36-Allen Robertson. PENALTY - Holding (BAL 70-Anthony Toussaint)</t>
   </si>
   <si>
     <t>7:07</t>
   </si>