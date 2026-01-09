--- v1 (2025-11-27)
+++ v2 (2026-01-09)
@@ -293,51 +293,51 @@
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Timothy West kicks 74 yards from ARZ 35 to BAL -9. Touchback.</t>
   </si>
   <si>
     <t>#17 Wayne Cooper - WR</t>
   </si>
   <si>
     <t>#51 Gregory Martinez - DT</t>
   </si>
   <si>
     <t>#27 Gary Shaver - CB</t>
   </si>
   <si>
     <t>#46 James Walton - FS</t>
   </si>
   <si>
-    <t>#33 William Preston - SS</t>
+    <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>#37 Ronald Waldrop - SS</t>
   </si>
   <si>
     <t>#98 Roy Santiago - WLB</t>
   </si>
   <si>
     <t>#50 John Nutting - RDE</t>
   </si>
   <si>
     <t>#99 Alex Gaudet - RDE</t>
   </si>
   <si>
     <t>#93 Richard Vacca - MLB</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
     <t>#3 Timothy West - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>#48 Doug Hendricks - CB</t>
   </si>
   <si>
     <t>#27 Joseph Brooks - SS</t>
   </si>
   <si>
     <t>#99 Nathaniel Kearns - SS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>BAL 32</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-3-BAL 32 (14:26) 45-Joel Martin ran to BAL 33 for 1 yards. Tackle by 73-David Cox. PENALTY - Unnecessary Roughness (ARZ 73-David Cox)</t>
   </si>
   <si>
-    <t>#81 John Reilly - TE</t>
+    <t>#82 John Reilly - TE</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
     <t>#93 Scott Perkins - SLB</t>
   </si>
   <si>
     <t>#21 Fred Morelli - CB</t>
   </si>
   <si>
     <t>#97 Brandon Berger - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>BAL 48</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>