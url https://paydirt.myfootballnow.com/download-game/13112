--- v2 (2026-01-09)
+++ v3 (2026-02-05)
@@ -296,54 +296,54 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Timothy West kicks 74 yards from ARZ 35 to BAL -9. Touchback.</t>
   </si>
   <si>
     <t>#17 Wayne Cooper - WR</t>
   </si>
   <si>
     <t>#51 Gregory Martinez - DT</t>
   </si>
   <si>
     <t>#27 Gary Shaver - CB</t>
   </si>
   <si>
     <t>#46 James Walton - FS</t>
   </si>
   <si>
     <t>#30 William Preston - SS</t>
   </si>
   <si>
-    <t>#37 Ronald Waldrop - SS</t>
-[...2 lines deleted...]
-    <t>#98 Roy Santiago - WLB</t>
+    <t>#41 Ronald Waldrop - SS</t>
+  </si>
+  <si>
+    <t>#58 Roy Santiago - MLB</t>
   </si>
   <si>
     <t>#50 John Nutting - RDE</t>
   </si>
   <si>
     <t>#99 Alex Gaudet - RDE</t>
   </si>
   <si>
     <t>#93 Richard Vacca - MLB</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
     <t>#3 Timothy West - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
@@ -383,51 +383,51 @@
   <si>
     <t>#65 Jack Kravitz - RT</t>
   </si>
   <si>
     <t>#96 Todd Judge - LDE</t>
   </si>
   <si>
     <t>#73 David Cox - DT</t>
   </si>
   <si>
     <t>#61 Jeremy Brown - DT</t>
   </si>
   <si>
     <t>#68 Walter Shafer - RDE</t>
   </si>
   <si>
     <t>#36 Allen Robertson - SLB</t>
   </si>
   <si>
     <t>#98 David Brown - MLB</t>
   </si>
   <si>
     <t>#90 Ray Brewer - WLB</t>
   </si>
   <si>
-    <t>#42 Gary Polizzi - FS</t>
+    <t>#48 Gary Polizzi - FS</t>
   </si>
   <si>
     <t>#48 Doug Hendricks - CB</t>
   </si>
   <si>
     <t>#27 Joseph Brooks - SS</t>
   </si>
   <si>
     <t>#99 Nathaniel Kearns - SS</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>BAL 32</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-3-BAL 32 (14:26) 45-Joel Martin ran to BAL 33 for 1 yards. Tackle by 73-David Cox. PENALTY - Unnecessary Roughness (ARZ 73-David Cox)</t>
   </si>
@@ -809,51 +809,51 @@
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>BAL 27</t>
   </si>
   <si>
     <t>4-3-BAL 27 (5:50) 14-Ronald Miller punts 48 yards to ARZ 24. Fair Catch by 39-Larry Landis.</t>
   </si>
   <si>
     <t>#14 Ronald Miller - P</t>
   </si>
   <si>
     <t>#39 Larry Landis - FB</t>
   </si>
   <si>
     <t>5:42</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-ARZ 24 (5:43) 31-Alan Arrellano ran to ARZ 22 for -3 yards. Tackle by 53-Bryan Gunnell.</t>
   </si>
   <si>
-    <t>#57 Darryl Nielson - C</t>
+    <t>#53 Darryl Nielson - C</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>ARZ 22</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>2-13-ARZ 22 (5:04) 2-Charles Dunklin pass incomplete, intended for 14-Jacob Milardo. ARZ 79-Pedro Wright was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-13-ARZ 22 (5:01) 2-Charles Dunklin pass Pass knocked down by 27-Gary Shaver. incomplete, intended for 89-Willie Turek.</t>
   </si>