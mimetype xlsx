--- v3 (2026-02-05)
+++ v4 (2026-02-26)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Timothy West kicks 74 yards from ARZ 35 to BAL -9. Touchback.</t>
   </si>
   <si>
     <t>#17 Wayne Cooper - WR</t>
   </si>
   <si>
     <t>#51 Gregory Martinez - DT</t>
   </si>
   <si>
     <t>#27 Gary Shaver - CB</t>
   </si>
   <si>
     <t>#46 James Walton - FS</t>
   </si>
   <si>
     <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>#41 Ronald Waldrop - SS</t>
   </si>
   <si>
-    <t>#58 Roy Santiago - MLB</t>
+    <t>#94 Roy Santiago - MLB</t>
   </si>
   <si>
     <t>#50 John Nutting - RDE</t>
   </si>
   <si>
     <t>#99 Alex Gaudet - RDE</t>
   </si>
   <si>
     <t>#93 Richard Vacca - MLB</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
     <t>#3 Timothy West - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
@@ -644,54 +644,54 @@
   <si>
     <t>#79 Pedro Wright - LT</t>
   </si>
   <si>
     <t>#58 Jeromy Arthur - LG</t>
   </si>
   <si>
     <t>#74 Jerry Franklin - C</t>
   </si>
   <si>
     <t>#64 William Messinger - RG</t>
   </si>
   <si>
     <t>#59 Gil Ely - RT</t>
   </si>
   <si>
     <t>#94 Samuel Kowalsky - RDE</t>
   </si>
   <si>
     <t>#75 Caleb Rosado - DT</t>
   </si>
   <si>
     <t>#67 John Ray - RDE</t>
   </si>
   <si>
-    <t>#53 Bryan Gunnell - SLB</t>
-[...2 lines deleted...]
-    <t>#62 Ronnie Ferrante - MLB</t>
+    <t>#53 Bryan Gunnell - MLB</t>
+  </si>
+  <si>
+    <t>#62 Ronnie Ferrante - SLB</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-10-ARZ 25 (9:23) 2-Charles Dunklin pass complete to 82-Ricky Casto to ARZ 39 for 14 yards. Tackle by 62-Ronnie Ferrante.</t>
   </si>
   <si>
     <t>#22 Basil Salter - RB</t>
   </si>
   <si>
     <t>#24 Matthew Ligon - RB</t>
   </si>
   <si>
     <t>#91 William Dominquez - MLB</t>
   </si>
   <si>
     <t>#4 Bradley Briscoe - WLB</t>
   </si>
   <si>
     <t>8:47</t>
   </si>