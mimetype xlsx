--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -500,51 +500,51 @@
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-ARZ 37 (13:40) 2-Ramon Miller pass Pass knocked down by 20-Thomas Bailey. incomplete, intended for 17-Wayne Cooper.</t>
   </si>
   <si>
     <t>#2 Ramon Miller - QB</t>
   </si>
   <si>
     <t>#45 Joel Martin - RB</t>
   </si>
   <si>
     <t>#44 Gary Berryman - RB</t>
   </si>
   <si>
     <t>#86 Randall Nelms - WR</t>
   </si>
   <si>
     <t>#17 Wayne Cooper - WR</t>
   </si>
   <si>
     <t>#10 Donald Augustine - WR</t>
   </si>
   <si>
-    <t>#78 Michael Campbell - LG</t>
+    <t>#78 Michael Campbell - RG</t>
   </si>
   <si>
     <t>#72 Charles Ford - RG</t>
   </si>
   <si>
     <t>#54 James Maynard - C</t>
   </si>
   <si>
     <t>#68 Rex Lester - C</t>
   </si>
   <si>
     <t>#65 Jack Kravitz - RT</t>
   </si>
   <si>
     <t>#61 Jeremy Brown - DT</t>
   </si>
   <si>
     <t>#71 Rudy Bogan - RDE</t>
   </si>
   <si>
     <t>#36 Allen Robertson - SLB</t>
   </si>
   <si>
     <t>#21 Gregory Bickley - CB</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-10-ARZ 37 (13:37) 45-Joel Martin ran to ARZ 38 for a short loss. Tackle by 94-Chad Hoff.</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>ARZ 38</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-10-ARZ 38 (12:53) 45-Joel Martin ran to ARZ 38 for a short loss. Tackle by 98-David Brown. BAL 82-John Reilly was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#85 John Reilly - TE</t>
+    <t>#81 John Reilly - TE</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-ARZ 38 (12:10) 14-Ronald Miller punts 32 yards to ARZ 6.</t>
   </si>
   <si>
     <t>#14 Ronald Miller - P</t>
   </si>
   <si>
     <t>#35 Matthew Black - RB</t>
   </si>
   <si>
     <t>#10 Dion Whitehurst - WR</t>
   </si>
   <si>
     <t>#27 Joseph Brooks - SS</t>
   </si>
@@ -644,99 +644,99 @@
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>3-9-ARZ 6 (11:19) 31-Alan Arrellano ran to ARZ 12 for 5 yards. Tackle by 26-Cristobal Zimmerman. ARZ 59-Gil Ely was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>ARZ 12</t>
   </si>
   <si>
     <t>4-4-ARZ 12 (10:35) 12-William Glen punts 52 yards to BAL 37. 34-Ray Dupre to BAL 46 for 9 yards. Tackle by 74-Jerry Franklin.</t>
   </si>
   <si>
     <t>#12 William Glen - P</t>
   </si>
   <si>
     <t>#72 Justin Garza - RT</t>
   </si>
   <si>
     <t>#34 Ray Dupre - CB</t>
   </si>
   <si>
-    <t>#69 Joseph Williams - C</t>
+    <t>#1 Joseph Williams - LG</t>
   </si>
   <si>
     <t>#50 Brent Spataro - RG</t>
   </si>
   <si>
     <t>#99 Alex Gaudet - RDE</t>
   </si>
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>BAL 46</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-BAL 46 (10:26) 2-Ramon Miller pass incomplete, dropped by 17-Wayne Cooper. That was a dangerous pass. PENALTY - Offsides (ARZ 63-Willie Boone)</t>
   </si>
   <si>
     <t>#90 Ray Brewer - WLB</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>ARZ 49</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>1-5-ARZ 49 (10:23) 45-Joel Martin ran to ARZ 48 for 1 yards. Tackle by 36-Allen Robertson.</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>ARZ 48</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>2-4-ARZ 48 (9:49) 2-Ramon Miller pass complete to 10-Donald Augustine to ARZ 21 for 27 yards. Tackle by 48-Doug Hendricks.</t>
   </si>
   <si>
-    <t>#86 Dan Ott - TE</t>
+    <t>#9 Dan Ott - TE</t>
   </si>
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-ARZ 21 (9:07) 2-Ramon Miller pass incomplete, dropped by 29-Tommy Hall. Pressure by 91-Charles Mazzella.</t>
   </si>
   <si>
     <t>#29 Tommy Hall - WR</t>
   </si>
   <si>
     <t>#95 Willie Anderson - DT</t>
   </si>
   <si>
     <t>#53 Manuel Watt - SLB</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
@@ -779,51 +779,51 @@
   <si>
     <t>1-10-ARZ 25 (8:59) 35-Sylvester Fisher ran to ARZ 29 for 4 yards. Tackle by 30-Ronald Waldrop.</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>ARZ 29</t>
   </si>
   <si>
     <t>2-6-ARZ 29 (8:26) 2-Charles Dunklin sacked at ARZ 21 for -8 yards (94-Samuel Kowalsky). Sack allowed by 82-Ricky Casto.</t>
   </si>
   <si>
     <t>7:50</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>3-14-ARZ 21 (7:49) 2-Charles Dunklin pass complete to 88-Michael Sheedy to ARZ 31 for 10 yards. Tackle by 4-Ray Burton.</t>
   </si>
   <si>
-    <t>#4 Ray Burton - CB</t>
+    <t>#4 Ray Burton - FS</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>4-4-ARZ 31 (7:12) 12-William Glen punts 48 yards to BAL 21. Fair Catch by 34-Ray Dupre. BAL 79-Kenneth Sewell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:05</t>
   </si>
   <si>
     <t>BAL 21</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>1-10-BAL 21 (7:06) 2-Ramon Miller pass complete to 10-Donald Augustine to BAL 32 for 11 yards. Tackle by 98-David Brown. 10-Donald Augustine breaks down the CB.</t>
   </si>
   <si>
     <t>7:01</t>
   </si>
   <si>
     <t>Timeout BAL</t>
   </si>
@@ -1619,51 +1619,51 @@
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>(11:22) Extra point GOOD by 3-Robert Still. ARZ 7 BAL 38</t>
   </si>
   <si>
     <t>(11:22) 3-Robert Still kicks 74 yards from BAL 35 to ARZ -9. Touchback.</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (11:22) 2-Charles Dunklin pass complete to 82-Ricky Casto to ARZ 29 for 4 yards. Tackle by 27-Gary Shaver. 33-William Preston got away with a hold on that play. PENALTY - Holding (ARZ 74-Jerry Franklin)</t>
   </si>
   <si>
     <t>1-20-ARZ 15 (11:19) 2-Charles Dunklin pass Pass knocked down by 46-James Walton. incomplete, intended for 18-Ronald Cory.</t>
   </si>
   <si>
     <t>11:15</t>
   </si>
   <si>
     <t>2-20-ARZ 15 (11:16) 2-Charles Dunklin pass complete to 18-Ronald Cory to ARZ 20 for 5 yards. Tackle by 49-Robert Damico.</t>
   </si>
   <si>
-    <t>#97 Pablo Howell - WLB</t>
+    <t>#96 Pablo Howell - WLB</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-15-ARZ 20 (10:51) 2-Charles Dunklin pass Pass knocked down by 30-Ronald Waldrop. incomplete, intended for 31-Alan Arrellano.</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>4-15-ARZ 20 (10:48) 12-William Glen punts 44 yards to BAL 36.</t>
   </si>
   <si>
     <t>1-10-BAL 36 (10:40) 45-Joel Martin ran to BAL 40 for 4 yards. Tackle by 90-Ray Brewer.</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>BAL 40</t>
   </si>