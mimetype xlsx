--- v1 (2025-11-27)
+++ v2 (2025-12-18)
@@ -431,51 +431,51 @@
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-ARZ 21 (14:53) 35-Sylvester Fisher ran to ARZ 34 for 12 yards. Tackle by 41-Elmer Mathews.</t>
   </si>
   <si>
     <t>#24 Matthew Ligon - RB</t>
   </si>
   <si>
     <t>#11 David Wise - WR</t>
   </si>
   <si>
     <t>#93 Richard Vacca - MLB</t>
   </si>
   <si>
     <t>#26 Cristobal Zimmerman - CB</t>
   </si>
   <si>
     <t>#49 Robert Damico - CB</t>
   </si>
   <si>
     <t>#37 Ronald Waldrop - SS</t>
   </si>
   <si>
-    <t>#33 William Preston - SS</t>
+    <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>ARZ 34</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-ARZ 34 (14:15) 31-Alan Arrellano ran to ARZ 31 for -3 yards. Tackle by 53-Bryan Gunnell.</t>
   </si>
   <si>
     <t>#51 Gregory Martinez - DT</t>
   </si>
   <si>
     <t>#98 Roy Santiago - WLB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-10-ARZ 37 (13:37) 45-Joel Martin ran to ARZ 38 for a short loss. Tackle by 94-Chad Hoff.</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>ARZ 38</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-10-ARZ 38 (12:53) 45-Joel Martin ran to ARZ 38 for a short loss. Tackle by 98-David Brown. BAL 82-John Reilly was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#81 John Reilly - TE</t>
+    <t>#82 John Reilly - TE</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-ARZ 38 (12:10) 14-Ronald Miller punts 32 yards to ARZ 6.</t>
   </si>
   <si>
     <t>#14 Ronald Miller - P</t>
   </si>
   <si>
     <t>#35 Matthew Black - RB</t>
   </si>
   <si>
     <t>#10 Dion Whitehurst - WR</t>
   </si>
   <si>
     <t>#27 Joseph Brooks - SS</t>
   </si>