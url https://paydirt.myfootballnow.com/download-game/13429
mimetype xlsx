--- v2 (2025-12-18)
+++ v3 (2026-02-05)
@@ -428,150 +428,150 @@
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-ARZ 21 (14:53) 35-Sylvester Fisher ran to ARZ 34 for 12 yards. Tackle by 41-Elmer Mathews.</t>
   </si>
   <si>
     <t>#24 Matthew Ligon - RB</t>
   </si>
   <si>
     <t>#11 David Wise - WR</t>
   </si>
   <si>
     <t>#93 Richard Vacca - MLB</t>
   </si>
   <si>
     <t>#26 Cristobal Zimmerman - CB</t>
   </si>
   <si>
     <t>#49 Robert Damico - CB</t>
   </si>
   <si>
-    <t>#37 Ronald Waldrop - SS</t>
+    <t>#41 Ronald Waldrop - SS</t>
   </si>
   <si>
     <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>ARZ 34</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-ARZ 34 (14:15) 31-Alan Arrellano ran to ARZ 31 for -3 yards. Tackle by 53-Bryan Gunnell.</t>
   </si>
   <si>
     <t>#51 Gregory Martinez - DT</t>
   </si>
   <si>
-    <t>#98 Roy Santiago - WLB</t>
+    <t>#58 Roy Santiago - MLB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>ARZ 31</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>2-13-ARZ 31 (13:43) 2-Charles Dunklin pass INTERCEPTED by 33-William Preston at ARZ 37. 33-William Preston to ARZ 37 for -0 yards. Tackle by 11-David Wise.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>ARZ 37</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-ARZ 37 (13:40) 2-Ramon Miller pass Pass knocked down by 20-Thomas Bailey. incomplete, intended for 17-Wayne Cooper.</t>
   </si>
   <si>
     <t>#2 Ramon Miller - QB</t>
   </si>
   <si>
     <t>#45 Joel Martin - RB</t>
   </si>
   <si>
     <t>#44 Gary Berryman - RB</t>
   </si>
   <si>
     <t>#86 Randall Nelms - WR</t>
   </si>
   <si>
     <t>#17 Wayne Cooper - WR</t>
   </si>
   <si>
     <t>#10 Donald Augustine - WR</t>
   </si>
   <si>
-    <t>#78 Michael Campbell - RG</t>
+    <t>#78 Michael Campbell - RT</t>
   </si>
   <si>
     <t>#72 Charles Ford - RG</t>
   </si>
   <si>
     <t>#54 James Maynard - C</t>
   </si>
   <si>
     <t>#68 Rex Lester - C</t>
   </si>
   <si>
     <t>#65 Jack Kravitz - RT</t>
   </si>
   <si>
     <t>#61 Jeremy Brown - DT</t>
   </si>
   <si>
     <t>#71 Rudy Bogan - RDE</t>
   </si>
   <si>
     <t>#36 Allen Robertson - SLB</t>
   </si>
   <si>
     <t>#21 Gregory Bickley - CB</t>
   </si>
   <si>
-    <t>#42 Gary Polizzi - FS</t>
+    <t>#48 Gary Polizzi - FS</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-10-ARZ 37 (13:37) 45-Joel Martin ran to ARZ 38 for a short loss. Tackle by 94-Chad Hoff.</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>ARZ 38</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
@@ -1289,51 +1289,51 @@
   <si>
     <t>1-10-ARZ 25 (1:55) 35-Sylvester Fisher ran to ARZ 26 for 1 yards. Tackle by 33-William Preston.</t>
   </si>
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>ARZ 26</t>
   </si>
   <si>
     <t>2-9-ARZ 26 (1:19) 35-Sylvester Fisher ran for 74 yards. TOUCHDOWN! ARZ 6 BAL 21</t>
   </si>
   <si>
     <t>1:06</t>
   </si>
   <si>
     <t>BAL 15</t>
   </si>
   <si>
     <t>(1:07) Extra point GOOD by 3-Timothy West. ARZ 7 BAL 21</t>
   </si>
   <si>
     <t>#3 Timothy West - K</t>
   </si>
   <si>
-    <t>#57 Darryl Nielson - C</t>
+    <t>#53 Darryl Nielson - C</t>
   </si>
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>(1:07) 3-Timothy West kicks 70 yards from ARZ 35 to BAL -5. 34-Ray Dupre to BAL 15 for 20 yards. Tackle by 20-Thomas Bailey.</t>
   </si>
   <si>
     <t>1:03</t>
   </si>
   <si>
     <t>1-10-BAL 15 (1:04) 45-Joel Martin ran to BAL 19 for 4 yards. Tackle by 90-Ray Brewer.</t>
   </si>
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>BAL 19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-6-BAL 19 (0:29) 35-Matthew Black ran to BAL 25 for 5 yards. Tackle by 97-Brandon Berger.</t>
   </si>