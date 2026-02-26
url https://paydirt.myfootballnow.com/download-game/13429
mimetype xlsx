--- v3 (2026-02-05)
+++ v4 (2026-02-26)
@@ -380,54 +380,54 @@
   <si>
     <t>#58 Jeromy Arthur - LG</t>
   </si>
   <si>
     <t>#74 Jerry Franklin - C</t>
   </si>
   <si>
     <t>#64 William Messinger - RG</t>
   </si>
   <si>
     <t>#59 Gil Ely - RT</t>
   </si>
   <si>
     <t>#94 Samuel Kowalsky - RDE</t>
   </si>
   <si>
     <t>#79 Kenneth Sewell - DT</t>
   </si>
   <si>
     <t>#75 Caleb Rosado - DT</t>
   </si>
   <si>
     <t>#67 John Ray - RDE</t>
   </si>
   <si>
-    <t>#53 Bryan Gunnell - SLB</t>
-[...2 lines deleted...]
-    <t>#62 Ronnie Ferrante - MLB</t>
+    <t>#53 Bryan Gunnell - MLB</t>
+  </si>
+  <si>
+    <t>#62 Ronnie Ferrante - SLB</t>
   </si>
   <si>
     <t>#91 William Dominquez - MLB</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
     <t>#27 Gary Shaver - CB</t>
   </si>
   <si>
     <t>#25 William Parker - SS</t>
   </si>
   <si>
     <t>#46 James Walton - FS</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>#41 Ronald Waldrop - SS</t>
   </si>
   <si>
     <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>ARZ 34</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-ARZ 34 (14:15) 31-Alan Arrellano ran to ARZ 31 for -3 yards. Tackle by 53-Bryan Gunnell.</t>
   </si>
   <si>
     <t>#51 Gregory Martinez - DT</t>
   </si>
   <si>
-    <t>#58 Roy Santiago - MLB</t>
+    <t>#94 Roy Santiago - MLB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>ARZ 31</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>2-13-ARZ 31 (13:43) 2-Charles Dunklin pass INTERCEPTED by 33-William Preston at ARZ 37. 33-William Preston to ARZ 37 for -0 yards. Tackle by 11-David Wise.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>ARZ 37</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>