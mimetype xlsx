--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -293,60 +293,60 @@
   <si>
     <t>GB. 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Harold Callahan kicks 73 yards from GB. 35 to BAL -8. Touchback.</t>
   </si>
   <si>
     <t>#34 Ray Dupre - CB</t>
   </si>
   <si>
     <t>#54 James Maynard - C</t>
   </si>
   <si>
     <t>#53 Bryan Gunnell - SLB</t>
   </si>
   <si>
     <t>#44 Gary Berryman - RB</t>
   </si>
   <si>
-    <t>#78 Michael Campbell - LG</t>
+    <t>#78 Michael Campbell - RG</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
     <t>#69 Richard Howard - RG</t>
   </si>
   <si>
-    <t>#85 John Reilly - TE</t>
+    <t>#81 John Reilly - TE</t>
   </si>
   <si>
     <t>#45 Joel Martin - RB</t>
   </si>
   <si>
     <t>#68 Rex Lester - C</t>
   </si>
   <si>
     <t>#20 Joe Hill - FS</t>
   </si>
   <si>
     <t>#10 Harold Callahan - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
@@ -446,51 +446,51 @@
   <si>
     <t>#26 Christopher McKay - SS</t>
   </si>
   <si>
     <t>#30 Ruben Jackson - FS</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-BAL 29 (13:45) 14-Ronald Miller punts 48 yards to GB. 23. Fair Catch by 82-Everett Bynum.</t>
   </si>
   <si>
     <t>#14 Ronald Miller - P</t>
   </si>
   <si>
     <t>#58 Thomas Nunes - RG</t>
   </si>
   <si>
-    <t>#82 Everett Bynum - WR</t>
+    <t>#82 Everett Bynum - TE</t>
   </si>
   <si>
     <t>#2 Christopher Goodwin - WLB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>GB. 23</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-GB. 23 (13:38) 8-Phillip Hunt pass complete to 1-Juan Grant to GB. 25 for 2 yards. Tackle by 25-William Parker. 1-Juan Grant breaks down the CB.</t>
   </si>
   <si>
     <t>#8 Phillip Hunt - QB</t>
   </si>
   <si>
     <t>#11 Walter Howard - RB</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>GB. 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-8-GB. 25 (12:59) 11-Walter Howard ran to GB. 25 for a short gain. Tackle by 67-John Ray.</t>
   </si>
   <si>
     <t>#80 Darnell Nowak - RB</t>
   </si>
   <si>
     <t>#87 Jeremy Brent - TE</t>
   </si>
   <si>
     <t>#84 Emmett James - TE</t>
   </si>
   <si>
-    <t>#97 Robert Downey - RDE</t>
+    <t>#97 Robert Downey - DT</t>
   </si>
   <si>
     <t>#92 Gregg Frazier - DT</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>3-8-GB. 25 (12:19) 11-Walter Howard ran to GB. 29 for 4 yards. Tackle by 27-Gary Shaver. GB. 51-Kenneth Rollo was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>GB. 29</t>
   </si>
   <si>
     <t>4-4-GB. 29 (11:41) 4-Houston Harris punts 42 yards to BAL 29. Fair Catch by 34-Ray Dupre.</t>
   </si>
   <si>
     <t>#4 Houston Harris - P</t>
   </si>
@@ -623,51 +623,51 @@
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-BAL 29 (11:34) 2-Ramon Miller pass complete to 81-Paul Rodriguez to BAL 36 for 7 yards. Tackle by 2-Christopher Goodwin. 81-Paul Rodriguez made a great move on the CB. 2-Christopher Goodwin got away with a hold on that play.</t>
   </si>
   <si>
     <t>#42 John Crozier - FB</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>BAL 36</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-3-BAL 36 (10:59) 2-Ramon Miller pass complete to 17-Wayne Cooper for 64 yards. TOUCHDOWN! BAL 6 GB. 0</t>
   </si>
   <si>
-    <t>#86 Dan Ott - TE</t>
+    <t>#9 Dan Ott - TE</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>GB. 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:49) Extra point by 3-Robert Still is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#6 Stanley Frost - QB</t>
   </si>
   <si>
     <t>#3 Robert Still - K</t>
   </si>
   <si>
     <t>#73 Larry McMurray - DT</t>
   </si>