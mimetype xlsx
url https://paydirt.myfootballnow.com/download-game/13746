--- v1 (2025-11-27)
+++ v2 (2026-01-09)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 10-Harold Callahan kicks 73 yards from GB. 35 to BAL -8. Touchback.</t>
   </si>
   <si>
     <t>#34 Ray Dupre - CB</t>
   </si>
   <si>
     <t>#54 James Maynard - C</t>
   </si>
   <si>
     <t>#53 Bryan Gunnell - SLB</t>
   </si>
   <si>
     <t>#44 Gary Berryman - RB</t>
   </si>
   <si>
     <t>#78 Michael Campbell - RG</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
     <t>#69 Richard Howard - RG</t>
   </si>
   <si>
-    <t>#81 John Reilly - TE</t>
+    <t>#82 John Reilly - TE</t>
   </si>
   <si>
     <t>#45 Joel Martin - RB</t>
   </si>
   <si>
     <t>#68 Rex Lester - C</t>
   </si>
   <si>
     <t>#20 Joe Hill - FS</t>
   </si>
   <si>
     <t>#10 Harold Callahan - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
@@ -524,51 +524,51 @@
   <si>
     <t>#79 Kenneth Sewell - DT</t>
   </si>
   <si>
     <t>#67 John Ray - RDE</t>
   </si>
   <si>
     <t>#59 David Chaudhry - MLB</t>
   </si>
   <si>
     <t>#93 Richard Vacca - MLB</t>
   </si>
   <si>
     <t>#62 Ronnie Ferrante - MLB</t>
   </si>
   <si>
     <t>#98 Roy Santiago - WLB</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
     <t>#27 Gary Shaver - CB</t>
   </si>
   <si>
-    <t>#33 William Preston - SS</t>
+    <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>#25 William Parker - SS</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>GB. 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-8-GB. 25 (12:59) 11-Walter Howard ran to GB. 25 for a short gain. Tackle by 67-John Ray.</t>
   </si>
   <si>
     <t>#80 Darnell Nowak - RB</t>
   </si>
   <si>
     <t>#87 Jeremy Brent - TE</t>
   </si>