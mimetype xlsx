--- v2 (2026-01-09)
+++ v3 (2026-02-05)
@@ -293,51 +293,51 @@
   <si>
     <t>GB. 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Harold Callahan kicks 73 yards from GB. 35 to BAL -8. Touchback.</t>
   </si>
   <si>
     <t>#34 Ray Dupre - CB</t>
   </si>
   <si>
     <t>#54 James Maynard - C</t>
   </si>
   <si>
     <t>#53 Bryan Gunnell - SLB</t>
   </si>
   <si>
     <t>#44 Gary Berryman - RB</t>
   </si>
   <si>
-    <t>#78 Michael Campbell - RG</t>
+    <t>#78 Michael Campbell - RT</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
     <t>#69 Richard Howard - RG</t>
   </si>
   <si>
     <t>#82 John Reilly - TE</t>
   </si>
   <si>
     <t>#45 Joel Martin - RB</t>
   </si>
   <si>
     <t>#68 Rex Lester - C</t>
   </si>
   <si>
     <t>#20 Joe Hill - FS</t>
   </si>
   <si>
     <t>#10 Harold Callahan - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
@@ -371,51 +371,51 @@
   <si>
     <t>#66 Mark Cook - RG</t>
   </si>
   <si>
     <t>#54 Albert Stegner - LDE</t>
   </si>
   <si>
     <t>#70 Greg Griffin - DT</t>
   </si>
   <si>
     <t>#65 William Sanders - DT</t>
   </si>
   <si>
     <t>#76 Mathew Mullings - RDE</t>
   </si>
   <si>
     <t>#50 James Rogers - SLB</t>
   </si>
   <si>
     <t>#57 Robert Mead - MLB</t>
   </si>
   <si>
     <t>#96 Anthony Ziolkowski - WLB</t>
   </si>
   <si>
-    <t>#34 Judson Pringle - CB</t>
+    <t>#34 Judson Pringle - FS</t>
   </si>
   <si>
     <t>#35 Shane Johnson - CB</t>
   </si>
   <si>
     <t>#42 Erik Leaf - SS</t>
   </si>
   <si>
     <t>#25 Henry Graves - FS</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>BAL 28</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-7-BAL 28 (14:28) 2-Ramon Miller pass complete to 45-Joel Martin to BAL 29 for 1 yards. Tackle by 57-Robert Mead.</t>
   </si>
@@ -485,81 +485,81 @@
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-GB. 23 (13:38) 8-Phillip Hunt pass complete to 1-Juan Grant to GB. 25 for 2 yards. Tackle by 25-William Parker. 1-Juan Grant breaks down the CB.</t>
   </si>
   <si>
     <t>#8 Phillip Hunt - QB</t>
   </si>
   <si>
     <t>#11 Walter Howard - RB</t>
   </si>
   <si>
     <t>#82 Ivan Royall - TE</t>
   </si>
   <si>
     <t>#81 Michael Miller - WR</t>
   </si>
   <si>
     <t>#1 Juan Grant - WR</t>
   </si>
   <si>
     <t>#59 Andrew Thomas - LT</t>
   </si>
   <si>
-    <t>#56 Juan Bogdan - LG</t>
+    <t>#56 Juan Bogdan - RG</t>
   </si>
   <si>
     <t>#51 Kenneth Rollo - C</t>
   </si>
   <si>
     <t>#60 Troy Beil - RG</t>
   </si>
   <si>
     <t>#69 Jose Connelly - RT</t>
   </si>
   <si>
     <t>#99 Alex Gaudet - RDE</t>
   </si>
   <si>
     <t>#79 Kenneth Sewell - DT</t>
   </si>
   <si>
     <t>#67 John Ray - RDE</t>
   </si>
   <si>
     <t>#59 David Chaudhry - MLB</t>
   </si>
   <si>
     <t>#93 Richard Vacca - MLB</t>
   </si>
   <si>
     <t>#62 Ronnie Ferrante - MLB</t>
   </si>
   <si>
-    <t>#98 Roy Santiago - WLB</t>
+    <t>#58 Roy Santiago - MLB</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
     <t>#27 Gary Shaver - CB</t>
   </si>
   <si>
     <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>#25 William Parker - SS</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>GB. 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
@@ -584,57 +584,57 @@
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>3-8-GB. 25 (12:19) 11-Walter Howard ran to GB. 29 for 4 yards. Tackle by 27-Gary Shaver. GB. 51-Kenneth Rollo was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>GB. 29</t>
   </si>
   <si>
     <t>4-4-GB. 29 (11:41) 4-Houston Harris punts 42 yards to BAL 29. Fair Catch by 34-Ray Dupre.</t>
   </si>
   <si>
     <t>#4 Houston Harris - P</t>
   </si>
   <si>
     <t>#11 Wayne Taylor - WLB</t>
   </si>
   <si>
-    <t>#75 Kenneth Moore - LT</t>
+    <t>#72 Kenneth Moore - LT</t>
   </si>
   <si>
     <t>#77 Dustin Ikard - LT</t>
   </si>
   <si>
-    <t>#68 Larry Beck - C</t>
+    <t>#70 Larry Beck - C</t>
   </si>
   <si>
     <t>#53 Marvin Johnson - LG</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-BAL 29 (11:34) 2-Ramon Miller pass complete to 81-Paul Rodriguez to BAL 36 for 7 yards. Tackle by 2-Christopher Goodwin. 81-Paul Rodriguez made a great move on the CB. 2-Christopher Goodwin got away with a hold on that play.</t>
   </si>
   <si>
     <t>#42 John Crozier - FB</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>BAL 36</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>