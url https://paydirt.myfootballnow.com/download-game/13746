--- v3 (2026-02-05)
+++ v4 (2026-02-26)
@@ -287,51 +287,51 @@
   <si>
     <t>GB. has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>GB.</t>
   </si>
   <si>
     <t>GB. 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Harold Callahan kicks 73 yards from GB. 35 to BAL -8. Touchback.</t>
   </si>
   <si>
     <t>#34 Ray Dupre - CB</t>
   </si>
   <si>
     <t>#54 James Maynard - C</t>
   </si>
   <si>
-    <t>#53 Bryan Gunnell - SLB</t>
+    <t>#53 Bryan Gunnell - MLB</t>
   </si>
   <si>
     <t>#44 Gary Berryman - RB</t>
   </si>
   <si>
     <t>#78 Michael Campbell - RT</t>
   </si>
   <si>
     <t>#81 Paul Rodriguez - TE</t>
   </si>
   <si>
     <t>#69 Richard Howard - RG</t>
   </si>
   <si>
     <t>#82 John Reilly - TE</t>
   </si>
   <si>
     <t>#45 Joel Martin - RB</t>
   </si>
   <si>
     <t>#68 Rex Lester - C</t>
   </si>
   <si>
     <t>#20 Joe Hill - FS</t>
   </si>
@@ -512,54 +512,54 @@
   <si>
     <t>#51 Kenneth Rollo - C</t>
   </si>
   <si>
     <t>#60 Troy Beil - RG</t>
   </si>
   <si>
     <t>#69 Jose Connelly - RT</t>
   </si>
   <si>
     <t>#99 Alex Gaudet - RDE</t>
   </si>
   <si>
     <t>#79 Kenneth Sewell - DT</t>
   </si>
   <si>
     <t>#67 John Ray - RDE</t>
   </si>
   <si>
     <t>#59 David Chaudhry - MLB</t>
   </si>
   <si>
     <t>#93 Richard Vacca - MLB</t>
   </si>
   <si>
-    <t>#62 Ronnie Ferrante - MLB</t>
-[...2 lines deleted...]
-    <t>#58 Roy Santiago - MLB</t>
+    <t>#62 Ronnie Ferrante - SLB</t>
+  </si>
+  <si>
+    <t>#94 Roy Santiago - MLB</t>
   </si>
   <si>
     <t>#41 Elmer Mathews - CB</t>
   </si>
   <si>
     <t>#27 Gary Shaver - CB</t>
   </si>
   <si>
     <t>#30 William Preston - SS</t>
   </si>
   <si>
     <t>#25 William Parker - SS</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>GB. 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>