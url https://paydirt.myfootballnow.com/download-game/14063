--- v0 (2026-01-16)
+++ v1 (2026-02-26)
@@ -1811,51 +1811,51 @@
   <si>
     <t>ARZ 6</t>
   </si>
   <si>
     <t>1-10-ARZ 6 (1:41) 8-Frank Atkins pass complete to 16-Charles Butts to ARZ 8 for 2 yards. Tackle by 33-Scott Paige. PIT 56-Billy Miles was injured on the play.</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>2-8-ARZ 8 (1:16) 8-Frank Atkins pass incomplete, dropped by 35-Sylvester Fisher.</t>
   </si>
   <si>
     <t>1:12</t>
   </si>
   <si>
     <t>3-8-ARZ 8 (1:13) 8-Frank Atkins pass incomplete, intended for 18-Ronald Cory. PIT 92-Scott Sims was injured on the play.</t>
   </si>
   <si>
     <t>4-8-ARZ 8 (1:10) 12-David Phillips punts 45 yards to PIT 48. Fair Catch by 41-Phillip Lambert.</t>
   </si>
   <si>
-    <t>#50 Kyle Jowett - WLB</t>
+    <t>#96 Kyle Jowett - WLB</t>
   </si>
   <si>
     <t>1:03</t>
   </si>
   <si>
     <t>Victory</t>
   </si>
   <si>
     <t>1-10-PIT 48 (1:04) 8-Brett Johnston kneeled down to PIT 48 for 0 yards.</t>
   </si>
   <si>
     <t>0:31</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-10-PIT 48 (0:30) 8-Brett Johnston kneeled down to PIT 48 for 0 yards.</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 