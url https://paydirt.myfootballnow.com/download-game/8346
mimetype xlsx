--- v0 (2025-10-16)
+++ v1 (2026-02-02)
@@ -266,54 +266,54 @@
   <si>
     <t>ST Rusher10</t>
   </si>
   <si>
     <t>ST Rusher9</t>
   </si>
   <si>
     <t>ST Rusher6</t>
   </si>
   <si>
     <t>ST Rusher5</t>
   </si>
   <si>
     <t>ST Rusher7</t>
   </si>
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NE. has won the toss and elected to defer.</t>
   </si>
   <si>
-    <t>NEW</t>
-[...2 lines deleted...]
-    <t>NEW 35</t>
+    <t>Bos</t>
+  </si>
+  <si>
+    <t>Bos 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Julio Sitz kicks 74 yards from NE. 35 to GB. -9. Touchback.</t>
   </si>
   <si>
     <t>#30 Patrick Parker - RB</t>
   </si>
   <si>
     <t>#11 Michael Harker - WR</t>
   </si>
   <si>
     <t>#40 Winston Myers - FS</t>
   </si>
   <si>
     <t>#51 Timothy Brown - WLB</t>
   </si>
   <si>
     <t>#90 Harold Burris - SLB</t>
   </si>
@@ -419,168 +419,168 @@
   <si>
     <t>GB. 33</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man OLB Flat Zone</t>
   </si>
   <si>
     <t>2-2-GB. 33 (14:24) 3-Michael Omalley pass complete to 14-Christopher Lablanc to NE. 27 for 40 yards. Tackle by 32-Dennis Davis. 14-Christopher Lablanc breaks down the CB.</t>
   </si>
   <si>
     <t>#33 Maurice Webb - FB</t>
   </si>
   <si>
     <t>#12 Edward Hart - WR</t>
   </si>
   <si>
     <t>#50 Turd Ferguson - SLB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
-    <t>NEW 27</t>
+    <t>Bos 27</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NE. 27 (13:36) 21-Steve Munoz ran to NE. 25 for 2 yards. Tackle by 54-William Paul. NE. 40-Paul Hunt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#4 Steve Munoz - RB</t>
   </si>
   <si>
     <t>#10 Leonard Rains - WR</t>
   </si>
   <si>
     <t>#71 Victor Smith - LT</t>
   </si>
   <si>
     <t>#66 Paul Miles - C</t>
   </si>
   <si>
     <t>#38 Loren James - WLB</t>
   </si>
   <si>
     <t>#59 William Paul - MLB</t>
   </si>
   <si>
     <t>#22 Leo Marble - FS</t>
   </si>
   <si>
     <t>#37 Barry Malley - CB</t>
   </si>
   <si>
     <t>#41 Paul Hunt - CB</t>
   </si>
   <si>
     <t>#37 Harley Hendricks - FS</t>
   </si>
   <si>
     <t>#31 Ralph Sanders - CB</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
-    <t>NEW 25</t>
+    <t>Bos 25</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>2-8-NE. 25 (12:57) 3-Michael Omalley pass complete to 10-Leonard Rains to NE. 27 for -1 yards. Tackle by 59-George Epps. GB. 33-Maurice Webb was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-10-NE. 27 (12:10) 3-Michael Omalley pass complete to 11-Michael Harker to NE. 26 for 1 yards. Tackle by 70-Angelo Payton. Great move by 11-Michael Harker to get free of his coverage.</t>
   </si>
   <si>
     <t>#20 Brian Bearden - RB</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
-    <t>NEW 26</t>
+    <t>Bos 26</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-NE. 26 (11:32) 1-Brad Gilbert 44 yard field goal is GOOD. GB. 3 NE. 0</t>
   </si>
   <si>
     <t>#1 Denis Mathis - P</t>
   </si>
   <si>
     <t>#1 Brad Gilbert - K</t>
   </si>
   <si>
     <t>#88 George Norris - TE</t>
   </si>
   <si>
     <t>#62 Roberto Garcia - LG</t>
   </si>
   <si>
     <t>#91 Thomas Diggs - SLB</t>
   </si>
   <si>
     <t>#62 Charles Jones - RDE</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>GB. 35</t>
   </si>
   <si>
     <t>(11:29) 1-Brad Gilbert kicks 73 yards from GB. 35 to NE. -8. 16-Rick Burch to NE. 21 for 30 yards. Tackle by 99-James Stelzer.</t>
   </si>
   <si>
     <t>#16 Rick Burch - WR</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
-    <t>NEW 21</t>
+    <t>Bos 21</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>1-10-NE. 21 (11:24) 1-Wendell Smith pass complete to 89-Jimmy Espinoza to GB. 43 for 36 yards. Tackle by 35-Robert Lorenz.</t>
   </si>
   <si>
     <t>#4 Wendell Smith - QB</t>
   </si>
   <si>
     <t>#10 Oliver Modzelewski - RB</t>
   </si>
   <si>
     <t>#36 Randy Smith - RB</t>
   </si>
   <si>
     <t>#81 David Reynolds - RB</t>
   </si>
   <si>
     <t>#3 Jimmy Espinoza - WR</t>
   </si>
@@ -791,93 +791,93 @@
   <si>
     <t>Singleback Empty 4 WR Post Corner</t>
   </si>
   <si>
     <t>Dime Normal 4 Deep Zone under</t>
   </si>
   <si>
     <t>3-15-GB. 28 (5:18) 3-Michael Omalley pass complete to 14-Christopher Lablanc to GB. 30 for 3 yards. Tackle by 30-Thomas McLendon.</t>
   </si>
   <si>
     <t>4:41</t>
   </si>
   <si>
     <t>GB. 30</t>
   </si>
   <si>
     <t>4-12-GB. 30 (4:40) 9-Denis Mathis punts 50 yards to NE. 20. 35-Charles Stephenson to NE. 32 for 13 yards. Tackle by 32-Timothy Benjamin.</t>
   </si>
   <si>
     <t>#35 Charles Stephenson - RB</t>
   </si>
   <si>
     <t>4:29</t>
   </si>
   <si>
-    <t>NEW 32</t>
+    <t>Bos 32</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-NE. 32 (4:30) PENALTY - False Start (NE. 89-Jimmy Espinoza)</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>1-15-NE. 27 (4:30) 10-Oliver Modzelewski ran to NE. 29 for 1 yards. Tackle by 54-Anthony Leonard.</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
-    <t>NEW 29</t>
+    <t>Bos 29</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>2-14-NE. 29 (3:50) 1-Wendell Smith sacked at NE. 25 for -4 yards (98-Stephen Ellis). Sack allowed by 72-John Watkins.</t>
   </si>
   <si>
     <t>3:11</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-17-NE. 25 (3:10) 10-Oliver Modzelewski ran to NE. 33 for 8 yards. Tackle by 32-Timothy Benjamin.</t>
   </si>
   <si>
     <t>2:28</t>
   </si>
   <si>
-    <t>NEW 33</t>
+    <t>Bos 33</t>
   </si>
   <si>
     <t>4-9-NE. 33 (2:27) 5-Teddy Mazza punts 44 yards to GB. 22. 19-Patrick Parker to GB. 27 for 4 yards. Tackle by 54-William Paul.</t>
   </si>
   <si>
     <t>2:18</t>
   </si>
   <si>
     <t>1-10-GB. 27 (2:19) 21-Steve Munoz ran to GB. 31 for 4 yards. Tackle by 31-Ralph Sanders. 12-Edward Hart completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>1:44</t>
   </si>
   <si>
     <t>GB. 31</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>2-6-GB. 31 (1:43) 3-Michael Omalley pass incomplete, intended for 12-Edward Hart. Pressure by 98-Richard Ortiz.</t>
   </si>
   <si>
     <t>1:39</t>
   </si>
@@ -911,63 +911,63 @@
   <si>
     <t>0:16</t>
   </si>
   <si>
     <t>GB. 47</t>
   </si>
   <si>
     <t>Singleback Slot Strong TE Slot Curls</t>
   </si>
   <si>
     <t>3-4-GB. 47 (0:15) 3-Michael Omalley pass Pass knocked down by 28-Michael Pace. incomplete, intended for 14-Christopher Lablanc. 28-Michael Pace got away with a hold on that play.</t>
   </si>
   <si>
     <t>0:11</t>
   </si>
   <si>
     <t>4-4-GB. 47 (0:12) 9-Denis Mathis punts 49 yards to NE. 4. 35-Charles Stephenson to NE. 18 for 14 yards. Tackle by 72-Anthony Odell. 50-Turd Ferguson was completely beat on that play. NE. 95-Christopher Aikens was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
-    <t>NEW 18</t>
+    <t>Bos 18</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>1-10-NE. 18 (15:00) 10-Oliver Modzelewski ran to NE. 17 for -1 yards. Tackle by 98-Stephen Ellis.</t>
   </si>
   <si>
     <t>14:29</t>
   </si>
   <si>
-    <t>NEW 17</t>
+    <t>Bos 17</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>2-11-NE. 17 (14:28) 1-Wendell Smith pass complete to 10-Oliver Modzelewski to NE. 21 for 4 yards. Tackle by 36-Casey Jaeger.</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>3-7-NE. 21 (13:42) 1-Wendell Smith pass Pass knocked down by 36-Casey Jaeger. incomplete, intended for 89-Jimmy Espinoza.</t>
   </si>
   <si>
     <t>#29 Normand Warren - RB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>4-7-NE. 21 (13:39) 5-Teddy Mazza punts 49 yards to GB. 30. Fair Catch by 19-Patrick Parker.</t>
   </si>
@@ -1022,141 +1022,141 @@
   <si>
     <t>1-15-GB. 36 (11:33) 24-Anthony Demps ran to GB. 41 for 5 yards. Tackle by 33-Richard Burnes.</t>
   </si>
   <si>
     <t>10:57</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>2-10-GB. 41 (10:56) 21-Steve Munoz ran to GB. 41 for 1 yards. Tackle by 59-George Epps.</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>3-10-GB. 41 (10:12) 24-Anthony Demps ran to GB. 43 for 2 yards. Tackle by 30-Thomas McLendon.</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>4-8-GB. 43 (9:30) 9-Denis Mathis punts 52 yards to NE. 5.</t>
   </si>
   <si>
-    <t>NEW 5</t>
+    <t>Bos 5</t>
   </si>
   <si>
     <t>Nickel Strong FS CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-NE. 5 (9:22) 10-Oliver Modzelewski ran to NE. 4 for -1 yards. Tackle by 40-Winston Myers.</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
-    <t>NEW 4</t>
+    <t>Bos 4</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>2-11-NE. 4 (8:44) 10-Oliver Modzelewski ran to NE. 10 for 6 yards. Tackle by 54-Anthony Leonard.</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
-    <t>NEW 10</t>
+    <t>Bos 10</t>
   </si>
   <si>
     <t>Goal Line Normal FB Dive</t>
   </si>
   <si>
     <t>3-5-NE. 10 (8:10) 36-Randy Smith ran to NE. 14 for 4 yards. Tackle by 41-Todd Willis.</t>
   </si>
   <si>
     <t>7:30</t>
   </si>
   <si>
-    <t>NEW 14</t>
+    <t>Bos 14</t>
   </si>
   <si>
     <t>4-1-NE. 14 (7:29) 5-Teddy Mazza punts 47 yards to GB. 38. 19-Patrick Parker to GB. 44 for 6 yards. Tackle by 39-Jonathan Coulter.</t>
   </si>
   <si>
     <t>GB. 44</t>
   </si>
   <si>
     <t>Dime Normal 4 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-GB. 44 (7:21) 3-Michael Omalley pass complete to 14-Christopher Lablanc to GB. 47 for 2 yards. Tackle by 37-Barry Malley. Pressure by 64-Santiago Garcia.</t>
   </si>
   <si>
     <t>6:40</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>2-8-GB. 47 (6:39) 3-Michael Omalley pass complete to 24-Anthony Demps to GB. 46 for a short loss. Tackle by 32-Dennis Davis.</t>
   </si>
   <si>
     <t>5:55</t>
   </si>
   <si>
     <t>GB. 46</t>
   </si>
   <si>
     <t>3-8-GB. 46 (5:54) 3-Michael Omalley pass incomplete, intended for 19-Patrick Parker.</t>
   </si>
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>4-8-GB. 46 (5:52) 9-Denis Mathis punts 60 yards to NE. -6.4-8-GB. 46 (5:52) 9-Denis Mathis punts 60 yards to NE. -6. Touchback.</t>
   </si>
   <si>
     <t>5:43</t>
   </si>
   <si>
-    <t>NEW 20</t>
+    <t>Bos 20</t>
   </si>
   <si>
     <t>1-10-NE. 20 (5:44) 10-Oliver Modzelewski ran to NE. 24 for 4 yards. Tackle by 90-Harold Burris.</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
-    <t>NEW 24</t>
+    <t>Bos 24</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-6-NE. 24 (5:08) 10-Oliver Modzelewski ran to NE. 27 for 3 yards. Tackle by 55-David Ward.</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>3-3-NE. 27 (4:34) 1-Wendell Smith pass Pass knocked down by 55-David Ward. incomplete, intended for 89-Jimmy Espinoza.</t>
   </si>
   <si>
     <t>4:30</t>
   </si>
   <si>
     <t>4-3-NE. 27 (4:31) 5-Teddy Mazza punts 50 yards to GB. 23. Fair Catch by 19-Patrick Parker.</t>
   </si>
   <si>
     <t>4:24</t>
   </si>
   <si>
     <t>GB. 23</t>
   </si>
@@ -1181,90 +1181,90 @@
   <si>
     <t>3:44</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>2-8-GB. 25 (3:43) 33-Maurice Webb ran to GB. 23 for -2 yards. Tackle by 92-Gary Hall. 56-Harvey Coleman totally missed that block.</t>
   </si>
   <si>
     <t>3:07</t>
   </si>
   <si>
     <t>3-10-GB. 23 (3:06) 3-Michael Omalley pass Pass knocked down by 95-Christopher Aikens. incomplete, intended for 88-Thomas Bowman.</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>4-10-GB. 23 (3:03) 9-Denis Mathis punts 49 yards to NE. 28. Fair Catch by 35-Charles Stephenson.</t>
   </si>
   <si>
     <t>2:55</t>
   </si>
   <si>
-    <t>NEW 28</t>
+    <t>Bos 28</t>
   </si>
   <si>
     <t>1-10-NE. 28 (2:56) 10-Oliver Modzelewski ran to NE. 25 for -3 yards. Tackle by 92-Manuel Chan.</t>
   </si>
   <si>
     <t>2:13</t>
   </si>
   <si>
     <t>2-13-NE. 25 (2:12) 10-Oliver Modzelewski ran to NE. 38 for 13 yards. Tackle by 40-Winston Myers.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
-    <t>NEW 38</t>
+    <t>Bos 38</t>
   </si>
   <si>
     <t>1-10-NE. 38 (2:00) 1-Wendell Smith pass Pass knocked down by 32-Timothy Benjamin. incomplete, intended for 89-Jimmy Espinoza. 32-Timothy Benjamin got away with a hold on that play.</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>46 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>2-10-NE. 38 (1:57) 1-Wendell Smith pass complete to 88-David Reynolds to NE. 49 for 10 yards. Tackle by 41-Todd Willis.</t>
   </si>
   <si>
     <t>1:54</t>
   </si>
   <si>
     <t>1:51</t>
   </si>
   <si>
-    <t>NEW 49</t>
+    <t>Bos 49</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NE. 49 (1:52) 1-Wendell Smith pass complete to 36-Randy Smith to GB. 37 for 14 yards. Tackle by 30-Levi Turner.</t>
   </si>
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>GB. 37</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>1-10-GB. 37 (1:28) 1-Wendell Smith pass complete to 88-David Reynolds to GB. 13 for 24 yards. Tackle by 41-Todd Willis.</t>
   </si>
   <si>
     <t>1:04</t>
   </si>
@@ -1313,51 +1313,51 @@
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 81-Kevin White kicks 60 yards from GB. 35 to NE. 5. 16-Rick Burch to NE. 35 for 30 yards. Tackle by 81-Kevin White.</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>1-10-NE. 35 (14:55) 19-Normand Warren ran to NE. 48 for 13 yards. Tackle by 30-Levi Turner.</t>
   </si>
   <si>
     <t>#2 Richard Force - QB</t>
   </si>
   <si>
     <t>#75 Truman Johnson - LG</t>
   </si>
   <si>
     <t>#62 Tony Ore - C</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
-    <t>NEW 48</t>
+    <t>Bos 48</t>
   </si>
   <si>
     <t>1-10-NE. 48 (14:11) 87-Steven Rickey ran to GB. 47 for 5 yards. Tackle by 51-Timothy Brown.</t>
   </si>
   <si>
     <t>#11 Perry Campbell - WR</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>2-5-GB. 47 (13:35) 19-Normand Warren ran to GB. 39 for 8 yards. Tackle by 92-Manuel Chan.</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>1-10-GB. 39 (12:55) 2-Richard Force pass incomplete, dropped by 87-Steven Rickey.</t>
   </si>
@@ -1439,102 +1439,102 @@
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>2-3-GB. 37 (10:07) 20-Brian Bearden ran to GB. 38 for 1 yards. Tackle by 91-Thomas Diggs.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>3-2-GB. 38 (9:27) 2-Thomas Williams pass incomplete, dropped by 14-Christopher Lablanc. That was a dangerous pass.</t>
   </si>
   <si>
     <t>#44 Alvaro Little - FB</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>4-2-GB. 38 (9:24) 9-Denis Mathis punts 47 yards to NE. 14. 35-Charles Stephenson to NE. 22 for 8 yards. Tackle by 10-Leonard Rains.</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
-    <t>NEW 22</t>
+    <t>Bos 22</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-NE. 22 (9:16) 87-Steven Rickey ran to NE. 31 for 10 yards. Tackle by 31-Jay Cline.</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
-    <t>NEW 31</t>
+    <t>Bos 31</t>
   </si>
   <si>
     <t>2-1-NE. 31 (8:43) 19-Normand Warren ran to NE. 35 for 4 yards. Tackle by 52-Marlon Robinson.</t>
   </si>
   <si>
     <t>8:04</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-NE. 35 (8:03) 19-Normand Warren ran to NE. 44 for 8 yards. Tackle by 31-Jay Cline.</t>
   </si>
   <si>
     <t>7:19</t>
   </si>
   <si>
-    <t>NEW 44</t>
+    <t>Bos 44</t>
   </si>
   <si>
     <t>2-2-NE. 44 (7:18) 35-Charles Stephenson ran to NE. 45 for 2 yards. Tackle by 92-Manuel Chan. 67-Thomas Horta missed that block completely.</t>
   </si>
   <si>
     <t>6:35</t>
   </si>
   <si>
-    <t>NEW 45</t>
+    <t>Bos 45</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>1-10-NE. 45 (6:34) 19-Normand Warren ran to NE. 47 for 1 yards. Tackle by 93-Michael Conner.</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
-    <t>NEW 47</t>
+    <t>Bos 47</t>
   </si>
   <si>
     <t>2-9-NE. 47 (5:58) 35-Charles Stephenson ran to GB. 41 for 12 yards. Tackle by 35-Robert Lorenz.</t>
   </si>
   <si>
     <t>5:17</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-GB. 41 (5:16) 19-Normand Warren ran to GB. 42 for -1 yards. Tackle by 96-Eric Bowen.</t>
   </si>
   <si>
     <t>4:37</t>
   </si>
   <si>
     <t>GB. 42</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>2-11-GB. 42 (4:36) 2-Richard Force sacked at GB. 43 for -1 yards (94-Tobias Goodson). Sack allowed by 66-Truman Johnson. 2-Richard Force FUMBLES (94-Tobias Goodson) recovered by NE.-2-Richard Force at GB. 39. 2-Richard Force slides to avoid being hit.</t>
   </si>
@@ -1598,51 +1598,51 @@
   <si>
     <t>0:22</t>
   </si>
   <si>
     <t>1-10-GB. 31 (0:21) 2-Thomas Williams pass complete to 14-Christopher Lablanc to GB. 35 for 4 yards. Tackle by 54-William Paul. GB. 21-Steve Munoz was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>2-6-GB. 35 (15:00) 20-Brian Bearden ran to GB. 34 for -1 yards. Tackle by 62-Charles Jones.</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>3-7-GB. 34 (14:19) 2-Thomas Williams pass complete to 14-Christopher Lablanc to GB. 39 for 5 yards. Tackle by 54-William Paul.</t>
   </si>
   <si>
     <t>4-2-GB. 39 (13:36) 9-Denis Mathis punts 51 yards to NE. 10. 35-Charles Stephenson to NE. 19 for 9 yards. Tackle by 10-Leonard Rains. NE. 50-Turd Ferguson was injured on the play.</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
-    <t>NEW 19</t>
+    <t>Bos 19</t>
   </si>
   <si>
     <t>1-10-NE. 19 (13:27) 2-Richard Force pass complete to 80-Robert Chang to GB. 43 for 38 yards. Tackle by 31-Jay Cline.</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-GB. 43 (12:42) 19-Normand Warren ran to GB. 43 for a short gain. Tackle by 52-Marlon Robinson.</t>
   </si>
   <si>
     <t>2-10-GB. 43 (12:10) 2-Richard Force pass complete to 86-Floyd Woods to GB. 30 for 13 yards. Tackle by 30-Levi Turner. PENALTY - Offsides (GB. 93-Michael Conner) (Declined)</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>1-10-GB. 30 (12:06) 2-Richard Force pass complete to 35-Charles Stephenson to GB. 26 for 4 yards. Tackle by 40-Winston Myers.</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
@@ -1679,51 +1679,51 @@
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>GB. 29</t>
   </si>
   <si>
     <t>2-6-GB. 29 (9:35) 2-Thomas Williams sacked at GB. 18 for -11 yards (62-Charles Jones). Sack allowed by 71-Victor Smith. 71-Victor Smith was completely beat on that play.</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>GB. 18</t>
   </si>
   <si>
     <t>3-17-GB. 18 (8:48) 2-Thomas Williams pass incomplete, dropped by 19-Patrick Parker.</t>
   </si>
   <si>
     <t>4-17-GB. 18 (8:45) 9-Denis Mathis punts 46 yards to NE. 36. Fair Catch by 35-Charles Stephenson.</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
   <si>
-    <t>NEW 36</t>
+    <t>Bos 36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-NE. 36 (8:38) 19-Normand Warren ran to NE. 38 for 2 yards. Tackle by 51-Timothy Brown. PENALTY - Holding (NE. 73-Blake Loughman)</t>
   </si>
   <si>
     <t>1-20-NE. 26 (8:36) 19-Normand Warren ran to NE. 35 for 9 yards. Tackle by 40-Winston Myers.</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>2-11-NE. 35 (7:53) 87-Steven Rickey ran to NE. 45 for 10 yards. Tackle by 31-Jay Cline.</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>3-1-NE. 45 (7:15) 35-Charles Stephenson ran to GB. 45 for 10 yards. Tackle by 40-Winston Myers. You can tell that the offense is starting to figure out how to beat that defensive play.</t>
   </si>
   <si>
     <t>6:41</t>
   </si>
@@ -1823,63 +1823,63 @@
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Drag</t>
   </si>
   <si>
     <t>3-2-GB. 33 (1:57) 2-Thomas Williams pass incomplete, intended for 14-Christopher Lablanc.</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>4-2-GB. 33 (1:54) 9-Denis Mathis punts 40 yards to NE. 27.</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>1-10-NE. 27 (1:46) 19-Normand Warren ran to NE. 39 for 12 yards. Tackle by 31-Jay Cline.</t>
   </si>
   <si>
     <t>1:38</t>
   </si>
   <si>
-    <t>NEW 39</t>
+    <t>Bos 39</t>
   </si>
   <si>
     <t>1-10-NE. 39 (1:39) 35-Charles Stephenson ran to NE. 50 for 11 yards. Tackle by 35-Robert Lorenz. The defense seems to be calling that same play a lot. GB. 93-Michael Conner was injured on the play.</t>
   </si>
   <si>
     <t>1:35</t>
   </si>
   <si>
     <t>1:32</t>
   </si>
   <si>
-    <t>NEW 50</t>
+    <t>Bos 50</t>
   </si>
   <si>
     <t>1-10-NE. 50 (1:33) 19-Normand Warren ran to GB. 35 for 16 yards. Tackle by 12-Edward Hart.</t>
   </si>
   <si>
     <t>1:28</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>Victory</t>
   </si>
   <si>
     <t>Quarter Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-GB. 35 (1:27) 2-Richard Force kneeled down to GB. 35 for 0 yards.</t>
   </si>
   <si>
     <t>2-10-GB. 35 (0:50) 2-Richard Force kneeled down to GB. 35 for 0 yards.</t>
   </si>
   <si>
     <t>0:09</t>
   </si>