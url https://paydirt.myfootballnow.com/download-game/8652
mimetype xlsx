--- v0 (2025-10-18)
+++ v1 (2026-01-29)
@@ -266,54 +266,54 @@
   <si>
     <t>ST Rusher10</t>
   </si>
   <si>
     <t>ST Rusher9</t>
   </si>
   <si>
     <t>ST Rusher6</t>
   </si>
   <si>
     <t>ST Rusher5</t>
   </si>
   <si>
     <t>ST Rusher7</t>
   </si>
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NE. has won the toss and elected to defer.</t>
   </si>
   <si>
-    <t>NEW</t>
-[...2 lines deleted...]
-    <t>NEW 35</t>
+    <t>Bos</t>
+  </si>
+  <si>
+    <t>Bos 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Julio Sitz kicks 75 yards from NE. 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>#11 William Frey - WR</t>
   </si>
   <si>
     <t>#27 Samuel Petro - CB</t>
   </si>
   <si>
     <t>#90 Mark Irvine - WLB</t>
   </si>
   <si>
     <t>#34 Floyd Fannin - SS</t>
   </si>
   <si>
     <t>#52 Dwayne Peckham - WLB</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>#29 Normand Warren - RB</t>
   </si>
   <si>
     <t>#91 Thomas Diggs - SLB</t>
   </si>
   <si>
     <t>#59 William Paul - MLB</t>
   </si>
   <si>
     <t>#50 Turd Ferguson - SLB</t>
   </si>
   <si>
     <t>#37 Harley Hendricks - FS</t>
   </si>
   <si>
     <t>#66 Carl McKinney - LT</t>
   </si>
   <si>
     <t>#62 Charles Jones - RDE</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
-    <t>NEW 21</t>
+    <t>Bos 21</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NE. 21 (14:06) 19-Normand Warren ran to NE. 27 for 6 yards. Tackle by 90-Mark Irvine.</t>
   </si>
   <si>
     <t>#4 Wendell Smith - QB</t>
   </si>
   <si>
     <t>#36 Randy Smith - RB</t>
   </si>
   <si>
     <t>#86 Floyd Woods - TE</t>
   </si>
   <si>
     <t>#3 Jimmy Espinoza - WR</t>
   </si>
   <si>
     <t>#11 Robert Chang - WR</t>
   </si>
@@ -557,87 +557,87 @@
   <si>
     <t>#95 Lawrence Stackpole - DT</t>
   </si>
   <si>
     <t>#56 William Courtney - RDE</t>
   </si>
   <si>
     <t>#97 Garland Hussey - SLB</t>
   </si>
   <si>
     <t>#38 James Coleman - CB</t>
   </si>
   <si>
     <t>#30 Eugene Snow - CB</t>
   </si>
   <si>
     <t>#29 Joseph Hudson - CB</t>
   </si>
   <si>
     <t>#32 Thomas Smith - SS</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
-    <t>NEW 27</t>
+    <t>Bos 27</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Flat</t>
   </si>
   <si>
     <t>2-4-NE. 27 (13:21) 1-Wendell Smith pass Pass knocked down by 54-Garland Hussey. incomplete, intended for 10-Oliver Modzelewski. NE. 69-Richard Snyder was injured on the play. He looks like he should be able to return. PENALTY - Holding (NE. 87-Steven Rickey)</t>
   </si>
   <si>
     <t>#10 Oliver Modzelewski - RB</t>
   </si>
   <si>
     <t>#36 Steven Rickey - RT</t>
   </si>
   <si>
     <t>#11 Perry Campbell - WR</t>
   </si>
   <si>
     <t>#16 Rick Burch - WR</t>
   </si>
   <si>
     <t>13:17</t>
   </si>
   <si>
-    <t>NEW 17</t>
+    <t>Bos 17</t>
   </si>
   <si>
     <t>2-14-NE. 17 (13:18) 1-Wendell Smith pass complete to 86-Floyd Woods to NE. 46 for 29 yards. Tackle by 36-Floyd Fannin.</t>
   </si>
   <si>
     <t>#62 Tony Ore - C</t>
   </si>
   <si>
     <t>12:38</t>
   </si>
   <si>
-    <t>NEW 46</t>
+    <t>Bos 46</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-NE. 46 (12:37) 1-Wendell Smith pass complete to 80-Robert Chang to CLE 39 for 14 yards. Tackle by 32-Thomas Smith.</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>CLE 39</t>
   </si>
   <si>
     <t>Goal Line Normal FB Dive</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-CLE 39 (12:00) 35-Charles Stephenson ran to CLE 38 for 2 yards. Tackle by 53-James Coleman.</t>
   </si>
@@ -707,111 +707,111 @@
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-6-CLE 13 (9:44) 40-Jesse Schwing ran to CLE 17 for 4 yards. Tackle by 70-Angelo Payton.</t>
   </si>
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>CLE 17</t>
   </si>
   <si>
     <t>4-3-CLE 17 (9:07) 16-Spencer Hawkins punts 46 yards to NE. 37. Fair Catch by 19-Normand Warren.</t>
   </si>
   <si>
     <t>9:00</t>
   </si>
   <si>
-    <t>NEW 37</t>
+    <t>Bos 37</t>
   </si>
   <si>
     <t>1-10-NE. 37 (9:01) 10-Oliver Modzelewski ran to NE. 35 for -2 yards. Tackle by 53-James Coleman.</t>
   </si>
   <si>
     <t>8:26</t>
   </si>
   <si>
     <t>2-12-NE. 35 (8:25) 19-Normand Warren ran to NE. 40 for 5 yards. Tackle by 32-Thomas Smith.</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
-    <t>NEW 40</t>
+    <t>Bos 40</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-7-NE. 40 (7:52) 1-Wendell Smith pass complete to 80-Robert Chang to NE. 48 for 8 yards. Tackle by 90-Mark Irvine.</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
-    <t>NEW 48</t>
+    <t>Bos 48</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-NE. 48 (7:14) PENALTY - False Start (NE. 80-Robert Chang)</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
-    <t>NEW 43</t>
+    <t>Bos 43</t>
   </si>
   <si>
     <t>1-15-NE. 43 (7:14) 1-Wendell Smith pass Pass knocked down by 32-Thomas Smith. incomplete, intended for 86-Floyd Woods.</t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-15-NE. 43 (7:11) 1-Wendell Smith pass complete to 86-Floyd Woods to NE. 45 for 2 yards. Tackle by 22-Joseph Hudson.</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
-    <t>NEW 45</t>
+    <t>Bos 45</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>3-13-NE. 45 (6:29) 10-Oliver Modzelewski ran to NE. 46 for 1 yards. Tackle by 99-Frank Binder.</t>
   </si>
   <si>
     <t>5:58</t>
   </si>
   <si>
     <t>4-12-NE. 46 (5:57) 5-Teddy Mazza punts 47 yards to CLE 6.</t>
   </si>
   <si>
     <t>5:46</t>
   </si>
   <si>
     <t>CLE 6</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-CLE 6 (5:47) 40-Jesse Schwing ran to CLE 15 for 8 yards. Tackle by 41-Richard Burnes.</t>
   </si>
@@ -971,129 +971,129 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-NE. 35 (14:21) 9-Lawrence Jowett 53 yard field goal is GOOD. CLE 3 NE. 0</t>
   </si>
   <si>
     <t>#7 Zachary Washburn - QB</t>
   </si>
   <si>
     <t>#9 Lawrence Jowett - K</t>
   </si>
   <si>
     <t>#71 Casey King - C</t>
   </si>
   <si>
     <t>#31 Ralph Sanders - CB</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>(14:17) 9-Lawrence Jowett kicks 74 yards from CLE 35 to NE. -9. Touchback.</t>
   </si>
   <si>
-    <t>NEW 25</t>
+    <t>Bos 25</t>
   </si>
   <si>
     <t>1-10-NE. 25 (14:17) 1-Wendell Smith pass complete to 19-Normand Warren to NE. 26 for 1 yards. Tackle by 54-Garland Hussey.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
-    <t>NEW 26</t>
+    <t>Bos 26</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>2-9-NE. 26 (13:32) 10-Oliver Modzelewski ran to NE. 30 for 4 yards. 10-Oliver Modzelewski FUMBLES (90-Mark Irvine) recovered by NE.-10-Oliver Modzelewski at NE. 31. Tackle by 90-Mark Irvine. PENALTY - Offsides (CLE 95-Lawrence Stackpole) (Declined) PENALTY - Offsides (CLE 99-Frank Binder)</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
-    <t>NEW 31</t>
+    <t>Bos 31</t>
   </si>
   <si>
     <t>2-4-NE. 31 (13:28) 10-Oliver Modzelewski ran to NE. 29 for -2 yards. Tackle by 53-James Coleman.</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
-    <t>NEW 29</t>
+    <t>Bos 29</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>3-6-NE. 29 (12:55) 36-Randy Smith ran to NE. 33 for 4 yards. Tackle by 90-Mark Irvine.</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
-    <t>NEW 33</t>
+    <t>Bos 33</t>
   </si>
   <si>
     <t>4-2-NE. 33 (12:09) 5-Teddy Mazza punts 50 yards to CLE 17. 15-William Frey to CLE 23 for 6 yards. Tackle by 68-Joseph Moulder. 22-Joseph Hudson was completely beat on that play.</t>
   </si>
   <si>
     <t>12:00</t>
   </si>
   <si>
     <t>CLE 23</t>
   </si>
   <si>
     <t>1-10-CLE 23 (12:01) 40-Jesse Schwing ran to CLE 26 for 4 yards. Tackle by 70-Angelo Payton.</t>
   </si>
   <si>
     <t>CLE 26</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>2-6-CLE 26 (11:18) 40-Jesse Schwing ran to CLE 25 for -1 yards. Tackle by 30-Thomas McLendon. CLE 34-Scott Guenther was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:35</t>
   </si>
   <si>
     <t>3-7-CLE 25 (10:34) 17-Terry Galloway sacked at CLE 17 for -8 yards (65-James Bonilla). Sack allowed by 58-Harold Engle.</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>4-16-CLE 17 (10:00) 16-Spencer Hawkins punts 64 yards to NE. 19.</t>
   </si>
   <si>
-    <t>NEW 19</t>
+    <t>Bos 19</t>
   </si>
   <si>
     <t>1-10-NE. 19 (9:50) 1-Wendell Smith pass complete to 80-Robert Chang for 81 yards. TOUCHDOWN! CLE 3 NE. 6</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>(9:39) Extra point GOOD by 6-Julio Sitz. CLE 3 NE. 7</t>
   </si>
   <si>
     <t>#70 David Griffin - RT</t>
   </si>
   <si>
     <t>#66 Andrew Munson - DT</t>
   </si>
   <si>
     <t>#52 George Atwood - LDE</t>
   </si>
   <si>
     <t>(9:39) 6-Julio Sitz kicks 74 yards from NE. 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-CLE 25 (9:39) 40-Jesse Schwing ran to CLE 36 for 11 yards. Tackle by 34-Christopher Aikens. CLE 58-Harold Engle was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1103,93 +1103,93 @@
   <si>
     <t>CLE 36</t>
   </si>
   <si>
     <t>1-10-CLE 36 (8:56) 17-Terry Galloway pass INTERCEPTED by 34-Christopher Aikens at CLE 40. 34-Christopher Aikens to CLE 40 for 0 yards. Tackle by 86-Thomas Kirk. 70-Angelo Payton completely missed his blocking assignment. 70-Angelo Payton missed that block completely. PENALTY - Pass Interference (NE. 70-Angelo Payton)</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>1-10-CLE 41 (8:54) 40-Jesse Schwing ran to CLE 49 for 8 yards. Tackle by 28-Michael Pace.</t>
   </si>
   <si>
     <t>8:14</t>
   </si>
   <si>
     <t>CLE 49</t>
   </si>
   <si>
     <t>2-2-CLE 49 (8:13) 41-Scott Bias ran to NE. 42 for 8 yards. Tackle by 34-Christopher Aikens.</t>
   </si>
   <si>
     <t>7:33</t>
   </si>
   <si>
-    <t>NEW 42</t>
+    <t>Bos 42</t>
   </si>
   <si>
     <t>1-10-NE. 42 (7:32) 40-Jesse Schwing ran to NE. 41 for 2 yards. Tackle by 41-Richard Burnes.</t>
   </si>
   <si>
     <t>6:58</t>
   </si>
   <si>
-    <t>NEW 41</t>
+    <t>Bos 41</t>
   </si>
   <si>
     <t>2-8-NE. 41 (6:57) 40-Jesse Schwing ran to NE. 8 for 33 yards.</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
-    <t>NEW 8</t>
+    <t>Bos 8</t>
   </si>
   <si>
     <t>1-8-NE. 8 (6:17) 17-Terry Galloway pass complete to 86-Thomas Kirk to NE. 0 for 8 yards. Tackle by 41-Richard Burnes.</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
-    <t>NEW 0</t>
+    <t>Bos 0</t>
   </si>
   <si>
     <t>2-1-NE. 0 (5:35) 17-Terry Galloway pass Pass knocked down by 41-Richard Burnes. incomplete, intended for 89-Carl Rowell.</t>
   </si>
   <si>
     <t>5:31</t>
   </si>
   <si>
     <t>3-1-NE. 0 (5:32) 17-Terry Galloway pass complete to 89-Carl Rowell to NE. 0 for a short gain. TOUCHDOWN! CLE 74-Eric Smith was injured on the play. He looks like he should be able to return. CLE 9 NE. 7</t>
   </si>
   <si>
     <t>5:29</t>
   </si>
   <si>
-    <t>NEW 15</t>
+    <t>Bos 15</t>
   </si>
   <si>
     <t>(5:30) Extra point by 9-Lawrence Jowett is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>(5:30) 9-Lawrence Jowett kicks 68 yards from CLE 35 to NE. -3. Touchback.</t>
   </si>
   <si>
     <t>1-10-NE. 25 (5:30) 1-Wendell Smith pass Pass knocked down by 32-Thomas Smith. incomplete, intended for 86-Floyd Woods.</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-10-NE. 25 (5:27) 1-Wendell Smith sacked at NE. 17 for -8 yards (56-William Courtney). Sack allowed by 36-Randy Smith. 36-Randy Smith totally missed that block.</t>
   </si>
   <si>
     <t>4:50</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
@@ -1211,78 +1211,78 @@
   <si>
     <t>1-10-CLE 18 (3:55) 40-Jesse Schwing ran to CLE 17 for -2 yards. Tackle by 28-Michael Pace.</t>
   </si>
   <si>
     <t>3:14</t>
   </si>
   <si>
     <t>2-12-CLE 17 (3:13) 40-Jesse Schwing ran to CLE 17 for a short gain. Tackle by 41-Richard Burnes. CLE 89-Carl Rowell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3-11-CLE 17 (2:38) 40-Jesse Schwing ran to CLE 26 for 9 yards. Tackle by 28-Michael Pace.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>4-3-CLE 26 (2:00) 16-Spencer Hawkins punts 51 yards to NE. 23.</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
-    <t>NEW 23</t>
+    <t>Bos 23</t>
   </si>
   <si>
     <t>1-10-NE. 23 (1:51) 1-Wendell Smith pass complete to 89-Jimmy Espinoza to NE. 24 for 1 yards. Tackle by 53-James Coleman.</t>
   </si>
   <si>
     <t>1:11</t>
   </si>
   <si>
-    <t>NEW 24</t>
+    <t>Bos 24</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>2-9-NE. 24 (1:10) 1-Wendell Smith pass Pass knocked down by 44-Allan Baker. incomplete, intended for 80-Robert Chang.</t>
   </si>
   <si>
     <t>1:07</t>
   </si>
   <si>
     <t>3-9-NE. 24 (1:08) 10-Oliver Modzelewski ran to NE. 28 for 4 yards. Tackle by 44-Allan Baker.</t>
   </si>
   <si>
     <t>0:29</t>
   </si>
   <si>
-    <t>NEW 28</t>
+    <t>Bos 28</t>
   </si>
   <si>
     <t>4-5-NE. 28 (0:28) 5-Teddy Mazza punts 51 yards to CLE 21. 44-Allan Baker to CLE 32 for 11 yards. Tackle by 54-William Paul.</t>
   </si>
   <si>
     <t>0:18</t>
   </si>
   <si>
     <t>1-10-CLE 32 (0:19) 40-Jesse Schwing ran to CLE 36 for 4 yards. Tackle by 70-Angelo Payton.</t>
   </si>
   <si>
     <t>0:16</t>
   </si>
   <si>
     <t>Timeout CLE</t>
   </si>
   <si>
     <t>0:14</t>
   </si>
   <si>
     <t>2-6-CLE 36 (0:15) 17-Terry Galloway pass complete to 41-Scott Bias to CLE 42 for 6 yards. Tackle by 70-Angelo Payton.</t>
   </si>
   <si>
     <t>0:09</t>
   </si>
@@ -1301,60 +1301,60 @@
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>2-6-CLE 46 (0:03) 17-Terry Galloway pass Pass knocked down by 59-George Epps. incomplete, intended for 34-Scott Guenther.</t>
   </si>
   <si>
     <t>0:01</t>
   </si>
   <si>
     <t>3-6-CLE 46 (0:02) 17-Terry Galloway pass complete to 89-Carl Rowell to CLE 48 for 2 yards. Tackle by 41-Richard Burnes.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 9-Lawrence Jowett kicks 75 yards from CLE 35 to NE. -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-NE. 25 (15:00) 1-Wendell Smith pass complete to 89-Jimmy Espinoza to NE. 34 for 9 yards. Tackle by 30-Eugene Snow.</t>
   </si>
   <si>
-    <t>NEW 34</t>
+    <t>Bos 34</t>
   </si>
   <si>
     <t>2-1-NE. 34 (14:19) 35-Charles Stephenson ran to NE. 38 for 4 yards. Tackle by 22-Joseph Hudson. NE. 69-Richard Snyder was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
-    <t>NEW 38</t>
+    <t>Bos 38</t>
   </si>
   <si>
     <t>1-10-NE. 38 (13:43) 10-Oliver Modzelewski ran to NE. 43 for 5 yards. Tackle by 36-Floyd Fannin.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>2-5-NE. 43 (13:02) 1-Wendell Smith pass complete to 11-Perry Campbell to CLE 46 for 11 yards. Tackle by 31-Keith Turner.</t>
   </si>
   <si>
     <t>#11 Paul Evans - WR</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>1-10-CLE 46 (12:17) 19-Normand Warren ran to CLE 43 for 3 yards. Tackle by 54-Garland Hussey.</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>CLE 43</t>
   </si>
@@ -1418,123 +1418,123 @@
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>1-10-CLE 39 (8:27) 17-Terry Galloway pass complete to 15-William Frey to CLE 46 for 7 yards. Tackle by 43-Daniel Body. PENALTY - Holding (CLE 86-Thomas Kirk)</t>
   </si>
   <si>
     <t>8:22</t>
   </si>
   <si>
     <t>1-20-CLE 29 (8:23) 40-Jesse Schwing ran to CLE 37 for 8 yards. Tackle by 28-Michael Pace. CLE 76-Samuel Courville was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:46</t>
   </si>
   <si>
     <t>CLE 37</t>
   </si>
   <si>
     <t>2-12-CLE 37 (7:45) 17-Terry Galloway pass complete to 82-Johnny Smith to NE. 49 for 14 yards. Tackle by 39-Jonathan Coulter.</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
-    <t>NEW 49</t>
+    <t>Bos 49</t>
   </si>
   <si>
     <t>1-10-NE. 49 (7:06) 48-Wayne Kling ran to NE. 42 for 6 yards. Tackle by 41-Richard Burnes.</t>
   </si>
   <si>
     <t>#82 Arthur Parker - WR</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
   <si>
     <t>2-4-NE. 42 (6:24) 17-Terry Galloway pass Pass knocked down by 34-Christopher Aikens. incomplete, intended for 40-Jesse Schwing. Pressure by 98-Richard Ortiz.</t>
   </si>
   <si>
     <t>6:19</t>
   </si>
   <si>
     <t>3-4-NE. 42 (6:20) 41-Scott Bias ran to NE. 38 for 5 yards. Tackle by 34-Christopher Aikens. CLE 15-William Frey was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:38</t>
   </si>
   <si>
     <t>1-10-NE. 38 (5:37) 41-Scott Bias ran to NE. 39 for -1 yards. Tackle by 41-Richard Burnes. CLE 58-Harold Engle was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
-    <t>NEW 39</t>
+    <t>Bos 39</t>
   </si>
   <si>
     <t>2-11-NE. 39 (4:59) 40-Jesse Schwing ran to NE. 40 for -1 yards. 40-Jesse Schwing FUMBLES (98-Richard Ortiz) Tackle by 30-Thomas McLendon.</t>
   </si>
   <si>
     <t>4:23</t>
   </si>
   <si>
-    <t>NEW 30</t>
+    <t>Bos 30</t>
   </si>
   <si>
     <t>3-3-NE. 30 (4:22) 17-Terry Galloway pass complete to 81-Daniel Flynn to NE. 24 for 6 yards. Tackle by 34-Christopher Aikens.</t>
   </si>
   <si>
     <t>3:39</t>
   </si>
   <si>
     <t>1-10-NE. 24 (3:38) 17-Terry Galloway pass Pass knocked down by 41-Richard Burnes. incomplete, intended for 81-Daniel Flynn.</t>
   </si>
   <si>
     <t>3:33</t>
   </si>
   <si>
     <t>2-10-NE. 24 (3:34) 40-Jesse Schwing ran to NE. 19 for 5 yards. Tackle by 70-Angelo Payton.</t>
   </si>
   <si>
     <t>2:50</t>
   </si>
   <si>
     <t>3-5-NE. 19 (2:49) 17-Terry Galloway pass complete to 86-Thomas Kirk to NE. 5 for 14 yards. Tackle by 70-Angelo Payton. PENALTY - Holding (CLE 74-Eric Smith)</t>
   </si>
   <si>
     <t>2:43</t>
   </si>
   <si>
     <t>3-15-NE. 29 (2:44) 40-Jesse Schwing ran to NE. 16 for 13 yards. Tackle by 31-Ralph Sanders. CLE 40-Jesse Schwing was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:09</t>
   </si>
   <si>
-    <t>NEW 16</t>
+    <t>Bos 16</t>
   </si>
   <si>
     <t>4-2-NE. 16 (2:08) 9-Lawrence Jowett 34 yard field goal is GOOD. CLE 12 NE. 7</t>
   </si>
   <si>
     <t>2:05</t>
   </si>
   <si>
     <t>(2:06) 9-Lawrence Jowett kicks 74 yards from CLE 35 to NE. -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-NE. 25 (2:06) 19-Normand Warren ran to NE. 25 for a short gain. Tackle by 53-James Coleman.</t>
   </si>
   <si>
     <t>1:27</t>
   </si>
   <si>
     <t>2-10-NE. 25 (1:26) 1-Wendell Smith pass complete to 86-Floyd Woods to NE. 34 for 8 yards. Tackle by 22-Joseph Hudson. Nice job by 86-Floyd Woods on that route to lose his coverage. CLE 36-Floyd Fannin was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:44</t>
   </si>
   <si>
     <t>3-1-NE. 34 (0:43) 35-Charles Stephenson ran to NE. 37 for 3 yards. Tackle by 95-Lawrence Stackpole.</t>
   </si>
@@ -1565,81 +1565,81 @@
   <si>
     <t>2-4-NE. 33 (13:43) 17-Terry Galloway pass complete to 89-Carl Rowell to NE. 30 for 3 yards. Tackle by 30-Thomas McLendon.</t>
   </si>
   <si>
     <t>3-1-NE. 30 (13:02) 41-Scott Bias ran to NE. 28 for 2 yards. Tackle by 30-Thomas McLendon.</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-NE. 28 (12:20) 40-Jesse Schwing ran to NE. 29 for a short loss. Tackle by 30-Thomas McLendon.</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>2-10-NE. 29 (11:37) 41-Scott Bias ran to NE. 14 for 14 yards. Tackle by 34-Christopher Aikens. CLE 74-Eric Smith was injured on the play.</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
-    <t>NEW 14</t>
+    <t>Bos 14</t>
   </si>
   <si>
     <t>1-10-NE. 14 (10:51) 17-Terry Galloway pass complete to 89-Carl Rowell to NE. 12 for 2 yards. Tackle by 28-Michael Pace.</t>
   </si>
   <si>
     <t>10:17</t>
   </si>
   <si>
-    <t>NEW 12</t>
+    <t>Bos 12</t>
   </si>
   <si>
     <t>2-8-NE. 12 (10:16) 17-Terry Galloway pass Pass knocked down by 43-Daniel Body. incomplete, intended for 15-William Frey.</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>3-8-NE. 12 (10:11) 17-Terry Galloway pass Pass knocked down by 32-Dennis Davis. incomplete, intended for 40-Jesse Schwing. Pressure by 65-James Bonilla.</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>4-8-NE. 12 (10:07) 9-Lawrence Jowett 30 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
-    <t>NEW 20</t>
+    <t>Bos 20</t>
   </si>
   <si>
     <t>1-10-NE. 20 (10:04) 36-Randy Smith ran to NE. 21 for 1 yards. Tackle by 53-James Coleman.</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>2-9-NE. 21 (9:31) 1-Wendell Smith pass complete to 86-Floyd Woods to CLE 46 for 34 yards. Tackle by 53-James Coleman. If the defense doesn't start mixing up their plays a bit more we might see more big gains like that one.</t>
   </si>
   <si>
     <t>8:48</t>
   </si>
   <si>
     <t>1-10-CLE 46 (8:47) 1-Wendell Smith pass complete to 16-Rick Burch to CLE 24 for 22 yards. Tackle by 22-Joseph Hudson. The defense seems to be calling that same play a lot.</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>CLE 24</t>
   </si>
@@ -1730,84 +1730,84 @@
   <si>
     <t>CLE 19</t>
   </si>
   <si>
     <t>1-10-CLE 19 (5:47) 17-Terry Galloway pass complete to 89-Carl Rowell to NE. 0 for 80 yards. TOUCHDOWN! CLE 18 NE. 10</t>
   </si>
   <si>
     <t>5:34</t>
   </si>
   <si>
     <t>(5:35) Extra point GOOD by 9-Lawrence Jowett. CLE 19 NE. 10</t>
   </si>
   <si>
     <t>(5:35) 9-Lawrence Jowett kicks 75 yards from CLE 35 to NE. -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-NE. 25 (5:35) 19-Normand Warren ran to NE. 29 for 4 yards. Tackle by 54-Garland Hussey.</t>
   </si>
   <si>
     <t>2-6-NE. 29 (5:11) 1-Wendell Smith pass Pass knocked down by 22-Joseph Hudson. incomplete, intended for 86-Floyd Woods. PENALTY - Pass Interference (CLE 22-Joseph Hudson)</t>
   </si>
   <si>
     <t>5:06</t>
   </si>
   <si>
-    <t>NEW 36</t>
+    <t>Bos 36</t>
   </si>
   <si>
     <t>1-10-NE. 36 (5:07) 1-Wendell Smith pass Pass knocked down by 36-Floyd Fannin. incomplete, intended for 80-Robert Chang.</t>
   </si>
   <si>
     <t>5:04</t>
   </si>
   <si>
     <t>2-10-NE. 36 (5:05) 19-Normand Warren ran to NE. 38 for 2 yards. Tackle by 53-James Coleman. NE. 68-Joseph Moulder was injured on the play.</t>
   </si>
   <si>
     <t>4:47</t>
   </si>
   <si>
     <t>3-8-NE. 38 (4:46) 1-Wendell Smith pass Pass knocked down by 36-Floyd Fannin. incomplete, intended for 86-Floyd Woods.</t>
   </si>
   <si>
     <t>4:42</t>
   </si>
   <si>
     <t>4-8-NE. 38 (4:43) 1-Wendell Smith pass complete to 19-Normand Warren to NE. 41 for 2 yards. Tackle by 54-Garland Hussey. PENALTY - Defensive Holding (CLE 32-Thomas Smith)</t>
   </si>
   <si>
     <t>4:38</t>
   </si>
   <si>
     <t>1-10-NE. 43 (4:39) 10-Oliver Modzelewski ran to NE. 47 for 4 yards. Tackle by 36-Floyd Fannin.</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
-    <t>NEW 47</t>
+    <t>Bos 47</t>
   </si>
   <si>
     <t>2-6-NE. 47 (4:16) 10-Oliver Modzelewski ran to CLE 50 for 3 yards. Tackle by 54-Garland Hussey. CLE 54-Garland Hussey was injured on the play. CLE 53-James Coleman was injured on the play.</t>
   </si>
   <si>
     <t>3:57</t>
   </si>
   <si>
     <t>3-3-CLE 50 (3:56) 19-Normand Warren ran to CLE 14 for 36 yards. Tackle by 32-Thomas Smith.</t>
   </si>
   <si>
     <t>3:29</t>
   </si>
   <si>
     <t>CLE 14</t>
   </si>
   <si>
     <t>Dime Normal FS Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 14 (3:28) 35-Charles Stephenson ran to CLE 9 for 4 yards. Tackle by 20-James Vogelsang.</t>
   </si>
   <si>
     <t>3:06</t>
   </si>
@@ -1901,60 +1901,60 @@
   <si>
     <t>0:55</t>
   </si>
   <si>
     <t>2-10-CLE 43 (0:56) 17-Terry Galloway pass incomplete, dropped by 89-Carl Rowell.</t>
   </si>
   <si>
     <t>0:52</t>
   </si>
   <si>
     <t>3-10-CLE 43 (0:53) 40-Jesse Schwing ran to CLE 44 for 1 yards. Tackle by 94-Eugene Rumph.</t>
   </si>
   <si>
     <t>0:48</t>
   </si>
   <si>
     <t>CLE 44</t>
   </si>
   <si>
     <t>4-9-CLE 44 (0:49) 16-Spencer Hawkins punts 54 yards to NE. 2.</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
-    <t>NEW 2</t>
+    <t>Bos 2</t>
   </si>
   <si>
     <t>1-10-NE. 2 (0:40) 10-Oliver Modzelewski ran to NE. 1 for -1 yards. Tackle by 54-Garland Hussey.</t>
   </si>
   <si>
     <t>0:23</t>
   </si>
   <si>
-    <t>NEW 1</t>
+    <t>Bos 1</t>
   </si>
   <si>
     <t>2-11-NE. 1 (0:22) 1-Wendell Smith pass complete to 10-Oliver Modzelewski to NE. 1 for a short loss. Tackle by 30-Eugene Snow.</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">