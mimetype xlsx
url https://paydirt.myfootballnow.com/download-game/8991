--- v0 (2025-11-05)
+++ v1 (2025-11-27)
@@ -365,51 +365,51 @@
   <si>
     <t>#88 James Croft - TE</t>
   </si>
   <si>
     <t>#16 Travis Nakano - WR</t>
   </si>
   <si>
     <t>#62 William Jacobi - C</t>
   </si>
   <si>
     <t>#61 Jessie Gardella - RT</t>
   </si>
   <si>
     <t>#59 Anthony Gross - C</t>
   </si>
   <si>
     <t>#68 Jorge Hodges - RT</t>
   </si>
   <si>
     <t>#72 Glenn Knight - LG</t>
   </si>
   <si>
     <t>#95 Fred Lozano - LDE</t>
   </si>
   <si>
-    <t>#96 Coy McMurtry - LDE</t>
+    <t>#76 Coy McMurtry - LDE</t>
   </si>
   <si>
     <t>#50 Benny Connelly - DT</t>
   </si>
   <si>
     <t>#73 Leroy Foster - RDE</t>
   </si>
   <si>
     <t>#91 William Dorsch - SLB</t>
   </si>
   <si>
     <t>#24 Brian Scarborough - CB</t>
   </si>
   <si>
     <t>#83 Warren Waite - MLB</t>
   </si>
   <si>
     <t>#25 John Shepard - CB</t>
   </si>
   <si>
     <t>#23 Gary Carnegie - CB</t>
   </si>
   <si>
     <t>#45 Dale Solar - SS</t>
   </si>