--- v0 (2025-10-26)
+++ v1 (2026-01-24)
@@ -266,54 +266,54 @@
   <si>
     <t>ST Rusher10</t>
   </si>
   <si>
     <t>ST Rusher9</t>
   </si>
   <si>
     <t>ST Rusher6</t>
   </si>
   <si>
     <t>ST Rusher5</t>
   </si>
   <si>
     <t>ST Rusher7</t>
   </si>
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TB. has won the toss and elected to receive.</t>
   </si>
   <si>
-    <t>NEW</t>
-[...2 lines deleted...]
-    <t>NEW 35</t>
+    <t>Bos</t>
+  </si>
+  <si>
+    <t>Bos 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Julio Sitz kicks 74 yards from NE. 35 to TB. -9. Touchback.</t>
   </si>
   <si>
     <t>#10 Willie Wood - WR</t>
   </si>
   <si>
     <t>#54 Ralph Cassidy - CB</t>
   </si>
   <si>
     <t>#90 Wayne Pettigrew - LDE</t>
   </si>
   <si>
     <t>#23 Robert Leatherman - CB</t>
   </si>
   <si>
     <t>#23 Jack Domingo - CB</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>#25 Dennis Davis - CB</t>
   </si>
   <si>
     <t>#22 Jeffrey Hale - CB</t>
   </si>
   <si>
     <t>#26 Delbert Carr - CB</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-10-TB. 25 (14:59) 6-Alfonso Vargas pass complete to 32-Justin Byrd for 75 yards. TOUCHDOWN! NE. 0 TB. 6</t>
   </si>
   <si>
     <t>#13 Justin Byrd - WR</t>
   </si>
   <si>
     <t>14:47</t>
   </si>
   <si>
-    <t>NEW 15</t>
+    <t>Bos 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:48) Extra point GOOD by 3-Edmund Ray. NE. 0 TB. 7</t>
   </si>
   <si>
     <t>#36 Michael Bays - RB</t>
   </si>
   <si>
     <t>#2 Edmund Ray - K</t>
   </si>
   <si>
     <t>#70 Dennis Ngo - C</t>
   </si>
   <si>
     <t>#77 Robert Pylant - RG</t>
   </si>
   <si>
     <t>#63 Michael Blue - RG</t>
   </si>
@@ -542,159 +542,159 @@
   <si>
     <t>#58 Ian Knudsen - DT</t>
   </si>
   <si>
     <t>#95 William Ingram - DT</t>
   </si>
   <si>
     <t>#21 Jorge Fritz - DT</t>
   </si>
   <si>
     <t>#46 William Clarke - WLB</t>
   </si>
   <si>
     <t>#55 Jose Coleman - SS</t>
   </si>
   <si>
     <t>#28 Patrick McCaslin - CB</t>
   </si>
   <si>
     <t>#27 Eugene Sthilaire - CB</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
-    <t>NEW 38</t>
+    <t>Bos 38</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-7-NE. 38 (14:04) 1-Wendell Smith sacked at NE. 32 for -6 yards (40-David Wise) 1-Wendell Smith FUMBLES (40-David Wise) recovered by TB.-40-David Wise at NE. 32.</t>
   </si>
   <si>
     <t>#24 Markus Fernandez - FB</t>
   </si>
   <si>
     <t>#86 Floyd Woods - TE</t>
   </si>
   <si>
     <t>13:57</t>
   </si>
   <si>
-    <t>NEW 32</t>
+    <t>Bos 32</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NE. 32 (13:58) 38-Corey Morris ran to NE. 29 for 3 yards. Tackle by 53-Richard Richards.</t>
   </si>
   <si>
     <t>#18 Jack Chase - WR</t>
   </si>
   <si>
     <t>#10 Stanley Chapman - WR</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
-    <t>NEW 29</t>
+    <t>Bos 29</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-7-NE. 29 (13:25) 34-James Cole ran to NE. 31 for -2 yards. Tackle by 73-Derrick Beam.</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
-    <t>NEW 31</t>
+    <t>Bos 31</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-9-NE. 31 (12:51) 6-Alfonso Vargas pass complete to 32-Justin Byrd to NE. 27 for 4 yards. Tackle by 47-Delbert Carr.</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
-    <t>NEW 27</t>
+    <t>Bos 27</t>
   </si>
   <si>
     <t>4-5-NE. 27 (12:15) 3-Edmund Ray 45 yard field goal is GOOD. NE. 0 TB. 10</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>(12:12) 3-Edmund Ray kicks 64 yards from TB. 35 to NE. 1. 33-Robert Nieto to NE. 30 for 30 yards. Tackle by 43-Jack Domingo.</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
-    <t>NEW 30</t>
+    <t>Bos 30</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-NE. 30 (12:06) 1-Wendell Smith pass Pass knocked down by 29-Ronald Johnson. incomplete, intended for 16-Travis Nakano. 29-Ronald Johnson got away with a hold on that play.</t>
   </si>
   <si>
     <t>#96 Ramon Jones - WLB</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-NE. 30 (12:02) 1-Wendell Smith pass complete to 3-Jimmy Espinoza to NE. 47 for 17 yards. Tackle by 44-Robert Leatherman.</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
-    <t>NEW 47</t>
+    <t>Bos 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-NE. 47 (11:24) 33-Robert Nieto ran to TB. 47 for 6 yards. Tackle by 45-Ralph Cassidy.</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>TB. 47</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-4-TB. 47 (10:40) 33-Robert Nieto ran to TB. 34 for 13 yards. Tackle by 40-David Wise.</t>
   </si>
   <si>
     <t>9:58</t>
   </si>
   <si>
     <t>TB. 34</t>
   </si>
@@ -746,117 +746,117 @@
   <si>
     <t>8:26</t>
   </si>
   <si>
     <t>TB. 44</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-TB. 44 (8:27) 6-Alfonso Vargas pass complete to 48-Joseph Harrison to TB. 46 for 2 yards. Tackle by 22-Jeffrey Hale.</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>TB. 46</t>
   </si>
   <si>
     <t>2-8-TB. 46 (7:47) 38-Corey Morris ran to NE. 42 for 12 yards. Tackle by 22-Jeffrey Hale.</t>
   </si>
   <si>
     <t>7:14</t>
   </si>
   <si>
-    <t>NEW 42</t>
+    <t>Bos 42</t>
   </si>
   <si>
     <t>1-10-NE. 42 (7:13) 6-Alfonso Vargas pass Pass knocked down by 43-William Black. incomplete, intended for 48-Joseph Harrison.</t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>2-10-NE. 42 (7:11) 6-Alfonso Vargas pass complete to 24-Stanley Chapman to NE. 33 for 9 yards. Tackle by 22-Jeffrey Hale.</t>
   </si>
   <si>
     <t>6:36</t>
   </si>
   <si>
-    <t>NEW 33</t>
+    <t>Bos 33</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>3-1-NE. 33 (6:35) 34-James Cole ran to NE. 35 for -2 yards. Tackle by 28-Charles Alsup.</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>4-3-NE. 35 (5:51) 3-Edmund Ray 52 yard field goal is GOOD. NE. 0 TB. 13</t>
   </si>
   <si>
     <t>5:46</t>
   </si>
   <si>
     <t>(5:47) 3-Edmund Ray kicks 74 yards from TB. 35 to NE. -9. Touchback.</t>
   </si>
   <si>
-    <t>NEW 25</t>
+    <t>Bos 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-NE. 25 (5:47) 33-Robert Nieto ran to NE. 36 for 11 yards. Tackle by 29-Ronald Johnson.</t>
   </si>
   <si>
     <t>5:13</t>
   </si>
   <si>
-    <t>NEW 36</t>
+    <t>Bos 36</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-NE. 36 (5:12) 1-Wendell Smith pass complete to 85-Aaron Rodriguez to NE. 43 for 8 yards. Tackle by 27-Eugene Sthilaire.</t>
   </si>
   <si>
     <t>4:28</t>
   </si>
   <si>
-    <t>NEW 43</t>
+    <t>Bos 43</t>
   </si>
   <si>
     <t>2-2-NE. 43 (4:27) 33-Robert Nieto ran to NE. 42 for -1 yards. Tackle by 40-David Wise.</t>
   </si>
   <si>
     <t>3:47</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>3-4-NE. 42 (3:46) 1-Wendell Smith pass complete to 3-Jimmy Espinoza to TB. 46 for 12 yards. Tackle by 91-Jose Coleman. 44-Robert Leatherman got away with a hold on that play.</t>
   </si>
   <si>
     <t>3:03</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>1-10-TB. 46 (3:02) 33-Robert Nieto ran to TB. 44 for 1 yards. Tackle by 97-William Galloway.</t>
   </si>
@@ -920,63 +920,63 @@
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>TB. 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-TB. 33 (15:00) 11-Louis Williams punts 48 yards to NE. 19. Fair Catch by 32-Dennis Davis. NE. 92-Gary Hall was injured on the play.</t>
   </si>
   <si>
     <t>#1 Louis Williams - P</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
-    <t>NEW 19</t>
+    <t>Bos 19</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-NE. 19 (14:53) 33-Robert Nieto ran to NE. 24 for 5 yards. Tackle by 27-Eugene Sthilaire. 85-Aaron Rodriguez totally missed that block.</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
-    <t>NEW 24</t>
+    <t>Bos 24</t>
   </si>
   <si>
     <t>2-5-NE. 24 (14:10) 33-Robert Nieto ran to NE. 31 for 7 yards. Tackle by 28-Patrick McCaslin.</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>1-10-NE. 31 (13:27) 33-Robert Nieto ran to NE. 35 for 4 yards. Tackle by 27-Eugene Sthilaire. NE. 56-Rodney Jordan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2-6-NE. 35 (12:51) 30-Ronald Manning ran to NE. 35 for a short loss. Tackle by 76-Wayne Pettigrew.</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>3-6-NE. 35 (12:14) 1-Wendell Smith pass complete to 3-Jimmy Espinoza to NE. 38 for 3 yards. Tackle by 21-Mark Kenny. Great move by 3-Jimmy Espinoza to get free of his coverage.</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
@@ -1010,102 +1010,102 @@
   <si>
     <t>TB. 19</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-3-TB. 19 (9:56) 6-Alfonso Vargas pass complete to 34-James Cole to TB. 18 for a short loss. Tackle by 70-Angelo Payton. NE. 65-James Bonilla was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>TB. 18</t>
   </si>
   <si>
     <t>4-4-TB. 18 (9:14) 11-Louis Williams punts 44 yards to NE. 37. Fair Catch by 32-Dennis Davis.</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
-    <t>NEW 37</t>
+    <t>Bos 37</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-NE. 37 (9:06) 1-Wendell Smith sacked at NE. 29 for -8 yards (45-Ralph Cassidy)</t>
   </si>
   <si>
     <t>8:22</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>2-18-NE. 29 (8:21) PENALTY - False Start (NE. 1-Wendell Smith)</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>2-23-NE. 24 (8:21) 33-Robert Nieto ran to NE. 28 for 4 yards. Tackle by 28-Patrick McCaslin.</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
   <si>
-    <t>NEW 28</t>
+    <t>Bos 28</t>
   </si>
   <si>
     <t>3-19-NE. 28 (7:41) 1-Wendell Smith pass complete to 85-Aaron Rodriguez to NE. 49 for 20 yards. Tackle by 28-Patrick McCaslin.</t>
   </si>
   <si>
     <t>7:05</t>
   </si>
   <si>
-    <t>NEW 49</t>
+    <t>Bos 49</t>
   </si>
   <si>
     <t>1-10-NE. 49 (7:04) 33-Robert Nieto ran to NE. 47 for -2 yards. Tackle by 40-David Wise. TB. 97-William Galloway was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:31</t>
   </si>
   <si>
     <t>2-12-NE. 47 (6:30) 33-Robert Nieto ran to NE. 45 for -1 yards. Tackle by 52-Jorge Fritz.</t>
   </si>
   <si>
     <t>5:47</t>
   </si>
   <si>
-    <t>NEW 45</t>
+    <t>Bos 45</t>
   </si>
   <si>
     <t>3-13-NE. 45 (5:46) 1-Wendell Smith sacked at NE. 36 for -10 yards (51-Ian Knudsen). Sack allowed by 79-Tony Ore.</t>
   </si>
   <si>
     <t>5:14</t>
   </si>
   <si>
     <t>4-23-NE. 36 (5:13) 5-Teddy Mazza punts 46 yards to TB. 19. Fair Catch by 10-Willie Wood.</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-TB. 19 (5:06) 6-Alfonso Vargas pass Pass knocked down by 28-Charles Alsup. incomplete, intended for 18-Jack Chase.</t>
   </si>
   <si>
     <t>#85 Nicholas Chamberlain - WR</t>
   </si>
@@ -1187,81 +1187,81 @@
   <si>
     <t>2-8-TB. 34 (1:26) 34-James Cole ran to TB. 45 for 12 yards. Tackle by 43-William Black.</t>
   </si>
   <si>
     <t>1:23</t>
   </si>
   <si>
     <t>Timeout TB.</t>
   </si>
   <si>
     <t>1:19</t>
   </si>
   <si>
     <t>TB. 45</t>
   </si>
   <si>
     <t>1-10-TB. 45 (1:20) 6-Alfonso Vargas pass complete to 24-Stanley Chapman to NE. 40 for 15 yards. Tackle by 22-Jeffrey Hale.</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>1:14</t>
   </si>
   <si>
-    <t>NEW 40</t>
+    <t>Bos 40</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-NE. 40 (1:15) 6-Alfonso Vargas pass complete to 32-Justin Byrd to NE. 35 for 5 yards. Tackle by 32-Dennis Davis.</t>
   </si>
   <si>
     <t>0:54</t>
   </si>
   <si>
     <t>2-5-NE. 35 (0:53) 6-Alfonso Vargas pass complete to 34-James Cole to NE. 28 for 6 yards. Tackle by 70-Angelo Payton.</t>
   </si>
   <si>
     <t>0:29</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>1-10-NE. 28 (0:28) 6-Alfonso Vargas pass complete to 35-Christopher Herron to NE. 21 for 8 yards. Tackle by 70-Angelo Payton.</t>
   </si>
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>0:02</t>
   </si>
   <si>
-    <t>NEW 21</t>
+    <t>Bos 21</t>
   </si>
   <si>
     <t>2-2-NE. 21 (0:02) 3-Edmund Ray 38 yard field goal is GOOD. NE. 3 TB. 16</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 3-Edmund Ray kicks 71 yards from TB. 35 to NE. -6. 33-Robert Nieto to NE. 21 for 27 yards. Tackle by 21-Mark Kenny.</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-NE. 21 (14:55) 1-Wendell Smith pass complete to 16-Travis Nakano for 79 yards. TOUCHDOWN! Nice job by 16-Travis Nakano on that route to lose his coverage. NE. 9 TB. 16</t>
   </si>
   <si>
     <t>14:42</t>
   </si>
   <si>
     <t>TB. 15</t>
   </si>
@@ -1283,84 +1283,84 @@
   <si>
     <t>1-10-TB. 33 (14:40) 6-Alfonso Vargas pass complete to 48-Joseph Harrison to TB. 43 for 10 yards. Tackle by 70-Angelo Payton.</t>
   </si>
   <si>
     <t>14:03</t>
   </si>
   <si>
     <t>TB. 43</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>1-10-TB. 43 (14:02) 6-Alfonso Vargas pass incomplete, intended for 18-Jack Chase.</t>
   </si>
   <si>
     <t>13:59</t>
   </si>
   <si>
     <t>2-10-TB. 43 (14:00) 6-Alfonso Vargas pass complete to 24-Stanley Chapman to NE. 46 for 11 yards. Tackle by 53-Richard Richards.</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
-    <t>NEW 46</t>
+    <t>Bos 46</t>
   </si>
   <si>
     <t>1-10-NE. 46 (13:21) 34-James Cole ran to NE. 49 for -2 yards. Tackle by 28-Charles Alsup.</t>
   </si>
   <si>
     <t>#12 Michael Holford - WR</t>
   </si>
   <si>
     <t>12:38</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>2-12-NE. 49 (12:37) 6-Alfonso Vargas pass Pass knocked down by 47-Delbert Carr. incomplete, intended for 32-Justin Byrd.</t>
   </si>
   <si>
     <t>12:33</t>
   </si>
   <si>
     <t>3-12-NE. 49 (12:34) 6-Alfonso Vargas pass complete to 18-Jack Chase to NE. 42 for 7 yards. Tackle by 28-Charles Alsup.</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>4-5-NE. 42 (11:53) 11-Louis Williams punts 45 yards to NE. -3.4-5-NE. 42 (11:53) 11-Louis Williams punts 45 yards to NE. -3. Touchback.</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
-    <t>NEW 20</t>
+    <t>Bos 20</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-NE. 20 (11:44) 33-Robert Nieto ran to NE. 20 for a short gain. Tackle by 43-Jack Domingo.</t>
   </si>
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-10-NE. 20 (11:07) 1-Wendell Smith pass complete to 80-Michael Lopez to NE. 27 for 7 yards. Tackle by 91-Jose Coleman. Nice job by 80-Michael Lopez on that route to lose his coverage. TB. 51-Ian Knudsen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:26</t>
   </si>
   <si>
     <t>3-3-NE. 27 (10:25) 30-Ronald Manning ran for 73 yards. TOUCHDOWN! It looks like the offense is starting to get familiar with that defensive play. NE. 61-Edward James was injured on the play. He looks like he should be able to return. NE. 16 TB. 16</t>
   </si>
@@ -1418,90 +1418,90 @@
   <si>
     <t>Singleback Empty 4 TE Corner</t>
   </si>
   <si>
     <t>2-6-TB. 37 (8:19) 6-Alfonso Vargas pass Pass knocked down by 28-Charles Alsup. incomplete, intended for 19-Nicholas Chamberlain.</t>
   </si>
   <si>
     <t>8:14</t>
   </si>
   <si>
     <t>3-6-TB. 37 (8:15) 6-Alfonso Vargas pass complete to 48-Joseph Harrison to TB. 40 for 3 yards. Tackle by 58-Brian Bakker.</t>
   </si>
   <si>
     <t>7:37</t>
   </si>
   <si>
     <t>TB. 40</t>
   </si>
   <si>
     <t>4-3-TB. 40 (7:36) 11-Louis Williams punts 44 yards to NE. 16. Fair Catch by 32-Dennis Davis.</t>
   </si>
   <si>
     <t>7:28</t>
   </si>
   <si>
-    <t>NEW 16</t>
+    <t>Bos 16</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-NE. 16 (7:29) 33-Robert Nieto ran to NE. 17 for 1 yards. Tackle by 43-Jack Domingo.</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
   <si>
-    <t>NEW 17</t>
+    <t>Bos 17</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>2-9-NE. 17 (6:54) 1-Wendell Smith pass complete to 3-Jimmy Espinoza to NE. 28 for 10 yards. Tackle by 28-Patrick McCaslin. 3-Jimmy Espinoza made a great move on the CB. 29-Ronald Johnson got away with a hold on that play.</t>
   </si>
   <si>
     <t>6:16</t>
   </si>
   <si>
     <t>1-10-NE. 28 (6:15) 1-Wendell Smith pass complete to 33-Robert Nieto to NE. 39 for 11 yards. Tackle by 91-Jose Coleman. Nice job by 33-Robert Nieto on that route to lose his coverage.</t>
   </si>
   <si>
     <t>5:34</t>
   </si>
   <si>
-    <t>NEW 39</t>
+    <t>Bos 39</t>
   </si>
   <si>
     <t>1-10-NE. 39 (5:33) 30-Ronald Manning ran to NE. 34 for -4 yards. Tackle by 40-David Wise.</t>
   </si>
   <si>
     <t>4:51</t>
   </si>
   <si>
-    <t>NEW 34</t>
+    <t>Bos 34</t>
   </si>
   <si>
     <t>2-14-NE. 34 (4:50) 1-Wendell Smith pass complete to 80-Michael Lopez to TB. 48 for 18 yards. Tackle by 44-Robert Leatherman. 80-Michael Lopez did some fancy footwork there.</t>
   </si>
   <si>
     <t>4:08</t>
   </si>
   <si>
     <t>TB. 48</t>
   </si>
   <si>
     <t>1-10-TB. 48 (4:07) 33-Robert Nieto ran to TB. 45 for 2 yards. Tackle by 26-Kevin Jarosz.</t>
   </si>
   <si>
     <t>2-8-TB. 45 (3:28) 1-Wendell Smith pass complete to 85-Aaron Rodriguez to TB. 37 for 9 yards. Tackle by 21-Mark Kenny. 85-Aaron Rodriguez made a great move on the CB.</t>
   </si>
   <si>
     <t>3:24</t>
   </si>
   <si>
     <t>Timeout NE.</t>
   </si>
   <si>
     <t>2:54</t>
   </si>
@@ -1610,111 +1610,111 @@
   <si>
     <t>1-10-TB. 26 (10:18) 6-Alfonso Vargas pass complete to 18-Jack Chase to TB. 37 for 11 yards. Tackle by 32-Dennis Davis. NE. 65-James Bonilla was injured on the play.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>1-10-TB. 37 (9:33) 6-Alfonso Vargas pass complete to 24-Stanley Chapman to TB. 40 for 3 yards. Tackle by 32-Dennis Davis.</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>2-7-TB. 40 (8:45) 6-Alfonso Vargas pass complete to 38-Corey Morris to NE. 46 for 14 yards. Tackle by 28-Charles Alsup. 38-Corey Morris made a great move on the CB.</t>
   </si>
   <si>
     <t>7:58</t>
   </si>
   <si>
     <t>1-10-NE. 46 (7:57) 6-Alfonso Vargas pass complete to 34-James Cole to NE. 26 for 19 yards.</t>
   </si>
   <si>
     <t>7:08</t>
   </si>
   <si>
-    <t>NEW 26</t>
+    <t>Bos 26</t>
   </si>
   <si>
     <t>1-10-NE. 26 (7:07) 6-Alfonso Vargas pass incomplete, intended for 48-Joseph Harrison.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>2-10-NE. 26 (7:05) 6-Alfonso Vargas pass Pass knocked down by 22-Jeffrey Hale. incomplete, intended for 48-Joseph Harrison.</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>3-10-NE. 26 (7:01) 6-Alfonso Vargas pass complete to 38-Corey Morris to NE. 20 for 6 yards. Tackle by 73-Derrick Beam.</t>
   </si>
   <si>
     <t>6:40</t>
   </si>
   <si>
     <t>4-4-NE. 20 (6:39) 6-Alfonso Vargas pass complete to 16-Michael Bays to NE. 5 for 15 yards. 16-Michael Bays FUMBLES (59-George Epps)</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
-    <t>NEW 6</t>
+    <t>Bos 6</t>
   </si>
   <si>
     <t>1-6-NE. 6 (5:48) PENALTY - False Start (TB. 34-James Cole)</t>
   </si>
   <si>
     <t>#66 Lawrence Ward - RT</t>
   </si>
   <si>
-    <t>NEW 11</t>
+    <t>Bos 11</t>
   </si>
   <si>
     <t>1-11-NE. 11 (5:48) 38-Corey Morris ran to NE. 11 for a short loss. Tackle by 28-Charles Alsup. TB. 59-George Marr was injured on the play.</t>
   </si>
   <si>
     <t>5:04</t>
   </si>
   <si>
     <t>2-11-NE. 11 (5:03) 6-Alfonso Vargas pass incomplete, intended for 18-Jack Chase.</t>
   </si>
   <si>
     <t>#71 Casey King - C</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>3-11-NE. 11 (5:01) 6-Alfonso Vargas pass complete to 38-Corey Morris to NE. 8 for 3 yards. Tackle by 59-George Epps.</t>
   </si>
   <si>
     <t>4:39</t>
   </si>
   <si>
-    <t>NEW 8</t>
+    <t>Bos 8</t>
   </si>
   <si>
     <t>4-8-NE. 8 (4:38) 6-Alfonso Vargas pass complete to 34-James Cole for 8 yards. TOUCHDOWN! NE. 20 TB. 22</t>
   </si>
   <si>
     <t>4:33</t>
   </si>
   <si>
     <t>(4:34) Extra point GOOD by 3-Edmund Ray. NE. 20 TB. 23</t>
   </si>
   <si>
     <t>(4:34) 3-Edmund Ray kicks 67 yards from TB. 35 to NE. -2. 33-Robert Nieto to NE. 27 for 30 yards. Tackle by 3-Edmund Ray.</t>
   </si>
   <si>
     <t>4:26</t>
   </si>
   <si>
     <t>1-10-NE. 27 (4:27) 30-Ronald Manning ran to NE. 30 for 2 yards. Tackle by 46-William Clarke.</t>
   </si>
   <si>
     <t>2-8-NE. 30 (3:46) 33-Robert Nieto ran to NE. 29 for -1 yards. Tackle by 40-David Wise.</t>
   </si>
   <si>
     <t>3:12</t>
   </si>
@@ -1730,69 +1730,69 @@
   <si>
     <t>(3:01) 6-Julio Sitz kicks 75 yards from NE. 35 to TB. -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-TB. 25 (3:01) 6-Alfonso Vargas pass complete to 34-James Cole to TB. 36 for 11 yards. Tackle by 59-George Epps. NE. 47-Delbert Carr was injured on the play.</t>
   </si>
   <si>
     <t>2:16</t>
   </si>
   <si>
     <t>TB. 36</t>
   </si>
   <si>
     <t>1-10-TB. 36 (2:15) 6-Alfonso Vargas pass complete to 48-Joseph Harrison to TB. 45 for 9 yards. Tackle by 58-Brian Bakker.</t>
   </si>
   <si>
     <t>2-1-TB. 45 (2:00) 6-Alfonso Vargas pass complete to 19-Nicholas Chamberlain to NE. 48 for 7 yards. Tackle by 43-William Black. TB. 75-Juan Hedge was injured on the play.</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
-    <t>NEW 48</t>
+    <t>Bos 48</t>
   </si>
   <si>
     <t>1-10-NE. 48 (1:57) 6-Alfonso Vargas pass INTERCEPTED by 32-Dennis Davis at NE. 46. 32-Dennis Davis to NE. 46 for -0 yards. Tackle by 32-Justin Byrd.</t>
   </si>
   <si>
     <t>1:53</t>
   </si>
   <si>
     <t>1-10-NE. 46 (1:54) 33-Robert Nieto ran to NE. 50 for 4 yards. Tackle by 27-Eugene Sthilaire.</t>
   </si>
   <si>
     <t>1:51</t>
   </si>
   <si>
     <t>1:47</t>
   </si>
   <si>
-    <t>NEW 50</t>
+    <t>Bos 50</t>
   </si>
   <si>
     <t>2-6-NE. 50 (1:48) 30-Ronald Manning ran to NE. 46 for -4 yards. Tackle by 40-David Wise. NE. 30-Ronald Manning was injured on the play.</t>
   </si>
   <si>
     <t>1:46</t>
   </si>
   <si>
     <t>3-11-NE. 46 (1:45) 33-Robert Nieto ran to TB. 48 for 7 yards. Tackle by 29-Ronald Johnson.</t>
   </si>
   <si>
     <t>1:09</t>
   </si>
   <si>
     <t>4-4-TB. 48 (1:08) 5-Teddy Mazza punts 50 yards to TB. -3.4-4-TB. 48 (1:08) 5-Teddy Mazza punts 50 yards to TB. -3. Touchback.</t>
   </si>
   <si>
     <t>0:59</t>
   </si>
   <si>
     <t>TB. 20</t>
   </si>
   <si>
     <t>1-10-TB. 20 (1:00) 6-Alfonso Vargas pass complete to 32-Justin Byrd to TB. 25 for 5 yards. Tackle by 59-George Epps.</t>
   </si>