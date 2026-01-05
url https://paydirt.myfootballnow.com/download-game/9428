--- v0 (2025-11-05)
+++ v1 (2026-01-05)
@@ -512,51 +512,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-DET 47 (10:50) 11-Christopher Washington punts 41 yards to MIN 12.</t>
   </si>
   <si>
     <t>#4 Christopher Washington - P</t>
   </si>
   <si>
     <t>#69 William Childress - C</t>
   </si>
   <si>
     <t>#28 Randy Smith - RB</t>
   </si>
   <si>
     <t>#97 Garland Hussey - SLB</t>
   </si>
   <si>
     <t>#66 David Samaniego - LT</t>
   </si>
   <si>
-    <t>#96 Coy McMurtry - LDE</t>
+    <t>#76 Coy McMurtry - LDE</t>
   </si>
   <si>
     <t>#95 Fred Lozano - LDE</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>MIN 12</t>
   </si>
   <si>
     <t>Weak I Big Off Tackle Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-MIN 12 (10:40) 22-Steven Shock ran to MIN 13 for 1 yards. Tackle by 55-Matthew Schmitz.</t>
   </si>
   <si>
     <t>#4 Robert Betances - QB</t>
   </si>
   <si>
     <t>#22 Steven Shock - RB</t>
   </si>