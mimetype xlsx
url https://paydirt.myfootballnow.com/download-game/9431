--- v0 (2025-10-21)
+++ v1 (2026-01-19)
@@ -497,51 +497,51 @@
   <si>
     <t>12:26</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-JAX 34 (12:25) 7-Alvin Peters punts 48 yards to NYJ 18. Fair Catch by 16-Royce Hankins.</t>
   </si>
   <si>
     <t>#7 Alvin Peters - P</t>
   </si>
   <si>
     <t>#16 Royce Hankins - WR</t>
   </si>
   <si>
     <t>#48 Will Jernigan - SS</t>
   </si>
   <si>
     <t>#93 Steven Knipp - DT</t>
   </si>
   <si>
-    <t>#65 Henry White - C</t>
+    <t>#62 Henry White - C</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>NYJ 18</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-NYJ 18 (12:19) 13-David Silver pass Pass knocked down by 28-Elden Spencer. incomplete, intended for 12-Edward Harper.</t>
   </si>
   <si>
     <t>#11 David Silver - QB</t>
   </si>
   <si>
     <t>#21 Stanley Green - RB</t>
   </si>
   <si>
     <t>#78 George Wright - RG</t>
   </si>
   <si>
     <t>#89 Rudolph Schaffer - TE</t>
   </si>