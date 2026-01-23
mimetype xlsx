--- v0 (2025-10-25)
+++ v1 (2026-01-23)
@@ -356,51 +356,51 @@
   <si>
     <t>#17 Terry Galloway - QB</t>
   </si>
   <si>
     <t>#82 Johnny Rice - WR</t>
   </si>
   <si>
     <t>#45 Scott Guenther - LG</t>
   </si>
   <si>
     <t>#10 Mauricio Meyer - WR</t>
   </si>
   <si>
     <t>#11 William Frey - WR</t>
   </si>
   <si>
     <t>#74 Eric Smith - LT</t>
   </si>
   <si>
     <t>#73 Orville Carrillo - RG</t>
   </si>
   <si>
     <t>#66 Francis Moya - C</t>
   </si>
   <si>
-    <t>#62 Robert Utt - LG</t>
+    <t>#68 Robert Utt - LG</t>
   </si>
   <si>
     <t>#53 Thomas Dunbar - RT</t>
   </si>
   <si>
     <t>#52 Anthony Kaplan - DT</t>
   </si>
   <si>
     <t>#77 Daniel Newsome - RDE</t>
   </si>
   <si>
     <t>#93 Dennis Penn - LDE</t>
   </si>
   <si>
     <t>#79 Howard King - DT</t>
   </si>
   <si>
     <t>#53 John Caldwell - SLB</t>
   </si>
   <si>
     <t>#97 John Hansen - MLB</t>
   </si>
   <si>
     <t>#93 Paul Connelly - WLB</t>
   </si>