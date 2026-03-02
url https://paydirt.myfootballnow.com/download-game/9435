--- v0 (2025-11-18)
+++ v1 (2026-03-02)
@@ -554,51 +554,51 @@
   <si>
     <t>#67 Leo Crews - LT</t>
   </si>
   <si>
     <t>#70 Stewart Ricker - RG</t>
   </si>
   <si>
     <t>#60 Wilburn Turner - DT</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
   <si>
     <t>SF. 29</t>
   </si>
   <si>
     <t>Singleback Slot Strong Skinny Posts</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-SF. 29 (10:52) 2-Wilson Long pass Pass knocked down by 54-Randy Abbey. incomplete, intended for 85-Timothy McPhail.</t>
   </si>
   <si>
-    <t>#2 Wilson Long - QB</t>
+    <t>#19 Wilson Long - QB</t>
   </si>
   <si>
     <t>#23 Clifford Ebert - WR</t>
   </si>
   <si>
     <t>#48 Timothy McPhail - FB</t>
   </si>
   <si>
     <t>#10 Jarred Giles - WR</t>
   </si>
   <si>
     <t>#85 James Evans - WR</t>
   </si>
   <si>
     <t>#11 Ambrose Gorman - WR</t>
   </si>
   <si>
     <t>#79 Daniel Trahan - LT</t>
   </si>
   <si>
     <t>#74 James Sullivan - LG</t>
   </si>
   <si>
     <t>#71 Christopher Engle - RG</t>
   </si>