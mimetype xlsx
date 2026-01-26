--- v0 (2025-10-28)
+++ v1 (2026-01-26)
@@ -776,51 +776,51 @@
   <si>
     <t>4:28</t>
   </si>
   <si>
     <t>NOS 16</t>
   </si>
   <si>
     <t>4-1-NOS 16 (4:27) 1-Denis Mathis punts 57 yards to GB. 27.</t>
   </si>
   <si>
     <t>#1 Denis Mathis - P</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>GB. 27</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-10-GB. 27 (4:18) 3-Brian Phillips pass complete to 81-David Noe to GB. 32 for 5 yards. Tackle by 32-Clyde Bazile.</t>
   </si>
   <si>
-    <t>#58 Robert Anderson - C</t>
+    <t>#67 Robert Anderson - C</t>
   </si>
   <si>
     <t>3:44</t>
   </si>
   <si>
     <t>GB. 32</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-5-GB. 32 (3:43) 40-Mark Finley ran to GB. 37 for 4 yards. Tackle by 49-Sheldon Baird. PENALTY - Unnecessary Roughness (NOS 49-Sheldon Baird)</t>
   </si>
   <si>
     <t>3:39</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Zone</t>
   </si>
   <si>
     <t>1-10-NOS 48 (3:40) 3-Brian Phillips pass complete to 88-Thomas Bowman to NOS 41 for 8 yards. Tackle by 55-Evan Luna.</t>
   </si>